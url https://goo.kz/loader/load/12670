--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="911b806" w14:textId="911b806">
+    <w:p w14:paraId="b4f04e4" w14:textId="b4f04e4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -75,4701 +76,5019 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Адамға әсер ететін физикалық факторлар (компьютерлер мен бейнетерминалдар) көздерімен жұмыс істеу жағдайларына қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидаларын бекіту туралы</w:t>
+        <w:t>Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к условиям работы с источниками физических факторов (компьютеры и видеотерминалы), оказывающих воздействие на человека"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 21 қаңтардағы № 38 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 13 наурызда № 10428 тіркелді</w:t>
+        <w:t>Приказ Министра национальной экономики Республики Казахстан от 21 января 2015 года № 38. Зарегистрирован в Министерстве юстиции Республики Казахстан 13 марта 2015 года № 10428</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес </w:t>
+        <w:t>      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пунктом 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 144 Кодекса Республики Казахстан от 18 сентября 2009 года «О здоровье народа и системе здравоохранения», </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1. Қоса беріліп отырған «Адамға әсер ететін физикалық факторлар (компьютерлер мен бейнетерминалдар) көздерімен жұмыс істеу жағдайларына қойылатын санитариялық-эпидемиологиялық талаптар» санитариялық </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Санитарные правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Санитарно-эпидемиологические требования к условиям работы с источниками физических факторов (компьютеры и видеотерминалы), оказывающих воздействие на человека».</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2. Қазақстан Республикасы Ұлттық экономика министрлігінің Тұтынушылардың құқықтарын қорғау комитеті заңнамада белгіленген тәртіппен:</w:t>
-[...41 lines deleted...]
-      3) осы бұйрықтың Қазақстан Республикасы Ұлттық экономика министрлігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
+      2. Комитету по защите прав потребителей Министерства национальной экономики Республики Казахстан обеспечить в установленном законодательством порядке:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней после государственной регистрации настоящего приказа его направление на официальное опубликование в периодических печатных изданиях и в информационно-правовой системе «Әділет»;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) размещение настоящего приказа на официальном интернет-ресурсе Министерства национальной экономики Республики Казахстан. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Ұлттық экономика вице-министріне жүктелсін.</w:t>
+      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра национальной экономики Республики Казахстан.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      4. Осы бұйрық алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+        <w:t xml:space="preserve">
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Қазақстан Республикасының</w:t>
+        <w:t>      Министр</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>       Ұлттық экономика</w:t>
+        <w:t>      национальной экономики</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>         министрі                               Е.Досаев</w:t>
+        <w:t>      Республики Казахстан                       Е. Досаев</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
-          <w:i/>
-[...99 lines deleted...]
-        <w:t>      2015 жылғы 6 ақпан</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      «СОГЛАСОВАН»</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Министр образования и науки</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ___________ А. Саринжипов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6 февраля 2015 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
-          <w:i/>
-[...123 lines deleted...]
-        <w:t>      2015 жылғы 2 ақпан</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      «СОГЛАСОВАН»</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Министр здравоохранения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      и социального развития</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ___________ Т. Дуйсенова</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2 февраля 2015 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Қазақстан Республикасы  </w:t>
-[...41 lines deleted...]
-№ 38 бұйрығымен бекітілген</w:t>
+Утверждены           </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+приказом Министра национальной</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+экономики Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+от 21 января 2015 года № 38  </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-«Адамға әсер ететін физикалық факторлар (компьютерлер мен бейнетерминалдар) көздерімен жұмыс істеу жағдайларына қойылатын санитариялық-эпидемиологиялық талаптар» санитариялық қағидалары</w:t>
+Санитарные правила</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+«Санитарно-эпидемиологические требования к условиям работы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+с источниками физических факторов (компьютеры и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+видеотерминалы), оказывающих воздействие на человека»</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-1. Жалпы ережелер</w:t>
+1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      1. «Адамға әсер ететін физикалық факторлар (компьютерлер мен бейнетерминалдар) көздерімен жұмыс істеу жағдайларына қойылатын санитариялық-эпидемиологиялық талаптар» санитариялық қағидалары (бұдан әрі - Санитариялық қағидалар) компьютерлерді (дербес компьютерлерді, планшетті дербес компьютерлерді, ноутбуктерді) және бейнетерминалдарды орналастыру мен пайдалануды қамтитын физикалық факторлар (компьютерлер мен бейнетерминалдар) көздерімен жұмыс істеу жағдайларына қойылатын санитариялық-эпидемиологиялық талаптарды, сондай-ақ микроклиматқа, жарықтандыруға және компьютерлер мен бейнетерминалдардың физикалық факторлары әсері кезіндегі жұмыс жағдайларына қойылатын талаптарды регламенттейді.</w:t>
+        <w:t xml:space="preserve">
+      1. Санитарные правила «Санитарно-эпидемиологические требования к условиям работы с источниками физических факторов (компьютеры и видеотерминалы), оказывающих воздействие на человека» (далее - Санитарные правила) регламентируют санитарно-эпидемиологические требования к условиям работы с источниками физических факторов (компьютеры и видеотерминалы), включающих в себя размещение и эксплуатацию компьютеров (персональные компьютеры, планшетные персональные компьютеры, ноутбуки) и видеотерминалов, а также требования к микроклимату, освещению и условиям работы при воздействии физических факторов от компьютеров и видеотерминалов. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      2. Осы Санитариялық қағидалар тұрмыста пайдаланылатын теледидарларға, дербес компьютерлерге, планшетті дербес компьютерлерге, ноутбуктерге, телевизиялық ойын қондырғыларына, борттық компьютерлерге қолданылмайды.</w:t>
+        <w:t xml:space="preserve">
+      2. Настоящие Санитарные правила не распространяются на телевизоры, персональные компьютеры, планшетные персональные компьютеры, ноутбуки используемые в быту, на телевизионные игровые приставки, бортовые компьютеры. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...154 lines deleted...]
-      11) униполярлық көрсеткіш - оң полярлық аэроиондар шоғырлануының теріс полярлық аэроиондар шоғырлануына қатынасы;</w:t>
+        <w:t xml:space="preserve">
+      3. В настоящих Санитарных правилах использованы следующие понятия: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) видеотерминал (далее - ВТ) - устройство визуального отображения, являющееся терминалом пользователя с экраном дисплея, оборудуемое устройством ввода (входным блоком) типа клавиатуры; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) персональный компьютер (далее - ПК) - компьютер, предназначенный для автономного использования; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) рабочая поверхность - поверхность, на которой производится работа и на которой нормируется или измеряется освещенность; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) рядная расстановка - расстановка мебели и оборудования рядами в центре помещения, друг за другом; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) ноутбук - портативный ПК, складывающийся в виде книжки, содержащий все необходимые компоненты в одном небольшом корпусе, включающем дисплей и клавиатуру. Содержит развитые средства подключения к проводным и беспроводным сетям, встроенное мультимедийное оборудование (динамики, часто - микрофон и веб-камеру);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) центральная расстановка - расстановка мебели и оборудования в центре помещения группами; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) периметральная расстановка - расстановка мебели, оборудования вдоль стен (по периметру); </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) планшетный ПК (далее - ПлПК) - класс ноутбуков, оборудованных планшетным устройством рукописного ввода, объединенным с экраном, работающий при помощи стилуса или пальцев без использования клавиатуры и мыши; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) допустимая вибрация и уровень вибрации - общая вибрация для состояния комфорта на рабочих местах в помещениях; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) стилус - пластмассовый стержень для работы с сенсорным экраном; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) показатель униполярности - отношение концентрации аэроионов положительной полярности к концентрации аэроионов отрицательной полярности. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-2. Компьютерлерді (ДК, ПлДК, ноутбуктерді) және БТ-ны орналастыру мен пайдалануға қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
+2. Санитарно-эпидемиологические требования к размещению</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+и эксплуатации компьютеров (ПК, ПлПК, ноутбуки) и ВТ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      4. ДК, ПлДК, ноутбуктер және БТ арнайы салынған, жапсарлас, реконструкцияланған үй-жайларда, сондай-ақ дыбыс оқшаулау және ластанған ауаны ғимараттың шатырынан жоғары деңгейде тұрғын үй-жайларынан оқшауланған желдету каналдарын орнату қамтамасыз етілген кезде тұрғын үйдің кіреберісімен біріктірілмеген жеке кіретін есігі бар тұрғын үйлердің бірінші қабаттарында немесе қоғамдық ғимараттардың кез келген қабаттарында орналастырылады. ДК, ПлДК, ноутбуктерді және БТ-ны орналастыруға және пайдалануға арналған үй-жайларда осы Санитариялық қағидаларда келтірілген жарықтандырудың, микроклиматтың нормаланатын параметрлерін сақтау үшін жағдайлар қамтамасыз етіледі.</w:t>
-[...13 lines deleted...]
-      ДК, ПлДК, ноутбуктермен және БТ-мен жұмыс істеуге арналған үй-жайлар жертөле және цокольды үй-жайларда орналастырылмайды. ДК, ПлДК, ноутбуктер және БТ бар жұмыс орындары қуаттандыру кабельдері, жоғары вольтты трансформаторлар, технологиялық жабдық орналасқан жерлерге орналастырылмайды.</w:t>
+      4. ПК, ПлПК, ноутбуков и ВТ размещаются в специально построенных, пристроенных, реконструированных помещениях, а также в помещениях первого этажа жилых домов с отдельным входом, не совмещенным с подъездом жилого дома или на любых этажах общественных зданий, при обеспечении звукоизоляции и вентиляции помещений с устройством изолированных от жилых помещений вентиляционных каналов для отвода загрязненного воздуха выше уровня кровли здания. В помещениях для размещения и эксплуатации ПК, ПлПК, ноутбуков и ВТ обеспечиваются условия для соблюдения нормируемых параметров освещенности, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>микроклимата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, приведенных в настоящих Санитарных правилах. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Помещения для работы с ПК, ПлПК, ноутбуками и ВТ не размещаются в подвальных и цокольных помещениях. Рабочие места с ПК, ПлПК, ноутбуками и ВТ не размещаются в местах, где расположены силовые кабели, высоковольтные трансформаторы, технологическое оборудование.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      5. Электронды-сәуле түтігі (бұдан әрі - ЭСТ) базасындағы ДК және БТ-ны пайдаланушылардың бір жұмыс орнының ауданы қатарластырып 2 орналастыру кезінде кемінде 6 шаршы метрді (бұдан әрі - м</w:t>
+      5. Площадь на одно рабочее место пользователей ПК и ВТ на базе электронно-лучевой трубки (далее - ЭЛТ) составляет не менее 6 квадратных метров (далее - м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>), орталықта және периметралды орналастыру кезінде - 4 м</w:t>
+        <w:t xml:space="preserve"> ) при рядном расположении, при центральном и периметральном расположении - 4 м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>, тегіс дискреттік экрандар (сұйық кристалл, плазмалық) базасында БТ-ны пайдалану кезінде кез келген орналасу кезінде 4 м</w:t>
+        <w:t>, при использовании ВТ на базе плоских дискретных экранов (жидкокристаллические, плазменные) при любом расположении - 4 м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> құрайды.</w:t>
-[...13 lines deleted...]
-      ПлДК-ны, ноутбуктерді пайдаланушылардың бір жұмыс орнының ауданы - 2,5 м</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Площадь на одно рабочее место пользователей ПлПК, ноутбуков 2,5 м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      6. Үй-жайларды әрлеу үшін жуғыш заттарды қолдана отырып, ылғалды әдіспен жинауға болатын материалдар қолданылады.</w:t>
+        <w:t xml:space="preserve">
+      6. Для отделки помещений применяют материалы, допускающие уборку влажным способом с применением моющих средств. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      7. ДК-мен, ПлДК-мен, ноутбуктермен және БТ-мен жабдықталатын үй-жайлардағы еденнің беті антистатикалық қасиеттері бар материалдардан ойықтарсыз және саңылауларсыз жасалады. ДК-ны, ПлДК-ны, ноутбуктерді және БТ-ны пайдаланатын үй-жайлар, жиһаз және жабдық тәртіпте және тазалықта ұсталады. Үй-жайды әрлеудегі ақаулар және жабдықтың, жиһаздың бұзылуы уақтылы жөнделуге және ауыстырылуға тиісті.</w:t>
+        <w:t xml:space="preserve">
+      7. Поверхность пола в помещениях, где оборудуются ПК, ПлПК, ноутбуки и ВТ, выполняется без выбоин и щелей, из материалов, обладающих антистатическими свойствами. Помещения с использованием ПК, ПлПК, ноутбуками и ВТ, мебель и оборудование содержатся в порядке и чистоте. Дефекты в отделке помещения и поломки оборудования, мебели подлежат своевременному ремонту и замене. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      8. ДК және БТ орналастырылған үй-жайлар қорғаныш жерге тұйықтаумен жабдықталады.</w:t>
+        <w:t xml:space="preserve">
+      8. Помещения, где размещаются ПК и ВТ, оборудуются защитным заземлением. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...42 lines deleted...]
-      Орталықта орналастыру кезінде компьютерлер бар жұмыс үстелдері екі қатарға бөлінбей және бейнемониторлардың экрандары қарама-қарсы жаққа қаратыла, шахматтық тәртіппен орналастырыла немесе мониторлардың сырт жақтары бір-біріне қарсы қаратыла отырып, ортада орнатылады, бұл ретте бір бейнемонитордың сыртқы беті мен екіншісінің экранының арасындағы арақашықтық - кемінде 2 м.</w:t>
+        <w:t xml:space="preserve">
+      9. Расстановка компьютеров (ПК, планшетные персональные компьютеры, ноутбуки) используется одним из трех 3-х вариантов: периметральная, рядные (2-3-рядная), центральная. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При периметральной расстановке, расстояние между стеной с оконными проемами и столами 0,5 метров (далее - м), стеной и столами - 0,4 м.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При рядной расстановке расстояние между тылом поверхности одного видеомонитора и экраном другого - не менее 2 м, между боковыми поверхностями видеомониторов не менее 1,2 м, при двух-трехрядной расстановке одноместных столов с компьютерами расстояния в каждом ряду между боковыми поверхностями столов не менее 0,5 м.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При центральной расстановке рабочие столы с компьютерами устанавливаются в центре, в два ряда без разрыва и экраны видеомониторов обращены в противоположные стороны, располагаясь в шахматном порядке, или напротив друг друга тыльными сторонами мониторов, при этом расстояние между тылом поверхности одного видеомонитора и экраном другого - не менее 2 м.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...42 lines deleted...]
-      3) жұмыс үстелінде биіктігі кемінде 580 мм, ені кемінде 500 мм, тереңдігі кемінде 450 мм болатын аяққа арналған кеңістік болады.</w:t>
+        <w:t xml:space="preserve">
+      10. Размеры рабочей поверхности: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) высота рабочей поверхности стола (от пола) регулируется в пределах 640 - 800 миллиметров (далее - мм); </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) ширину рабочей поверхности стола 800, 1000, 1200 и 1400 мм; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) рабочий стол имеет пространство для ног высотой не менее 580 мм, шириной - не менее 500 мм, глубиной - не менее 450 мм. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      11. Бейнемонитордың экраны пайдаланушының көзінен 600 - 700 мм қашықтықта, бірақ алфавиттік-сандық белгілердің және символдардың өлшемдерін есепке ала отырып, 500 мм-ден жақын емес қашықтықта болуы тиіс.</w:t>
+        <w:t xml:space="preserve">
+      11. Экран видеомонитора находится от глаз пользователя на расстоянии 600-700 мм, но не ближе 500 мм с учетом размеров алфавитно-цифровых знаков и символов. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...56 lines deleted...]
-      4) жұмыс орнын принтермен жабдықтағанда беттердің енін 1200 мм-ге дейін ұлғайту.</w:t>
+        <w:t xml:space="preserve">
+      12. В помещениях, где для занятия с ПК, ПлПК, ноутбуками и ВТ оборудуются одноместными столами, предусматривают следующую конструкцию одноместного стола для работы с ПК, ПлПК, ноутбуков и ВТ: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) две раздельные поверхности: одну горизонтальную для размещения ПК с плавной регулировкой по высоте в пределах 520 - 760 мм и вторую подвижную для клавиатуры с регулировкой по высоте соответственно горизонтальной рабочей поверхности; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) ширина поверхностей для ПК, ПлПК, ноутбуков и ВТ клавиатуры составляет не менее 750 мм, глубина - не менее 550 мм; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) ширина пространства для ног не менее 500 мм, глубина не менее 450 мм, а высоту принимать в соответствие с ростом;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) увеличение ширины поверхностей до 1200 мм при оснащении рабочего места принтером. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      13. Компьютерлермен жұмыс істеу кезінде жұмыс орнының негізгі өлшемдері, үстел шетінің биіктігі және аяққа арналған кеңістіктің биіктігі осы Санитариялық қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, бойына сай келеді. Табуреткалар немесе отырғыштар пайдаланылмайды.</w:t>
+      13. Основные размеры рабочего места при работе с компьютерами высота края стола и высота пространства для ног соответствуют росту, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам. Не используются табуретки или скамейки. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...70 lines deleted...]
-      5) 9 - 11 (12) сыныптарда - 35 минуттан аспайды.</w:t>
+        <w:t xml:space="preserve">
+      14. Непрерывная длительность занятий в дошкольных организациях и школах непосредственно с ВТ, ПК, ПлПК и ноутбуками в течение учебного часа соответствует: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) дошкольных организациях и 1 классах - не более 15 минут; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) 2 - 3 классах - не более 20 минут; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) 4-5 классах - не более 25 минут; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) 6 - 8 классах - не более 30 минут; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) 9 - 11(12) классах - не более 35 минут. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      15. БТ-мен, ДК-мен, ПлДК-мен және ноутбуктермен тікелей жұмыс істеу ұзақтығын екі сағаттан асырмау ұсынылады. Жұмыс кезеңінде мынадай профилактикалық іс-шаралар жүргізіледі: әрбір 20 - 25 минут сайын көзге арналған жаттығулар және үзіліс кезінде 45 минут сайын дене шынықтыру жасалады.</w:t>
+        <w:t xml:space="preserve">
+      15. Продолжительность непосредственной работы с ВТ и ПК, ПлПК и ноутбуками рекомендуется не более двух часов. В период работы проводятся профилактические мероприятия: упражнения для глаз через каждый 20-25 минут и физкультурная пауза через 45 минут во время перерыва. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      16. Мектепке дейінгі ұйымдарда компьютерлік ойын сабақтары аптасына 2 реттен сиретпей жүргізіледі.</w:t>
+        <w:t xml:space="preserve">
+      16. Компьютерные игровые занятия в дошкольных организациях проводятся не чаще 2 раз в неделю. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      17. БТ-мен, ПлДК-мен, ноутбуктермен және ДК-мен өткізілетін сабақтар ұйықтауға, күндізгі серуенге шығуға және сауықтыру шараларын жүргізуге бөлінген уақыттың есебінен жүргізілмейді.</w:t>
+        <w:t xml:space="preserve">
+      17. Занятия с ВТ, ПлПК, ноутбуками и ПК не проводятся за счет времени, отведенного для сна, дневных прогулок и оздоровительных мероприятий. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      18. Жасына қарамастан екі және одан да көп адамның бір БТ-ны, ДК-ны, ПлДК-ны, ноутбукты бір уақытта пайдалануына жол берілмейді.</w:t>
+        <w:t xml:space="preserve">
+      18. Одновременное использование одного ВТ, ПК, ПлПК, ноутбуков двумя и более людьми, независимо от возраста не рекомендуется. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      19. Көп қабатты тұрғын үйдің бірінші қабатында, жеке үй иелігінде, құрылған - жапсарлас үй-жайларда орналасқан объектілерден қоқысты жинау үшін тұрғын үйдің ортақ қоқыс жинағыштары немесе контейнерлері пайдаланылады.</w:t>
+        <w:t xml:space="preserve">
+      19. Для сбора мусора с объектов, размещенных на первых этажах многоквартирного жилого дома, в частном домовладении, во встроено - пристроенных помещениях используются общие мусоросборники жилого дома или контейнеры. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      20. Сапасы мен қауіпсіздігін растайтын құжаттар болмаған жағдайда ДК, БТ, ПлДК, ноутбуктар пайдаланылмайды.</w:t>
+      20. Не используются ПК, ВТ, ПлПК, ноутбуки без наличия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, подтверждающих их качество и безопасность. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      21. Компьютердің құрамдас бөліктерін (пернатақта, монитор, процессорлар және т.б.) өңдеу ДК-ны, ПлДК-ны, ноутбуктерді және БТ-ны күтуге арналған құралдармен жүзеге асырылады. Ақаулы және істен шыққан компьютерлерді сақтау үшін балалардың қолы жетпейтін жеке үй-жай көзделеді.</w:t>
+        <w:t xml:space="preserve">
+      21. Обработка составляющих частей компьютера (клавиатуры, монитора, процессора и т.д.) осуществляется средствами, предназначенными для ухода ПК, ПлПК, ноутбуков и ВТ. Предусматривается отдельное помещение для хранения неисправных и вышедших из строя компьютеров, недоступное для детей. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      22. Апатты ғимараттар мен үй-жайларда орналасқан объектілер пайдаланылмайды.</w:t>
+        <w:t xml:space="preserve">
+      22. Не эксплуатируются объекты, размещенные в аварийных зданиях и помещениях. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z32" w:id="7"/>
+    <w:bookmarkStart w:name="z31" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-3. Компьютерлерді (ДК, ПлДК, ноутбуктерді) және БТ-ны пайдалану үшін үй-жайлардағы микроклиматқа қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
+3. Санитарно-эпидемиологические требования</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+к микроклимату в помещениях для эксплуатации компьютеров</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+(ПК, ПлПК, ноутбуки) и ВТ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z33" w:id="8"/>
+    <w:bookmarkStart w:name="z32" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      23. ДК, ПлДК, ноутбуктар және БТ орналасқан үй-жайларда осы Санитариялық қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес микроклиматтың рұқсат етілген параметрлері қамтамасыз етіледі.</w:t>
+      23. В помещениях, где расположены ПК, ПлПК, ноутбуки и ВТ, обеспечиваются допустимые параметры микроклимата в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложением 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...14 lines deleted...]
-      25. Жұмыс басталар алдында және сабақтардың әрбір академиялық сағатынан кейін өтпелі желдету жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve">
+      24. Помещения с ПК, ПлПК, ноутбуками и ВТ оборудуются системами отопления, вентиляцией, кондиционерами. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25. Перед началом работы и после каждого академического часа занятий осуществляют сквозное проветривание. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z35" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-4. Компьютерлер (ДК, ПлДК, ноутбуктер) мен БТ-ны пайдалануға арналған үй-жайлардағы жарықтандыруға қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
+4. Санитарно-эпидемиологические требования</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+к освещению в помещениях для эксплуатации компьютеров</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+(ПК, ПлПК, ноутбуки) и ВТ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z36" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      26. ДК, ПлДК, ноутбуктар және БТ орналасқан үй-жайларда табиғи жарықтандыру болады.</w:t>
+        <w:t xml:space="preserve">
+      26. Помещения, где размещаются ПК, ПлПК, ноутбуки и ВТ имеют естественное освещение. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      27. ДК мен БТ-ны пайдалануға арналған үй-жайлардағы жасанды жарықтандыру ортақ біркелкі жарықтандыру жүйесімен жүзеге асырылады. Өндірістік және әкімшілік-қоғамдық үй-жайлардағы жұмыс орнында құрамдастырылған жарықтандыру жүйесі қолданылады (ортақ жарықтандыруға қосымша жұмыс орнының аймағын жарықтандыруға арналған жергілікті жарықтандыру шамдары орнатылады).</w:t>
+        <w:t xml:space="preserve">
+      27. Искусственное освещение в помещениях для эксплуатации ПК и ВТ осуществляется системой общего равномерного освещения. В производственных и административно-общественных помещениях на рабочем месте, применяют системы комбинированного освещения (к общему освещению дополнительно устанавливаются светильники местного освещения, предназначенные для освещения зоны рабочего места). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      28. Жұмыс үстелінің бетін жарықтандыру: құрамдастырылған жарықтандыру кезінде жалпы жүйеден кемінде 300 люксті (бұдан әрі - лк), жергілікті жүйеден 500 лк; тек жарықтандырудың жалпы жүйесі болған кезде ғана 400 лк құрайды. Жарықтандыру экранның бетінде жылтылдауды болдырмауды қамтамасыз ететіндей етіп жасалады. Экран бетінің жарықтануы 200 лк аспайды.</w:t>
+        <w:t xml:space="preserve">
+      28. Освещенность на поверхности рабочего стола составляет: при комбинированном освещении не менее 300 люкс (далее - лк) от общей системы, 500 лк от местной системы; при наличии только общей системы освещения - 400 лк. Освещение выполняется таким образом, чтобы обеспечить отсутствие бликов на поверхности экрана. Освещенность поверхности экрана не более 200 лк. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      29. Жасанды жарықтандыру кезінде жарық көзі ретінде люминесценттік шамдар пайдаланылады. Жергілікті жарықтандыру шырағдандарына қыздыру шамдарын, оның ішінде энергия үнемдейтін шамдарды қолдануға жол беріледі.</w:t>
+        <w:t xml:space="preserve">
+      29. В качестве источников света при искусственном освещении используются люминесцентные лампы. В светильниках местного освещения допускается применение ламп накаливания, в том числе энергосберегающие. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...14 lines deleted...]
-      Монитордың экранында жарқылды болдырмау үшін терезе ойықтары күндізгі жарықты өткізбейтін қорғаныш құрылғыларымен жабдықталады.</w:t>
+        <w:t xml:space="preserve">
+      30. Для обеспечения нормируемых значений освещенности в помещениях для использования ПК ПлПК, ноутбуков и ВТ своевременно заменяют перегоревшие лампы. Неисправные, перегоревшие люминесцентные лампы хранят в отдельном помещении. Не допускается выброс отработанных люминесцентных ламп в мусоросборные контейнеры. Вывоз и утилизация отработанных ламп проводится организациями, имеющими лицензию на данный вид деятельности. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Для предупреждения бликов на экране монитора, оконные проемы оборудуются защитными устройствами, не пропускающими дневной свет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z41" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-5. Компьютерлерден (ДК, ПлДК, ноутбуктерден) және БТ-дан болатын физикалық факторлардың әсері кезіндегі жұмыс жағдайларына қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
+5. Санитарно-эпидемиологические требования</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+к условиям работы при воздействии физических факторов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+от компьютеров (ПК, ПлПК, ноутбуки) и ВТ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z42" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      31. Үй-жайларда: </w:t>
-[...135 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген.</w:t>
+      31. В помещениях: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      допустимые уровни звукового давления в октавных полосах частот и уровня звука, создаваемого компьютерами (ПК, ПлПК, ноутбуки) и ВТ принимаются согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      допустимое виброускорение для помещений с ПК, ВТ оси Z, X, Y соответствует </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      допустимые значения уровней неионизирующих электромагнитных излучений принимаются согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      допустимые уровни концентраций аэроионов и коэффициента униполярности указаны в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложении 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      32. Шу деңгейі рұқсат етілген деңгейден асып түсетін жабдық (басып шығару құрылғылары, серверлер және басқалар) ДК-мен, ПлДК-мен, ноутбуктермен және БТ-мен жабдықталған үй-жайлардан тыс жерде орналастырылады.</w:t>
+        <w:t xml:space="preserve">
+      32. Оборудование (печатающие устройства, серверы и другое), уровень шума которого превышает допустимый, размещается вне помещений, где оборудованы ПК, ПлПК, ноутбуки и ВТ. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      33. Жұмыс орындарындағы электр магниттік өрістер деңгейлерін аспаптық бақылау және гигиеналық бағалау әдістемесі осы Санитариялық қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> келтірілген.</w:t>
+      33. Методика инструментального контроля и гигиенической оценки уровней, электромагнитных полей на рабочих местах приведены в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложении 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z45" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...56 lines deleted...]
-қағидаларына 1-қосымша       </w:t>
+        <w:t xml:space="preserve">
+Приложение 1                </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+к санитарным правилам           </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+«Санитарно-эпидемиологические требования </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к условиям работы с источниками физических</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+факторов (компьютеры и видеотерминалы), </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+оказывающих воздействие на человека»   </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z46" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b/>
-[...4 lines deleted...]
-Жұмыс орнының өлшемдері</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                            Размеры рабочего места</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5532"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6178"/>
+        <w:gridCol w:w="4186"/>
+        <w:gridCol w:w="4702"/>
+        <w:gridCol w:w="5112"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5532" w:type="dxa"/>
+            <w:tcW w:w="4186" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бойы, сантиметр (бұдан әрі - см)</w:t>
+              <w:t>Рост,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сантиметров (далее - см)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Еденнен биіктігі, миллиметр (бұдан әрі - мм)</w:t>
+              <w:t>Высота над полом, миллиметров (далее - мм)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Аяққа арналған кеңістік, кемінде</w:t>
+            <w:tcW w:w="4702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>поверхность стола</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пространство для ног, не менее</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5532" w:type="dxa"/>
+            <w:tcW w:w="4186" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcW w:w="4702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6178" w:type="dxa"/>
+            <w:tcW w:w="5112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5532" w:type="dxa"/>
+            <w:tcW w:w="4186" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>100-115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcW w:w="4702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>460</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6178" w:type="dxa"/>
+            <w:tcW w:w="5112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5532" w:type="dxa"/>
+            <w:tcW w:w="4186" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>116-130</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcW w:w="4702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>520</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6178" w:type="dxa"/>
+            <w:tcW w:w="5112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5532" w:type="dxa"/>
+            <w:tcW w:w="4186" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>131 - 145</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcW w:w="4702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>580</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6178" w:type="dxa"/>
+            <w:tcW w:w="5112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>520</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5532" w:type="dxa"/>
+            <w:tcW w:w="4186" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>146-160</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcW w:w="4702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6178" w:type="dxa"/>
+            <w:tcW w:w="5112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>580</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5532" w:type="dxa"/>
+            <w:tcW w:w="4186" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>161 - 175</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcW w:w="4702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6178" w:type="dxa"/>
+            <w:tcW w:w="5112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5532" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:tcW w:w="4186" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выше 175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>760</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6178" w:type="dxa"/>
+            <w:tcW w:w="5112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z47" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Ескертпе: Аяққа арналған кеңістіктің ені мен тереңдігі үстел құрылғысымен айқындалады.</w:t>
-[...74 lines deleted...]
-қағидаларына 2-қосымша       </w:t>
+        <w:t>
+      Примечание: Ширина и глубина пространства для ног определяются конструкцией стола.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z48" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+Приложение 2                </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+к санитарным правилам           </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+«Санитарно-эпидемиологические требования </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к условиям работы с источниками физических</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+факторов (компьютеры и видеотерминалы), </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+оказывающих воздействие на человека»   </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z49" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b/>
-[...4 lines deleted...]
-Үй-жайлар үшін микроклиматтың рұқсат етілген параметрлері</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+            Допустимые параметры микроклимата для помещений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4118"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5358"/>
+        <w:gridCol w:w="3916"/>
+        <w:gridCol w:w="4731"/>
+        <w:gridCol w:w="5353"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4118" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>Температурасы, С</w:t>
+            <w:tcW w:w="3916" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Температура, С</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...69 lines deleted...]
-              <w:t>Ауа қозғалысының жылдамдығы, м/с</w:t>
+              <w:t>о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4731" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Относительная влажность, не более, %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Скорость движения воздуха, м/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4118" w:type="dxa"/>
+            <w:tcW w:w="3916" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="4731" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5358" w:type="dxa"/>
+            <w:tcW w:w="5353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4118" w:type="dxa"/>
+            <w:tcW w:w="3916" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="4731" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5358" w:type="dxa"/>
+            <w:tcW w:w="5353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>&lt;0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4118" w:type="dxa"/>
+            <w:tcW w:w="3916" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="4731" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5358" w:type="dxa"/>
+            <w:tcW w:w="5353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>&lt;0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4118" w:type="dxa"/>
+            <w:tcW w:w="3916" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="4731" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5358" w:type="dxa"/>
+            <w:tcW w:w="5353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>&lt;0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4118" w:type="dxa"/>
+            <w:tcW w:w="3916" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="4731" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5358" w:type="dxa"/>
+            <w:tcW w:w="5353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>&lt;0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4118" w:type="dxa"/>
+            <w:tcW w:w="3916" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="4731" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5358" w:type="dxa"/>
+            <w:tcW w:w="5353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>&lt;0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="17"/>
+    <w:bookmarkStart w:name="z50" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...56 lines deleted...]
-қағидаларына 3-қосымша       </w:t>
+        <w:t xml:space="preserve">
+Приложение 3                </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+к санитарным правилам           </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+«Санитарно-эпидемиологические требования </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к условиям работы с источниками физических</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+факторов (компьютеры и видеотерминалы), </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+оказывающих воздействие на человека»   </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z50" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z51" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b/>
-[...4 lines deleted...]
-Компьютерлер мен бейнетерминалдардан болатын дыбыс деңгейінің және октавалық жиілік жолақтарындағы дыбыс қысымының рұқсат етілген деңгейлері</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                  Допустимые уровни звукового давления</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+         в октавных полосах частот и уровня звука, создаваемого</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    компьютерами и видеотерминалами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1327"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="2330"/>
+        <w:gridCol w:w="1393"/>
+        <w:gridCol w:w="953"/>
+        <w:gridCol w:w="1113"/>
+        <w:gridCol w:w="1113"/>
+        <w:gridCol w:w="1113"/>
+        <w:gridCol w:w="1293"/>
+        <w:gridCol w:w="1293"/>
+        <w:gridCol w:w="1293"/>
+        <w:gridCol w:w="1293"/>
+        <w:gridCol w:w="2533"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...15 lines deleted...]
-            <w:tcW w:w="2330" w:type="dxa"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровни звукового давления (далее - дБ) в октавных полосах (далее - ОП) среднегеометрическими частотами Герц (далее - Гц) не более</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2533" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дБА-мен өлшенген дыбыс деңгейлері артық емес</w:t>
+              <w:t>Уровни звука в дБА</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не более</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1327" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>31,5 Гц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:tcW w:w="953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>63 Гц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:tcW w:w="1113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>125 Гц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:tcW w:w="1113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>250 Гц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1223" w:type="dxa"/>
+            <w:tcW w:w="1113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>500 Гц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcW w:w="1293" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1000 Гц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="1293" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2000 Гц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcW w:w="1293" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4000 Гц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="1293" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4778,3479 +5097,4414 @@
               </w:rPr>
               <w:t>8000 Гц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1327" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>86 дБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:tcW w:w="953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>71 дБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:tcW w:w="1113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>61 дБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1222" w:type="dxa"/>
+            <w:tcW w:w="1113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>54 дБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1223" w:type="dxa"/>
+            <w:tcW w:w="1113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>49 дБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcW w:w="1293" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>45 дБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcW w:w="1293" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>42 дБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcW w:w="1293" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>40 дБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="1293" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>38 дБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="2533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...91 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z52" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b/>
-[...4 lines deleted...]
-ДК, БТ бар үй-жайлар үшін рұқсат етілген дірілді жеделдету  Z, X, Ү осьтері </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Примечание: Измерение уровня звука уровней звукового давления проводится на рабочем месте пользователя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:tbl>
-[...197 lines deleted...]
-    </w:tbl>
     <w:bookmarkStart w:name="z53" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...56 lines deleted...]
-қағидаларына 5-қосымша  </w:t>
+        <w:t xml:space="preserve">
+Приложение 4                </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+к санитарным правилам           </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+«Санитарно-эпидемиологические требования </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к условиям работы с источниками физических</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+факторов (компьютеры и видеотерминалы), </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+оказывающих воздействие на человека»   </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z54" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b/>
-[...4 lines deleted...]
-Иондалмайтын электр магниттік сәулелену деңгейлерінің рұқсат етілген мәндері</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                      Допустимое виброускорение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                  для помещений с ПК, ВТ оси Z, X, Y</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5287"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2821"/>
+        <w:gridCol w:w="6816"/>
+        <w:gridCol w:w="7184"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5287" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>Рұқсат етілген мән</w:t>
+            <w:tcW w:w="6816" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Корректированное</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>значение (мс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)*10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Корректированный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уровень,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дециБел (далее - дБ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5287" w:type="dxa"/>
-[...1060 lines deleted...]
-              <w:t>500 Вольт</w:t>
+            <w:tcW w:w="6816" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z55" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...56 lines deleted...]
-қағидаларына 6-қосымша          </w:t>
+        <w:t xml:space="preserve">
+Приложение 5                </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+к санитарным правилам           </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+«Санитарно-эпидемиологические требования </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к условиям работы с источниками физических</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+факторов (компьютеры и видеотерминалы), </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+оказывающих воздействие на человека»   </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z56" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b/>
-[...4 lines deleted...]
-Аэроиондар және униполярлық коэффициент шоғырлануының рұқсат етілген деңгейлері</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Допустимые значения уровней неионизирующих электромагнитных излучений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2937"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3371"/>
+        <w:gridCol w:w="5346"/>
+        <w:gridCol w:w="2489"/>
+        <w:gridCol w:w="3082"/>
+        <w:gridCol w:w="3083"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2937" w:type="dxa"/>
-[...120 lines deleted...]
-              <w:t>Униполярлық</w:t>
+            <w:tcW w:w="5346" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование параметров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Части ПК, ВТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контрольное расстояние, сантиметров (далее - см)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Допустимое</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...111 lines deleted...]
-              <w:t>коэффициенті, У</w:t>
+            <w:tcW w:w="5346" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2937" w:type="dxa"/>
+            <w:tcW w:w="5346" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ең төмен рұқсат етілген</w:t>
-[...157 lines deleted...]
-            </w:pPr>
+              <w:t>Напряженность электростатического поля для профессиональных пользователей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Монитор</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Клавиатура</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> У &lt; 1,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мышь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>На уровне головы,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...16 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
-              <w:br/>
-[...10 lines deleted...]
-</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>На уровне рук - 1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20 килоВольт на метр (далее - кВ/м)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2937" w:type="dxa"/>
+            <w:tcW w:w="5346" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оңтайлы</w:t>
-[...166 lines deleted...]
-          <w:p/>
+              <w:t>Напряженность электростатического поля на рабочих местах:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- детских дошкольных организациях;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- учебных заведений; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- компьютерных клубах </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Монитор</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Клавиатура</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мышь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>На уровне головы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>На уровне рук - 1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20 кВ/м 15 кВ/м 15 кВ/м 15 кВ/м</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2937" w:type="dxa"/>
+            <w:tcW w:w="5346" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ең жоғарғы рұқсат етілген</w:t>
-[...125 lines deleted...]
-          <w:p/>
+              <w:t>Напряженность электрического поля вокруг ПК, ВТ:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в диапазоне частот</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5 - 2000 Герц (далее - Гц):</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в диапазоне частот 2 - 400 кГц:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Монитор</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Клавиатура</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мышь</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Монитор</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Клавиатура</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мышь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">На уровне головы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>На уровне рук - 1,0</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>На уровне головы На уровне рук - 1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25 Вольт на метр (далее - В/м)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,5 В/м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5346" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Плотность магнитного потока вокруг ПК, ВТ:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в диапазоне частот 5 -2000 Гц:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в диапазоне частот 2-400 кГц:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Монитор</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Клавиатура</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мышь</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Монитор</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Клавиатура</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мышь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>На уровне головы, На уровне рук - 1,0</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>На уровне головы, На уровне рук - 1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>250 наноТесла (далее - нТл)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25 нТл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5346" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Поверхностный электростатический потенциал от монитора, не более (при сертификационных испытаниях)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Монитор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3082" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Между дисплеем и установленной в 10 см от него заземленной измерительной пластиной</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>500 Вольт</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...30 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z57" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...56 lines deleted...]
-қағидаларына 7-қосымша       </w:t>
+        <w:t xml:space="preserve">
+Приложение 6                </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+к санитарным правилам           </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+«Санитарно-эпидемиологические требования </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к условиям работы с источниками физических</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+факторов (компьютеры и видеотерминалы), </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+оказывающих воздействие на человека»   </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z58" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b/>
-[...4 lines deleted...]
-Жұмыс орындарындағы электр магниттік өрістер деңгейлерін аспаптық бақылау және гигиеналық бағалау әдістемесі</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                  Допустимые уровни концентраций аэроионов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                         и коэффициента униполярности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2919"/>
+        <w:gridCol w:w="3744"/>
+        <w:gridCol w:w="3982"/>
+        <w:gridCol w:w="3355"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нормируемые</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>показатели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Концентрации аэроионов, </w:t>
+            </w:r>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="165100" cy="228600"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId4"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="165100" cy="228600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(ион/см</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коэффициент униполярности, У</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Положительной полярности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3982" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Отрицательной полярности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Минимально допустимые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="165100" cy="228600"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="165100" cy="228600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>+ &gt; 400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3982" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="165100" cy="228600"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="165100" cy="228600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &gt; 600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,4 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>&lt;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> У &lt; 1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оптимальные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1500 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>&lt;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="165100" cy="228600"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId7"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="165100" cy="228600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>&lt; 3000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3982" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3000 &lt; Р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>&lt;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2919" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимально</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>допустимые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="165100" cy="228600"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="165100" cy="228600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &lt; 50000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3982" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>&lt;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z59" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+Приложение 7                </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+к санитарным правилам           </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+«Санитарно-эпидемиологические требования </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к условиям работы с источниками физических</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+факторов (компьютеры и видеотерминалы), </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+оказывающих воздействие на человека»   </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z60" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Методика инструментального контроля и гигиенической оценки уровней,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+электромагнитных полей на рабочих местах</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z61" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      1. ДК пайдаланушылардың жұмыс орындарында электр магниттік жағдайды аспаптық зерттеу:</w:t>
-[...187 lines deleted...]
-        <w:t xml:space="preserve"> келтірілген мәннен жоғары болса, ЭМӨ-нің өнеркәсіптік жиілігінің (жабдық ажыратылып тұрғанда) ая деңгейлерін өлшеу жүргізіледі. Жиілігі 50 Гц электр өрісінің ая деңгейі және магниттік өріс кернеулілігінің ая деңгейі тиісінше 0,5 кВ/м, және 0,16 А/м (0,2 мкТл) мәннен аспауы тиіс.</w:t>
+        <w:t xml:space="preserve">
+      1. Инструментальные исследования электромагнитной обстановки на рабочих местах пользователей ПК производится: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) при вводе ПК в эксплуатацию и организации новых и реорганизации рабочих мест; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) после проведения организационно-технических мероприятий, направленных на нормализацию электромагнитной обстановки; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) при проведении санитарно-эпидемиологического надзора; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) при аттестации рабочих мест по условиям труда; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) по заявкам организаций. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Составляется план (эскиз) размещения рабочих мест пользователей ПК в помещении. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Сведения об оборудовании рабочего места - наименования устройств ПК, фирм-производителей, моделей и заводские (серийные) номера, приэкранные фильтры (при их наличии) на ПК заносятся в протокол лабораторных исследований. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. На экране ПК устанавливается типичное для данного вида работы изображение (текст, графики). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. При проведении измерений включается вся вычислительная техника, ПК и другое используемое для работы электрооборудование, размещенное в данном помещении. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Измерения параметров электростатического поля проводится не ранее, чем через 20 минут после включения ПК. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Измерение уровней переменных электрических и магнитных полей, статических электрических полей на рабочем месте, оборудованном ПК, производится на трех уровнях на высоте 0,5 м, 1,0 м и 1,5 м на рабочем месте, включая клавиатуру. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8. Если на обследуемом рабочем месте, оборудованном ПК, интенсивность электрического и/или магнитного поля в диапазоне 5 - 2000 Гц превышает значения, приведенные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложении 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Санитарным правилам, проводятся измерения фоновых уровней ЭМП промышленной частоты (при выключенном оборудовании). Фоновый уровень электрического поля частотой 50 Гц и фоновые уровни напряженности магнитного поля не должны превышать значений соответственно 0,5 кВ/м, и 0,16 А/м (0,2 мкТл).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8572,35 +9826,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>