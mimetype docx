--- v0 (2025-12-14)
+++ v1 (2026-01-08)
@@ -1,159 +1,138 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00FA4DAD" w:rsidRPr="00FA4DAD" w:rsidRDefault="00FA4DAD" w:rsidP="00FA4DAD">
-[...14 lines deleted...]
-        <w:t>Как облегчить привыкание ребенка к детскому саду</w:t>
+    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00101EE0" w:rsidRDefault="00427967">
+      <w:r w:rsidRPr="00427967">
+        <w:object w:dxaOrig="10466" w:dyaOrig="12447">
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:523.5pt;height:622.5pt" o:ole="">
+            <v:imagedata r:id="rId5" o:title=""/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1612873982" r:id="rId6">
+            <o:FieldCodes>\s</o:FieldCodes>
+          </o:OLEObject>
+        </w:object>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA4DAD" w:rsidRPr="00FA4DAD" w:rsidRDefault="00FA4DAD" w:rsidP="00FA4DAD">
-[...37 lines deleted...]
-    <w:sectPr w:rsidR="00101EE0" w:rsidRPr="00FA4DAD">
+    <w:sectPr w:rsidR="00101EE0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D90C63"/>
+    <w:rsidRoot w:val="001A23AE"/>
     <w:rsid w:val="00101EE0"/>
-    <w:rsid w:val="00666768"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FA4DAD"/>
+    <w:rsid w:val="001A23AE"/>
+    <w:rsid w:val="00427967"/>
+    <w:rsid w:val="00666768"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -512,50 +491,51 @@
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:caps/>
       <w:spacing w:val="10"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
@@ -940,61 +920,50 @@
     <w:name w:val="Book Title"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:rPr>
       <w:caps/>
       <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
-    </w:rPr>
-[...9 lines deleted...]
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1331,50 +1300,51 @@
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:caps/>
       <w:spacing w:val="10"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
@@ -1761,114 +1731,77 @@
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:rPr>
       <w:caps/>
       <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af5">
-[...9 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1545874898">
-[...25 lines deleted...]
-    <w:div w:id="1914076648">
+    <w:div w:id="10767556">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document1.docx"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Литейная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="676A55"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EAEBDE"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="72A376"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="B0CCB0"/>
       </a:accent2>
       <a:accent3>
@@ -2117,54 +2050,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>270</Words>
-  <Characters>1545</Characters>
+  <Words>4</Words>
+  <Characters>28</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>1</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1812</CharactersWithSpaces>
+  <CharactersWithSpaces>31</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>