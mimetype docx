--- v0 (2025-12-05)
+++ v1 (2025-12-28)
@@ -1,211 +1,223 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00A731FF" w:rsidRDefault="00A731FF" w:rsidP="00833801">
+    <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="00461526">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="Рисунок 2" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:194.15pt;margin-top:-1.15pt;width:89.45pt;height:80.45pt;z-index:-251658240;visibility:visible;mso-wrap-distance-left:9.05pt;mso-wrap-distance-right:9.05pt" filled="t">
             <v:imagedata r:id="rId4" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ПАВЛОДАР ҚАЛАСЫНЫҢ                                                      АКИМАТ ГОРОДА</w:t>
+        <w:t>ПАВЛОДАР ҚАЛАСЫНЫҢ                                    АКИМАТ ГОРОДА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRDefault="00A731FF" w:rsidP="00833801">
+    <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="00461526">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ӘКІМДІГІ                                                                   ПАВЛОДАРА</w:t>
+        <w:t>ӘКІМДІГІ                                                             ПАВЛОДАРА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRDefault="00A731FF" w:rsidP="00833801">
+    <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="00461526">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«ПАВЛОДАР ҚАЛАСЫ                                                ГУ  «ОТДЕЛ ОБРАЗОВАНИЯ</w:t>
+        <w:t xml:space="preserve">              «ПАВЛОДАР ҚАЛАСЫ                                       ГУ  «ОТДЕЛ ОБРАЗОВАНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRDefault="00A731FF" w:rsidP="00833801">
+    <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="00461526">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 БІЛІМ БЕРУ БӨЛІМІ» ММ                                  ГОРОДА  ПАВЛОДАРА» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="00461526">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>БІЛІМ БЕРУ БӨЛІМІ» ММ                                               ГОРОДА  ПАВЛОДАРА» 140000,Павлодар қаласы                                                       140000, город Павлодар</w:t>
+        <w:t>140000, Павлодар қаласы                                       40000, город Павлодар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRDefault="00A731FF" w:rsidP="00833801">
+    <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="00461526">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Кривенко көшесі, 25                                                   ул. Кривенко, 25</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRDefault="00A731FF" w:rsidP="00833801">
+    <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="00461526">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>тел./факс.: 32-21-67                                                  тел./факс.: 32-21-67</w:t>
+        <w:t>тел./факс.: 32-21-67                                                  ел./факс.: 32-21-67</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRDefault="00A731FF" w:rsidP="00833801">
+    <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRDefault="00A731FF" w:rsidP="001E79FB">
+    <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:line id="Прямая соединительная линия 1" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;z-index:251659264;visibility:visible" from="-12.85pt,1.45pt" to="473.15pt,1.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATxMHRVwIAAGYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbv6e6GbZquuqlQNuFS&#10;oFLLAzi2N2vhtVe2m02EkKBnpDwCr8ABpEoFnmHzRoydHyhcECIHZ+yZ+fzNzOc9O1/WEi24sUKr&#10;HCdHMUZcUc2Emuf41fW0N8TIOqIYkVrxHK+4xeejx4/O2ibjfV1pybhBAKJs1jY5rpxrsiiytOI1&#10;sUe64QqcpTY1cbA184gZ0gJ6LaN+HA+iVhvWGE25tXBabJ14FPDLklP3siwtd0jmGLi5sJqwzvwa&#10;jc5INjekqQTd0SD/wKImQsGlB6iCOIJujPgDqhbUaKtLd0R1HemyFJSHGqCaJP6tmquKNDzUAs2x&#10;zaFN9v/B0heLS4MEg9lhpEgNI+o+bt5t1t3X7tNmjTbvu+/dl+5zd9d96+42t2Dfbz6A7Z3d/e54&#10;jRLfybaxGQCO1aXxvaBLddVcaPraIqXHFVFzHiq6XjVwTciIHqT4jW2Az6x9rhnEkBunQ1uXpak9&#10;JDQMLcP0Vofp8aVDFA4HyUkfJIER3fsiku0TG2PdM65r5I0cS6F8Y0lGFhfWAXUI3Yf4Y6WnQsog&#10;DqlQm+Pjk34ahwyrpWDe6+Osmc/G0qAF8foKP98IQHsQVgsHKpeizvHwEESyihM2USxc44iQWxuS&#10;pfLgUBiQ21lbNb05jU8nw8kw7aX9waSXxkXRezodp73BNDk5Lp4U43GRvPU8kzSrBGNceap7ZSfp&#10;3yln98a2mjxo+9CU6CF6qBfI7v8D6TBZP8ytLGaarS6Nb40fMog5BO8enn8tv+5D1M/Pw+gHAAAA&#10;//8DAFBLAwQUAAYACAAAACEAr44y2N0AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOUUvDMBSF&#10;3wX/Q7iCL7Kl1lltbTqcIDgEwSn4etdc22pzE5ts7f690Rd9PJzDd75yOZle7GnwnWUF5/MEBHFt&#10;dceNgteX+9k1CB+QNfaWScGBPCyr46MSC21Hfqb9JjQiQtgXqKANwRVS+rolg35uHXHs3u1gMMQ4&#10;NFIPOEa46WWaJJk02HF8aNHRXUv152ZnFLi3B+y+XLbiPHysx9Xi7PGQPyl1ejLd3oAINIW/Mfzo&#10;R3WootPW7lh70SuYpZdXcaogzUHEPl9kFyC2v1lWpfzvX30DAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAE8TB0VcCAABmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAr44y2N0AAAAHAQAADwAAAAAAAAAAAAAAAACxBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" strokeweight="1.59mm">
             <v:stroke joinstyle="miter"/>
           </v:line>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRDefault="00A731FF" w:rsidP="001E79FB">
+    <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">             БҰЙРЫҚ                                                                                        ПРИКАЗ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRDefault="00A731FF" w:rsidP="001E79FB">
+    <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRDefault="00A731FF" w:rsidP="001E79FB">
+    <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B216D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
@@ -222,108 +234,97 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:r w:rsidRPr="003B216D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">»  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">мамыр                                                   </w:t>
+        <w:t xml:space="preserve">мамыр                                                      </w:t>
       </w:r>
       <w:r w:rsidRPr="003B216D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">№ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1-18/ 468</w:t>
+        <w:t>1-18/468</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRPr="003B216D" w:rsidRDefault="00A731FF" w:rsidP="001E79FB">
+    <w:p w:rsidR="00FE6092" w:rsidRPr="003B216D" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B216D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-18/  468</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">                                                                 </w:t>
+        <w:t xml:space="preserve"> 1-18/468                                                                     </w:t>
       </w:r>
       <w:r w:rsidRPr="003B216D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:r w:rsidRPr="003B216D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
@@ -368,93 +369,93 @@
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="003B216D">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t xml:space="preserve"> г</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="003B216D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRPr="003B216D" w:rsidRDefault="00A731FF" w:rsidP="001E79FB">
+    <w:p w:rsidR="00FE6092" w:rsidRPr="003B216D" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRPr="00246427" w:rsidRDefault="00A731FF" w:rsidP="001E79FB">
+    <w:p w:rsidR="00FE6092" w:rsidRPr="00246427" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00246427">
         <w:rPr>
           <w:i w:val="0"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">Курстарға жіберу туралы </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRPr="00246427" w:rsidRDefault="00A731FF" w:rsidP="001E79FB">
+    <w:p w:rsidR="00FE6092" w:rsidRPr="00246427" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRDefault="00A731FF" w:rsidP="001E79FB">
+    <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2012</w:t>
       </w:r>
       <w:r w:rsidRPr="00522DFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
@@ -482,2652 +483,2191 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidRPr="00522DFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>208ПМБАИ хаты</w:t>
+        <w:t>208 ББЖ КБАРИ хаты</w:t>
       </w:r>
       <w:r w:rsidRPr="00522DFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> негізінде </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRPr="00246427" w:rsidRDefault="00A731FF" w:rsidP="001E79FB">
+    <w:p w:rsidR="00FE6092" w:rsidRPr="00246427" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00246427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">БҰЙЫРАМЫН: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRPr="00B94B25" w:rsidRDefault="00A731FF" w:rsidP="001E79FB">
+    <w:p w:rsidR="00FE6092" w:rsidRPr="00B94B25" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B94B25">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1. 201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00B94B25">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> жылғы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>7-11мамыр күнднрі</w:t>
+        <w:t>7-12</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мамыр күнднрі</w:t>
       </w:r>
       <w:r w:rsidRPr="00B94B25">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> аралығында электрондық оқыту жобасы бойынша бюджеттік курсқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">пән мұғалімдері </w:t>
       </w:r>
       <w:r w:rsidRPr="00B94B25">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidTr="009E5F42">
+      <w:tr w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidTr="009E5F42">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Г. Ш. Оспанова - № 1 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Г. Ш. Жаменкенова - № 2 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Тутубалина Н. В.–№ 4 ЖОМ </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>А. К. Иманалиева –№ 4 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>М. С. Сенбина –№ 5 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00D96FE7">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00D96FE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>С. Г. Булер - № 6 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00D96FE7">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00D96FE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Б. А. Карменова - № 7 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00D96FE7">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00D96FE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Б. К. Мухтизарова - № 9 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00D96FE7">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00D96FE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>М. Г. Каримова - № 9 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00D96FE7">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00D96FE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>А. И. Чепелюк - № 11 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00D96FE7">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00D96FE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>А. Т. Куандыкова - № 12 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00D96FE7">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00D96FE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>К. М. Токпанова - № 13 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00D96FE7">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00D96FE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Т. К. Саркина - № 14 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00D96FE7">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00D96FE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Е. В. Кубасова - № 16 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00491A2A">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00491A2A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Л. В. Шевченко  –№ 17 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00491A2A">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00491A2A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">З. А. Рушанова –№ 17 ЖОМ </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00491A2A">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00491A2A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Е. А. Петрова - № 18 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="007A4AE2">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="007A4AE2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>К. Т. Батталова –№ 20 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="007A4AE2">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="007A4AE2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Н. В. Иванова –№ 21 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13383" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>А. Б. Шуакпаева - № 21 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>А. З. Ныгманова - № 22 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Н. Н. Горлова - № 23 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>А. Е. Абдрахманова - № 24 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>А. Х. Балкибаева - № 25 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>М. В. Матвеева - № 26 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Р. Р. Искакова - № 27 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Е. В. Жданкина - № 28 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>И. Ф. Воронова - № 28 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>А. Т. Зарипбаева - № 30 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Е. Р. Ахметзянова- № 34 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>А. С. Байжуманова - № 34 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>М. К. Садуакасова - № 36 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Д. Ислямова - № 40 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Т. М. Ярешко - № 41 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Г. Б. Аубакирова - № 42 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Г. И. Ютлина - № 43 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>А. В. Вендерских – Стикс мектебі</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="009E5F42">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="009E5F42">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="513"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00A06862">
+    <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00A06862">
       <w:pPr>
         <w:ind w:left="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F9276A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2. 2012 жылғы 14-18 мамыр күнднрі аралығында электрондық оқыту жобасы бойынша бюджеттік курсқа пән мұғалімдері жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4640"/>
         <w:gridCol w:w="13522"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidTr="007672ED">
+      <w:tr w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidTr="007672ED">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00C7454B">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Л. Е. Бостекбаева - № 2 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00C7454B">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Н. В.Тутубалина - № 4 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00C7454B">
-[...15 lines deleted...]
-              <w:t>Д. С.</w:t>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Д. С.Сагинова–№ 5 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007672ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Д. К.Габбасова </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 6 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007672ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Д.К.Дюсенова </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 7 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007672ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К. С</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
             <w:r w:rsidRPr="007672ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Д. К.</w:t>
+              <w:t xml:space="preserve">Бабашаикова </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 9 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007672ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В.В.Пыженко </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 9 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007672ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">О. П.Сибгатулина </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 11 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007672ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">И. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>А</w:t>
             </w:r>
             <w:r w:rsidRPr="007672ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Габбасова </w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00C7454B">
+              <w:t xml:space="preserve">.Бейсекеева </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 13 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Д.К.</w:t>
+              <w:t xml:space="preserve">И. В.Солошенко </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 14 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007672ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">И. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>В</w:t>
             </w:r>
             <w:r w:rsidRPr="007672ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Дюсенова </w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00C7454B">
+              <w:t xml:space="preserve">.Довголенко </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 16 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>К. С</w:t>
-[...9 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">А. Б.Ажикенова </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 18 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007672ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бабашаикова </w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00C7454B">
+              <w:t>Т. И.Хоританович</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–№ 20 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>В.В.</w:t>
-[...9 lines deleted...]
-            </w:r>
+              <w:t>С. Т.Дюсенбекова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–№ 21 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="007D2C62">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007672ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Пыженко </w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00C7454B">
+              <w:t xml:space="preserve">Л.М.Акимбекова </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 23 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00356DE1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">О. П.Сибгатулина </w:t>
-[...403 lines deleted...]
-              <w:t xml:space="preserve">Инербаева </w:t>
+              <w:t xml:space="preserve">С. К.Инербаева </w:t>
             </w:r>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- № 24 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13522" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A731FF" w:rsidRPr="00F9276A" w:rsidRDefault="00A731FF" w:rsidP="00C7454B">
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">И. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
             <w:r w:rsidRPr="007672ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t xml:space="preserve">.Малютина </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 26 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007672ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Е.И.Просоленко </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 27 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007672ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Е. И.Хорошавцева </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 28 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007672ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Л. П.Заводская </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Н. К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D2C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...36 lines deleted...]
-              <w:t>Е.И.</w:t>
+              <w:t xml:space="preserve">Смагулова </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 30 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D2C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Л.С.Кожевникова </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 34 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D2C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Е. Н.Солдатова </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 34 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D2C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Д. Ю.Абсалямова </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 36 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D2C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Е. Н.Гетман </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...36 lines deleted...]
-              <w:t>Е. И.</w:t>
+              <w:t>- № 39 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D2C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Е. В.Немченко </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...36 lines deleted...]
-              <w:t>Л. П.</w:t>
+              <w:t>- № 39 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D2C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Е. И. Абдуллаева </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 40 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D2C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Г. Ж.Жусупова </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 41 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D2C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">А. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...18 lines deleted...]
-            </w:r>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D2C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.Жаменкенова </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 42 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>9</w:t>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:t>Л.С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D2C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Н. К</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Омарова </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- № 42 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="00C7454B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>И. Б. Санко</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9276A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - № 43 ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE6092" w:rsidRPr="00F9276A" w:rsidRDefault="00FE6092" w:rsidP="007A34DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D2C62">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...496 lines deleted...]
-              <w:t>Г. Г. Курмангалиева</w:t>
+              <w:t xml:space="preserve">Курмангалиева Г. Г. </w:t>
             </w:r>
             <w:r w:rsidRPr="00F9276A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>– Стикс мектебі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A731FF" w:rsidRPr="00B94B25" w:rsidRDefault="00A731FF" w:rsidP="001E79FB">
+    <w:p w:rsidR="00FE6092" w:rsidRPr="00B94B25" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
         <w:ind w:left="180" w:hanging="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">  3. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B94B25">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Курстық қайта даярлау кезеңінде жұмыс орны бойынша орташа жалақылары сақталсын.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRPr="00B94B25" w:rsidRDefault="00A731FF" w:rsidP="001E79FB">
+    <w:p w:rsidR="00FE6092" w:rsidRPr="00B94B25" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
         <w:ind w:left="180" w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  4</w:t>
+        <w:t xml:space="preserve">  3</w:t>
       </w:r>
       <w:r w:rsidRPr="00B94B25">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>. Б</w:t>
       </w:r>
       <w:r w:rsidRPr="00B94B25">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>ұ</w:t>
       </w:r>
       <w:r w:rsidRPr="00B94B25">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">йрықтың орындалуын бақылау әдістемелік кабинет меңгерушісі </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRDefault="00A731FF" w:rsidP="00833801">
+    <w:p w:rsidR="00FE6092" w:rsidRPr="00B94B25" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B94B25">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">  Ш.С. Нұрахметоваға жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRDefault="00A731FF" w:rsidP="00833801">
+    <w:p w:rsidR="00FE6092" w:rsidRPr="00B94B25" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
+        <w:ind w:left="342"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRPr="00B94B25" w:rsidRDefault="00A731FF" w:rsidP="00833801">
+    <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім беру бөлімінің бастығы                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>З. Мұқашева</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE6092" w:rsidRPr="00A85422" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRDefault="00A731FF" w:rsidP="001E79FB">
-[...59 lines deleted...]
-    <w:p w:rsidR="00A731FF" w:rsidRDefault="00A731FF" w:rsidP="001E79FB">
+    <w:p w:rsidR="00FE6092" w:rsidRDefault="00FE6092" w:rsidP="001E79FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008903B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Келісілді:                     </w:t>
       </w:r>
       <w:r w:rsidRPr="008903B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Білім беру бөлімі бастығының орынбасары  Г. Шиндлярская</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A731FF" w:rsidRDefault="00A731FF" w:rsidP="001E79FB">
-[...8 lines deleted...]
-    <w:p w:rsidR="00A731FF" w:rsidRPr="001E79FB" w:rsidRDefault="00A731FF">
+    <w:p w:rsidR="00FE6092" w:rsidRPr="001E79FB" w:rsidRDefault="00FE6092">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008903B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Танысты:                          Ә</w:t>
       </w:r>
       <w:r w:rsidRPr="008903B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>дістемелік кабинет меңгерушісі  Ш.С. Нұрахмет</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ова</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00A731FF" w:rsidRPr="001E79FB" w:rsidSect="00833801">
+    <w:sectPr w:rsidR="00FE6092" w:rsidRPr="001E79FB" w:rsidSect="00461526">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="539" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="719" w:right="850" w:bottom="899" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
@@ -3150,82 +2690,83 @@
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="80"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:underlineTabInNumList/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F01D2E"/>
     <w:rsid w:val="00113EC2"/>
     <w:rsid w:val="001842C5"/>
+    <w:rsid w:val="00192D50"/>
     <w:rsid w:val="001E79FB"/>
     <w:rsid w:val="00223D94"/>
     <w:rsid w:val="00246427"/>
     <w:rsid w:val="00356DE1"/>
     <w:rsid w:val="003B216D"/>
+    <w:rsid w:val="00461526"/>
     <w:rsid w:val="00491A2A"/>
-    <w:rsid w:val="004F1CE0"/>
     <w:rsid w:val="00522DFC"/>
+    <w:rsid w:val="0063608F"/>
+    <w:rsid w:val="00681527"/>
     <w:rsid w:val="007672ED"/>
+    <w:rsid w:val="00791236"/>
     <w:rsid w:val="007A34DD"/>
     <w:rsid w:val="007A4AE2"/>
     <w:rsid w:val="007D2C62"/>
-    <w:rsid w:val="00833801"/>
+    <w:rsid w:val="007E57DC"/>
     <w:rsid w:val="008903B4"/>
     <w:rsid w:val="008A022D"/>
     <w:rsid w:val="00945900"/>
-    <w:rsid w:val="00956A97"/>
     <w:rsid w:val="009E5F42"/>
     <w:rsid w:val="00A06862"/>
     <w:rsid w:val="00A37B18"/>
-    <w:rsid w:val="00A731FF"/>
-    <w:rsid w:val="00A756C5"/>
     <w:rsid w:val="00A85422"/>
     <w:rsid w:val="00B94B25"/>
+    <w:rsid w:val="00C3339C"/>
     <w:rsid w:val="00C7454B"/>
-    <w:rsid w:val="00D10FB9"/>
     <w:rsid w:val="00D96FE7"/>
     <w:rsid w:val="00E13FFB"/>
-    <w:rsid w:val="00E63C17"/>
     <w:rsid w:val="00F01D2E"/>
     <w:rsid w:val="00F9276A"/>
     <w:rsid w:val="00F96C63"/>
+    <w:rsid w:val="00FE6092"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:uiCompat97To2003/>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1028"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -3744,55 +3285,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal_Wordconv</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>526</Words>
-  <Characters>3002</Characters>
+  <Words>519</Words>
+  <Characters>2960</Characters>
   <Application>Microsoft Office Outlook</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>