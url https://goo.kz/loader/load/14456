--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -5,3011 +5,2300 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00C804D0" w:rsidRPr="00793A1A" w:rsidRDefault="00793A1A" w:rsidP="00F54F30">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="004B5845" w:rsidRPr="00FF3BF0" w:rsidRDefault="00CE1425" w:rsidP="00CE1425">
+      <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                    </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00793A1A">
+        <w:t xml:space="preserve">                                                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidR="0055640E" w:rsidRPr="00FF3BF0">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="00793A1A" w:rsidRDefault="00793A1A" w:rsidP="00793A1A">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B5845" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>«УТВЕРЖДЕН»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B5845" w:rsidRPr="00FF3BF0" w:rsidRDefault="004B5845" w:rsidP="004B5845">
       <w:pPr>
         <w:ind w:left="5760"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...46 lines deleted...]
-    <w:p w:rsidR="00793A1A" w:rsidRPr="00793A1A" w:rsidRDefault="00793A1A" w:rsidP="00793A1A">
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:t>Общим собранием Участников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B5845" w:rsidRPr="00FF3BF0" w:rsidRDefault="004B5845" w:rsidP="004B5845">
       <w:pPr>
         <w:ind w:left="5760"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00596F39" w:rsidRPr="00793A1A" w:rsidRDefault="00596F39" w:rsidP="00F54F30">
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:t>(Протокол</w:t>
+      </w:r>
+      <w:r w:rsidR="005931C3" w:rsidRPr="00FF3BF0">
+        <w:t xml:space="preserve"> № 1 от «__» __</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:t xml:space="preserve"> 2012 г.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B5845" w:rsidRPr="00FF3BF0" w:rsidRDefault="004B5845" w:rsidP="004B5845">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00596F39" w:rsidRDefault="00793A1A" w:rsidP="00F54F30">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B5845" w:rsidRPr="00FF3BF0" w:rsidRDefault="004B5845" w:rsidP="004D1A17">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="004D1A17" w:rsidP="004D1A17">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>КЕЛІСІМ – ШАРТ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00415B46" w:rsidRPr="00415B46">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="004D1A17" w:rsidP="004D1A17">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00415B46">
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ҚҰРУШЫ</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00793A1A" w:rsidRDefault="00793A1A" w:rsidP="00F54F30">
+        <w:t xml:space="preserve">УЧРЕДИТЕЛЬНЫЙ ДОГОВОР </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="001F37DA" w:rsidP="004D1A17">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Шапағат» қайырымдылық қор» қоғамдық қоры</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Общественного фонда </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фонд  благотворительности </w:t>
+      </w:r>
+      <w:r w:rsidR="00982F72" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Шапа</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4F1A" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="00982F72" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00D366DA" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="004D1A17" w:rsidP="004D1A17">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...30 lines deleted...]
-      <w:r w:rsidRPr="00793A1A">
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B65116" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00045A40">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1.1.</w:t>
       </w:r>
-      <w:r w:rsidR="007E1169">
-[...12 lines deleted...]
-    <w:p w:rsidR="00793A1A" w:rsidRPr="00FF3BF0" w:rsidRDefault="00793A1A" w:rsidP="00DF5461">
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Граждане Республики Казахстан: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00045A40" w:rsidRPr="00FF3BF0" w:rsidRDefault="00045A40" w:rsidP="00FF3BF0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="center" w:pos="4677"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00FF3BF0">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Кожаханова Ажар Жастлековна, </w:t>
-[...50 lines deleted...]
-    <w:p w:rsidR="00793A1A" w:rsidRPr="00FF3BF0" w:rsidRDefault="00793A1A" w:rsidP="00DF5461">
+        <w:t>- Кожаханова Ажар Жастлековна, удостоверение личности № 004924303,  выдано 19.05.1998 г. МВД РК, проживающая по адресу: Республика Казахстан, 140000, Павлодарская область, г. Павлодар, ул. Камзина,62-225.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00045A40" w:rsidRPr="00FF3BF0" w:rsidRDefault="00045A40" w:rsidP="00FF3BF0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="center" w:pos="4677"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF3BF0">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- Кожанова Сауле Ва</w:t>
-[...18 lines deleted...]
-      </w:r>
+        <w:t>- Кожанова Сауле Васильевна, удостоверение личности № 017802495,  27.04.2005 г. МЮ РК, проживающая по адресу: Республика Казахстан, 140000, Павлодарская область, г. Павлодар, ул. Исиналиева, 30-15.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00045A40" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="center" w:pos="4677"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="993"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r w:rsidRPr="00FF3BF0">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>. МЮ</w:t>
-[...310 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">- Махмутжанов Абдималик Абилпаттаевич, удостоверение личности № 030083392, выдано 04.06.2010 г. МЮ РК, проживающий по адресу: Республика Казахстан, 140000, Павлодарская область, г. Павлодар, ул Короленко, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7-32, п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t>ризнавая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t xml:space="preserve"> взаимную выгоду сотрудн</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t xml:space="preserve">чества, договорились создать общественный фонд, не преследующий цели получения прибыли и распределения ее между учредителями -  </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Общественный Фонд</w:t>
+      </w:r>
+      <w:r w:rsidR="00D366DA" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Фонд благотворительности «Шапа</w:t>
+      </w:r>
+      <w:r w:rsidR="00614D57" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="00D366DA" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="003375B9" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00045A40">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предметом деятельности Фонда является достижение целей и задач, изложенных в Уставе Фонда. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00045A40">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Фонд является некоммерческой организацией, руководствуется в своей деятельности законами Республики Казахстан и положениями, изложенными в настоящем договоре и Уставе Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00045A40">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Полное наименование: Общественный Фонд</w:t>
+      </w:r>
+      <w:r w:rsidR="00D366DA" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Фонд благотворительности «Шапа</w:t>
+      </w:r>
+      <w:r w:rsidR="00614D57" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="00D366DA" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ат</w:t>
+      </w:r>
+      <w:r w:rsidR="00614D57" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001443B0" w:rsidRDefault="001443B0" w:rsidP="00DF5461">
-      <w:pPr>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00045A40">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1.5. Қордың құқықтық мекен- жайы:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009D25A5">
+        <w:t>1.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Юридический адрес </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF3BF0">
+        <w:t>Фонда</w:t>
+      </w:r>
+      <w:r w:rsidR="00F946CD" w:rsidRPr="00FF3BF0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 140000, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009D25A5">
+        <w:t xml:space="preserve">: Республика Казахстан, </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF3BF0">
+        <w:t>14000</w:t>
+      </w:r>
+      <w:r w:rsidR="00F946CD" w:rsidRPr="00FF3BF0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>,  Павлодар</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009D25A5">
+        <w:t xml:space="preserve">0, </w:t>
+      </w:r>
+      <w:r w:rsidR="00614D57" w:rsidRPr="00FF3BF0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қ, Генерал Дюсенов көшесі</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF3BF0">
+        <w:t xml:space="preserve">Павлодарская область, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F946CD" w:rsidRPr="00FF3BF0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>, 72.</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>город Павлодар, улица Генерала Дюсенова, 72</w:t>
+      </w:r>
+      <w:r w:rsidR="00614D57" w:rsidRPr="00FF3BF0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...171 lines deleted...]
-    <w:p w:rsidR="001443B0" w:rsidRDefault="00CA6CD0" w:rsidP="00DF5461">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="004D1A17" w:rsidP="004D1A17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">   3.1.</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="004D1A17">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Юридический статус Фонда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00AF660F">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Фонд является в соответствии с действующим законодательством Республики Казахстан юридическим лицом с момента его государственной регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00AF660F">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Фонд имеет круглую печать со своим наименованием на государственном и русском языках, штамп, банковский счет и самостоятельный баланс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="004D1A17" w:rsidP="00AF660F">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Основные принципы  деятельности Фонда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00AF660F">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В своей деятельности Фонд руководствуется Конституцией Республики Казахстан,    Гражданским Кодексом Республики Казахстан,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF660F" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Зако</w:t>
+      </w:r>
+      <w:r w:rsidR="00D366DA" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ном Республики Казахстан  «О</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> некоммерческих организациях» и  другим действующим на территории Республики Казахстан законодательством,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF660F" w:rsidRPr="00FF3BF0">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...59 lines deleted...]
-    <w:p w:rsidR="00F66998" w:rsidRPr="00FF3BF0" w:rsidRDefault="00F66998" w:rsidP="00F66998">
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">настоящим Учредительным договором и Уставом Фонда.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00AF660F">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Фонд самостоятельно разрабатывает и утверждает планы совей деятельности, направленных на реализацию указанных в Уставе целей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="004D1A17" w:rsidP="00AF660F">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.3.Фонд создан и действует на основые добровольности, самоуправления, законности, отчетности и гласности деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00AF660F">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Фонд является собственником имущества, закрепленного на его балансе. Имущество Фонда имеет правовой режим частной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00AF660F">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Имущество Фонда формируется из добровольных пожертвований, спонсорских взносов, поступлений от проведения мероприятий по уставной деятельности, других, не запрещенных законодательными актами Республики Казахстан, поступлений.        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00AF660F">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учредители Фонда не имеют прав на имущество Фондаи не отвечают по его обязательствам, а Фонд не отвечает по  обязательствам своих учредителей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="004D1A17" w:rsidP="004D1A17">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D4BD2" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Права и обязанности учредителей и участников Фонда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="009D4BD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...24 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учредители и лица, оказывающие содействие,  принимают </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t xml:space="preserve"> участие  в  благотвор</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t>тельной</w:t>
+      </w:r>
+      <w:r w:rsidR="009D4BD2" w:rsidRPr="00FF3BF0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F66998">
-[...210 lines deleted...]
-    <w:p w:rsidR="004D1A17" w:rsidRDefault="0009582B" w:rsidP="0009582B">
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t>деятельности Фонда путем внесения</w:t>
+      </w:r>
+      <w:r w:rsidR="009D4BD2" w:rsidRPr="00FF3BF0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t>добровольных пожертвований</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="009D4BD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="0009582B" w:rsidRDefault="0009582B" w:rsidP="0009582B">
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>4.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t>Лица, оказывающие содействие Фонду, в том числе учредители Фонда, имеют право:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00614D57" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:t xml:space="preserve">-  </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t>участвовать во всех видах его деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00614D57" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t xml:space="preserve">в любое время прекратить свое участие в работе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:t xml:space="preserve">Фонда. Фонд ведет учет лиц, </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t>соде</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t>ствующих его деятельности, в отдельном реестре;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00614D57" w:rsidP="00FF3BF0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="00594E27">
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>получать информацию о деятельности Фонда и знакомиться с его документацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Учредители Фонда могут иметь (нести) и другие права, предусмотренные        законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Учредители Фонда обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>соблюдать требования  учредительных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>передавать Фонду имущество, необходимое для его нормального функционирования в</w:t>
+      </w:r>
+      <w:r w:rsidR="00614D57" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> п</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орядке, размерах, способами и в сроки, предусмотренными учредительными документами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Создать  Попечительский совет</w:t>
+      </w:r>
+      <w:r w:rsidR="00614D57" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-    <w:p w:rsidR="005A34BC" w:rsidRDefault="00594E27" w:rsidP="0009582B">
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00614D57" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>чредители Фонда могут нести другие обязанности  в соответствии с законодательством Республики Казахстан, настоящим Учредительным договором и Уставом Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="009D4BD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...263 lines deleted...]
-    <w:p w:rsidR="004D1A17" w:rsidRPr="0095377A" w:rsidRDefault="0095377A" w:rsidP="0095377A">
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>4.7.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t>Лица, оказывающие содействие Фонду, обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="004D1A17" w:rsidRPr="00F33D58" w:rsidRDefault="0095377A" w:rsidP="00F33D58">
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t>при осуществлении программ  и  мероприятий  Фонда  действовать  строго  в  соо</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t>ветствии с требованиями настоящего Учредительного договора и  Устава Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00F33A7F" w:rsidP="00FF3BF0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-    <w:p w:rsidR="004D1A17" w:rsidRPr="00F33D58" w:rsidRDefault="004D1A17" w:rsidP="004D1A17">
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t>не разглашать конфиденциальную информацию о деятельности Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00F33A7F" w:rsidP="00FF3BF0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="009D4BD2" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:t>воздерживаться  от  действий,  которые  могут  нанести  ущерб деятельности Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="004D1A17" w:rsidP="004D1A17">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D4BD2" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
-      <w:r w:rsidR="00F33D58">
+      <w:r w:rsidR="00D366DA" w:rsidRPr="00FF3BF0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ұйымдастыру құрылымы</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00F33D58">
+        <w:t>Организаци</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>онная структура</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>5.1.</w:t>
       </w:r>
-      <w:r w:rsidR="004160B9">
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Фонд является местной организацией, действующей в пределах Павлодарской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="004D1A17" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.2. По решению общего собрания участников Фонд может создавать свои структурные подразделения (филиалы и представительства) в порядке, установленном действующим законодательством Республики Казахстан.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Высшим органом Фонда является  Общее собрание участников Фонда, которое правомочно  рассматривать и  решать любые вопросы деятельности Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К исключительной компетенции  Общего собрания участников Фонда  относятся вопросы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>принятия, внесения изменения и дополнений в учредительные документы, Устав Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>добровольной реорганизации и ликвидации Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00E85221" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>определения компетенции, организационной структуры, порядка формирования и прекращения полномочий органов управления Фонда, Попечительского Совета Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>принятия в пределах, установленных законодательными актами, решения об участии Фонда в создании или деятельности других юридических лиц, а также своих филиалов и представительств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-у</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тверждение отчетов Председателя Фонда и ревизионной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>определение и утверждение размеров добровольных взносов участников  на текущий учебный год;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>определения порядка и периодичности представления финансовой отчетности исполнительных органов Фонда, а также порядка проведения проверки контрольным органом Фонда и утверждения их  результатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="004D1A17" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-другие вопросы, отнесенные законодательными актами РК к исключительной компетенции высшего органа Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Постоянно действующим коллегиальным органом управления, осуществляющим руководство и контроль за  деятельностью Фонда, является Попечительский совет. Попечительский совет вправе принимать решения по любым вопросам деятельности Фонда, за исключением вопросов, отнесенных к исключительной компетенции  Общего собрания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.6.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К исключительной компетенции Попечительского совета Фонда относятся следующие вопросы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>избрание из своего состава Председателя Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>определение основных направлений деятельности Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>утверждение мероприятий, принятых к финансированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рассмотрение и утверждение отчетов о результатах деятельности Фонда и его  подразделений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.7.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Вопросы, отнесенные к исключительной компетенции Попечительского совета не могут быть переданы им на рассмотрение Председателю Фонда. Срок полномочий Попечительского совета определен в один год. По истечение срока полномочий Попечительского совета его состав должен быть пересмотрен.   Допускается утверждение членов Совета на новый срок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.8.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Исполнительным органом Фонда, действующим на основании и во исполнение решений Общего  собрания участников, Попечительского совета, является Председатель Фонда и подотчетный им.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="004D1A17" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Председатель является руководителем Фонда, к компетенции которого относится:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>общее оперативное руководство текущей деятельностью Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заключение на основании решений органов управления Фонда договоров и сделок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подписание финансовых, банковских документов, решений Попечительского совета, приказов, писем и прочных документов, подписание которых не относится к </w:t>
+      </w:r>
+      <w:r w:rsidR="00614D57" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сключительной компетенции других органов управления Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="004D1A17" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-осуществление деятельности от имени Фонда без доверенности, представление его во всех</w:t>
+      </w:r>
+      <w:r w:rsidR="00614D57" w:rsidRPr="00FF3BF0">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...873 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственных органах, учреждениях, предприятиях и организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>выдача доверенности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подготовка отчетов о результатах деятельности Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00E85221" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вносить предложения в органы управления Фонда по вопросам деятельности Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в пределах своей компетенции решение других текущих вопросов деятельности Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="004D1A17" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.9.Контрольным органом Фонда является ревизионная комиссия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="004D1A17" w:rsidP="004D1A17">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="00FF3BF0">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00273044" w:rsidRDefault="00273044" w:rsidP="00FF3BF0">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Разрешение споров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00FF3BF0" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Учредители обязуются прилагать все усилия к тому, чтобы любые споры, возникающие в процессе деятельности Фонда разрешались пуьем консруктивных обсуждений и переговоров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="004D1A17" w:rsidP="004D1A17">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00E438B5" w:rsidP="00E438B5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>6. Талас сұрақтарды шешу</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E76DBA" w:rsidRDefault="00E76DBA" w:rsidP="00FF3BF0">
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Срок действия настоящего договора</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00E438B5" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Настоящий договор является бессрочным с момента его подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00E438B5" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фонд может прекратить свою деятельность  в следующих случаях:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00E438B5" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7.2.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по решению Общего собрания участников Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00E438B5" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7.2.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по решению суда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="004D1A17" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7.2.3.в других случаях, предусмотренных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E438B5" w:rsidRDefault="00E438B5" w:rsidP="00E438B5">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00E438B5" w:rsidRDefault="00E438B5" w:rsidP="00E438B5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...26 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00E438B5">
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00E438B5">
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...143 lines deleted...]
-      <w:r w:rsidRPr="00697E5F">
+        <w:t>Заключительные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRPr="00FF3BF0" w:rsidRDefault="00E438B5" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>8.1.</w:t>
       </w:r>
-      <w:r>
-[...49 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Любые изменения и дополнения к настоящему договору действительны при условии, если они совершены в письменной форме, подписаны участниками или у</w:t>
+      </w:r>
+      <w:r w:rsidR="009D4BD2" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>полномоченными на то представи</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">телями и зарегистрироваы в органах юстиции в  порядке, предусмотренном законодательством  Республики Казахстан. Изменения и дополнения, внесенные в Учредительный договор, влекут соответствующие изменения и дополнения в Устав Фонда. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A17" w:rsidRDefault="00E438B5" w:rsidP="009D4BD2">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>8.2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E31629">
-[...24 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="004D1A17" w:rsidRPr="00FF3BF0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящий договор вступает в силу со дня его подписания Учредителями и государственной регистрации в органах юстиции. </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00E438B5" w:rsidRPr="0059139B" w:rsidRDefault="00E438B5" w:rsidP="00E438B5">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E438B5" w:rsidRPr="0059139B" w:rsidRDefault="00E438B5" w:rsidP="00E438B5">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="0059139B">
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E438B5" w:rsidRPr="0059139B" w:rsidRDefault="00E438B5" w:rsidP="00E438B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4677"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
@@ -3088,276 +2377,184 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0059139B">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E438B5" w:rsidRPr="0059139B" w:rsidRDefault="00E438B5" w:rsidP="00E438B5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0059139B">
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Махмутжанов Абдималик Абилпаттаевич</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00E438B5" w:rsidRPr="0059139B" w:rsidSect="001443B0">
+    <w:sectPr w:rsidR="00E438B5" w:rsidRPr="0059139B" w:rsidSect="00E438B5">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="568" w:right="991" w:bottom="568" w:left="1418" w:header="708" w:footer="133" w:gutter="0"/>
+      <w:pgMar w:top="568" w:right="566" w:bottom="568" w:left="1418" w:header="708" w:footer="133" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00E556A3" w:rsidRDefault="00E556A3" w:rsidP="00E438B5">
+    <w:p w:rsidR="00B87444" w:rsidRDefault="00B87444" w:rsidP="00E438B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00E556A3" w:rsidRDefault="00E556A3" w:rsidP="00E438B5">
+    <w:p w:rsidR="00B87444" w:rsidRDefault="00B87444" w:rsidP="00E438B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="4593516"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w:rsidR="00E556A3" w:rsidRDefault="00E556A3">
+      <w:p w:rsidR="00E438B5" w:rsidRDefault="001C2F6A">
         <w:pPr>
           <w:pStyle w:val="a6"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:fldSimple w:instr=" PAGE   \* MERGEFORMAT ">
-          <w:r w:rsidR="00E31629">
+          <w:r w:rsidR="00CE1425">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
-            <w:t>3</w:t>
+            <w:t>1</w:t>
           </w:r>
         </w:fldSimple>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00E556A3" w:rsidRDefault="00E556A3">
+  <w:p w:rsidR="00E438B5" w:rsidRDefault="00E438B5">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00E556A3" w:rsidRDefault="00E556A3" w:rsidP="00E438B5">
+    <w:p w:rsidR="00B87444" w:rsidRDefault="00B87444" w:rsidP="00E438B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00E556A3" w:rsidRDefault="00E556A3" w:rsidP="00E438B5">
+    <w:p w:rsidR="00B87444" w:rsidRDefault="00B87444" w:rsidP="00E438B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="19213401"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="24370DF7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9EA6EA0A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1130" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
@@ -3435,51 +2632,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="245220A1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D6287CC0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="690"/>
         </w:tabs>
         <w:ind w:left="690" w:hanging="690"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3575,51 +2772,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="267A5C39"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6A4EBD5A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3723,51 +2920,51 @@
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="2A13678B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="010C7412"/>
     <w:lvl w:ilvl="0" w:tplc="C298C4E8">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3837,51 +3034,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="2F8D7FC4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="029464CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3977,164 +3174,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="3CD32ED3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="319CAD7C"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4176,51 +3260,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="440C49F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B428D768"/>
     <w:lvl w:ilvl="0" w:tplc="6C847262">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B512EF28">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
@@ -4276,51 +3360,51 @@
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="BCE42A54">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="513AAD6E">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="47D447AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7056F876"/>
     <w:lvl w:ilvl="0" w:tplc="08A272E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4416,51 +3500,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="51D635DF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FA50769C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4556,51 +3640,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="58377BFE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FA50769C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4696,51 +3780,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="59AA07D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0582778"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -4785,51 +3869,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="66B32676"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E5E66A6C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
@@ -4898,51 +3982,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="727012EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD284830"/>
     <w:lvl w:ilvl="0" w:tplc="C298C4E8">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5012,51 +4096,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="748677D0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="029464CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5152,51 +4236,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="75D960A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC0AC506"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5269,307 +4353,248 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3">
-[...8 lines deleted...]
-  <w:num w:numId="6">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="13">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
-[...2 lines deleted...]
-  <w:num w:numId="9">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="10">
-[...8 lines deleted...]
-  <w:num w:numId="13">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="5"/>
-  </w:num>
-[...10 lines deleted...]
-    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="93"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="357"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00621849"/>
     <w:rsid w:val="00011D3E"/>
     <w:rsid w:val="000205D4"/>
     <w:rsid w:val="00025F36"/>
     <w:rsid w:val="00045A40"/>
-    <w:rsid w:val="00050BE0"/>
     <w:rsid w:val="000557A7"/>
     <w:rsid w:val="00060207"/>
     <w:rsid w:val="00075163"/>
-    <w:rsid w:val="0009582B"/>
-    <w:rsid w:val="000B10DF"/>
     <w:rsid w:val="000C5BA6"/>
-    <w:rsid w:val="001443B0"/>
-    <w:rsid w:val="00144E8E"/>
     <w:rsid w:val="00146B77"/>
     <w:rsid w:val="00156B1E"/>
     <w:rsid w:val="00194A63"/>
     <w:rsid w:val="001A0711"/>
-    <w:rsid w:val="001A103F"/>
     <w:rsid w:val="001A7B9A"/>
+    <w:rsid w:val="001C2F6A"/>
     <w:rsid w:val="001D0E66"/>
     <w:rsid w:val="001D4675"/>
     <w:rsid w:val="001E0FA8"/>
     <w:rsid w:val="001F37DA"/>
     <w:rsid w:val="00230FD1"/>
-    <w:rsid w:val="00273044"/>
     <w:rsid w:val="00281612"/>
     <w:rsid w:val="00282C2C"/>
     <w:rsid w:val="002856A2"/>
     <w:rsid w:val="00293BF7"/>
-    <w:rsid w:val="002A30E6"/>
     <w:rsid w:val="002B0E90"/>
     <w:rsid w:val="002B77BD"/>
-    <w:rsid w:val="002D6F71"/>
-    <w:rsid w:val="002E13F3"/>
     <w:rsid w:val="002E77A0"/>
     <w:rsid w:val="002F2C37"/>
     <w:rsid w:val="003031EB"/>
     <w:rsid w:val="00310993"/>
     <w:rsid w:val="003375B9"/>
     <w:rsid w:val="0035418E"/>
     <w:rsid w:val="00372E6F"/>
-    <w:rsid w:val="00374589"/>
     <w:rsid w:val="003773FA"/>
     <w:rsid w:val="003868BD"/>
-    <w:rsid w:val="00386ADA"/>
-    <w:rsid w:val="00396413"/>
     <w:rsid w:val="00397C3C"/>
     <w:rsid w:val="003A099A"/>
     <w:rsid w:val="003A324E"/>
-    <w:rsid w:val="003A4699"/>
-    <w:rsid w:val="003D03A9"/>
     <w:rsid w:val="003E4394"/>
     <w:rsid w:val="0041051C"/>
-    <w:rsid w:val="00415B46"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004206DE"/>
     <w:rsid w:val="004308FA"/>
     <w:rsid w:val="00433C1B"/>
     <w:rsid w:val="00433C1D"/>
     <w:rsid w:val="004436C9"/>
     <w:rsid w:val="00452091"/>
     <w:rsid w:val="00455252"/>
     <w:rsid w:val="004673F3"/>
     <w:rsid w:val="004B1F5D"/>
     <w:rsid w:val="004B5845"/>
-    <w:rsid w:val="004C58DE"/>
     <w:rsid w:val="004D1A17"/>
     <w:rsid w:val="004D2FF9"/>
     <w:rsid w:val="004E4857"/>
     <w:rsid w:val="00500277"/>
-    <w:rsid w:val="005163A8"/>
     <w:rsid w:val="00524443"/>
-    <w:rsid w:val="00544ED7"/>
     <w:rsid w:val="005520F4"/>
     <w:rsid w:val="00554EA7"/>
     <w:rsid w:val="0055640E"/>
     <w:rsid w:val="00570CB3"/>
     <w:rsid w:val="00590A6E"/>
-    <w:rsid w:val="005929FC"/>
     <w:rsid w:val="005931C3"/>
-    <w:rsid w:val="00594E27"/>
     <w:rsid w:val="00596F39"/>
     <w:rsid w:val="005A31FF"/>
-    <w:rsid w:val="005A34BC"/>
     <w:rsid w:val="005D3FC1"/>
-    <w:rsid w:val="005D46E0"/>
     <w:rsid w:val="00607550"/>
     <w:rsid w:val="00614D57"/>
     <w:rsid w:val="00621849"/>
     <w:rsid w:val="00680645"/>
-    <w:rsid w:val="00697E5F"/>
     <w:rsid w:val="006D4E8E"/>
     <w:rsid w:val="006D6F9D"/>
     <w:rsid w:val="006E604E"/>
     <w:rsid w:val="00702F8E"/>
-    <w:rsid w:val="007176CF"/>
     <w:rsid w:val="007347CE"/>
     <w:rsid w:val="0074595E"/>
-    <w:rsid w:val="00793A1A"/>
     <w:rsid w:val="007C712D"/>
-    <w:rsid w:val="007E1169"/>
     <w:rsid w:val="00802083"/>
     <w:rsid w:val="00870760"/>
-    <w:rsid w:val="008767E7"/>
     <w:rsid w:val="00876ACD"/>
-    <w:rsid w:val="008934AC"/>
     <w:rsid w:val="008A286D"/>
     <w:rsid w:val="008D2729"/>
     <w:rsid w:val="008D5ECC"/>
-    <w:rsid w:val="008D728A"/>
     <w:rsid w:val="009001B5"/>
-    <w:rsid w:val="009014FE"/>
     <w:rsid w:val="00931FD5"/>
     <w:rsid w:val="00943BA8"/>
     <w:rsid w:val="009536FD"/>
-    <w:rsid w:val="0095377A"/>
     <w:rsid w:val="00963314"/>
     <w:rsid w:val="00982F72"/>
-    <w:rsid w:val="009A6CFC"/>
     <w:rsid w:val="009B096C"/>
     <w:rsid w:val="009B5091"/>
     <w:rsid w:val="009C4AA6"/>
     <w:rsid w:val="009C72AC"/>
-    <w:rsid w:val="009D25A5"/>
     <w:rsid w:val="009D4BD2"/>
     <w:rsid w:val="009F7345"/>
-    <w:rsid w:val="00A03406"/>
     <w:rsid w:val="00A30A47"/>
-    <w:rsid w:val="00A66F3F"/>
     <w:rsid w:val="00AD02C6"/>
     <w:rsid w:val="00AD2405"/>
     <w:rsid w:val="00AF660F"/>
-    <w:rsid w:val="00B06AED"/>
     <w:rsid w:val="00B11624"/>
     <w:rsid w:val="00B30868"/>
     <w:rsid w:val="00B46C96"/>
     <w:rsid w:val="00B53CD3"/>
     <w:rsid w:val="00B65116"/>
     <w:rsid w:val="00B72839"/>
     <w:rsid w:val="00B87444"/>
     <w:rsid w:val="00BA2CB4"/>
     <w:rsid w:val="00BC21C5"/>
-    <w:rsid w:val="00BE15C8"/>
     <w:rsid w:val="00C273A4"/>
-    <w:rsid w:val="00C47A60"/>
     <w:rsid w:val="00C804D0"/>
     <w:rsid w:val="00C8193B"/>
     <w:rsid w:val="00C9667B"/>
-    <w:rsid w:val="00CA6CD0"/>
-    <w:rsid w:val="00CC2DF0"/>
+    <w:rsid w:val="00CE1425"/>
     <w:rsid w:val="00CE4C94"/>
     <w:rsid w:val="00D366DA"/>
     <w:rsid w:val="00D40268"/>
     <w:rsid w:val="00D61C0A"/>
     <w:rsid w:val="00D643C6"/>
     <w:rsid w:val="00D8282A"/>
     <w:rsid w:val="00D83BEE"/>
     <w:rsid w:val="00D84CF2"/>
     <w:rsid w:val="00D8707F"/>
     <w:rsid w:val="00D92E1E"/>
     <w:rsid w:val="00D97440"/>
-    <w:rsid w:val="00DC44A5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E31629"/>
     <w:rsid w:val="00E438B5"/>
-    <w:rsid w:val="00E556A3"/>
     <w:rsid w:val="00E70F19"/>
-    <w:rsid w:val="00E76B18"/>
-    <w:rsid w:val="00E76DBA"/>
     <w:rsid w:val="00E81012"/>
     <w:rsid w:val="00E85221"/>
-    <w:rsid w:val="00ED5E13"/>
-    <w:rsid w:val="00EF4913"/>
     <w:rsid w:val="00F1759B"/>
     <w:rsid w:val="00F2388C"/>
     <w:rsid w:val="00F33A7F"/>
-    <w:rsid w:val="00F33D58"/>
     <w:rsid w:val="00F36C08"/>
     <w:rsid w:val="00F458CE"/>
     <w:rsid w:val="00F54F30"/>
-    <w:rsid w:val="00F65112"/>
-    <w:rsid w:val="00F66998"/>
     <w:rsid w:val="00F70848"/>
     <w:rsid w:val="00F74760"/>
-    <w:rsid w:val="00F80D96"/>
     <w:rsid w:val="00F909A7"/>
     <w:rsid w:val="00F946CD"/>
     <w:rsid w:val="00F959AB"/>
     <w:rsid w:val="00FB2688"/>
     <w:rsid w:val="00FB4F1A"/>
     <w:rsid w:val="00FF3BF0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -5821,78 +4846,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E438B5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E438B5"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
-[...26 lines deleted...]
-      <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -6361,70 +5358,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE74D44D-C805-4DC4-8DC1-EDDD0723F75E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1400</Words>
-  <Characters>7981</Characters>
+  <Words>1407</Words>
+  <Characters>8023</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>66</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9363</CharactersWithSpaces>
+  <CharactersWithSpaces>9412</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alma_Saparovna</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>