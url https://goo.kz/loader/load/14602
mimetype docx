--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -183,62 +183,62 @@
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">    тел./факс.: 32-21-67                                                                                 тел./факс.: 32-21-67</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EA056D" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA056D" w:rsidRDefault="00A641A0" w:rsidP="00EA056D">
+    <w:p w:rsidR="00EA056D" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:line id="_x0000_s1027" style="position:absolute;left:0;text-align:left;z-index:251661312" from="-12.85pt,1.45pt" to="473.15pt,1.45pt" strokeweight="1.59mm">
             <v:stroke joinstyle="miter"/>
           </v:line>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="00EA056D">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EA056D" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">             БҰЙРЫҚ                                                                                        ПРИКАЗ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EA056D" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
@@ -538,133 +538,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1. Әділ қазылар алқасының шешімі бойынша төмендегі әдістемелік бірлестіктер номинация бойынша маррапатталсын:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EA056D" w:rsidRPr="00E4345B" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E4345B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">       -  ЖОМ №39 (мәдениеттану циклі); ЖОМ № 4,42 (дене шынықтыру, АӘД); ЖОМ № </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">       -  ЖОМ №39 (мәдениеттану циклі); ЖОМ № 4,42 (дене шынықтыру, АӘД); ЖОМ № 34 (бастауыш сынып) “ Үздік әдістемелік бірлестігі-2012 ”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00E4345B" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E4345B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (бастауыш сынып) “ Үздік әдістемелік бірлестігі-2012 ”;</w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> (бастауыш сынып)  « Үлгілі әдістемелік бірлестігі»;</w:t>
+        <w:t xml:space="preserve">        - ЖОМ № 31,42 (мәдениеттану циклі); ЖОМ № 26 (дене шынықтыру, АӘД); ЖОМ № 25 (бастауыш сынып)  « Үлгілі әдістемелік бірлестігі»;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EA056D" w:rsidRPr="00E4345B" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E4345B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>- ЖОМ № 42 (мәдениеттану циклі);  КОМ (дене шынықтыру, АӘД);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
@@ -1237,51 +1174,51 @@
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EA056D" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EA056D" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EA056D" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00E27246" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00E27246" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114935" distR="114935" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2465705</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-14605</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1136015" cy="1021715"/>
             <wp:effectExtent l="19050" t="0" r="6985" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Рисунок 4"/>
@@ -1308,200 +1245,200 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1136015" cy="1021715"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF"/>
                     </a:solidFill>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00E27246">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">ПАВЛОДАР ҚАЛАСЫНЫҢ                                                          АКИМАТ ГОРОДА </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00E27246" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00E27246" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E27246">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">               ӘКІМДІГІ                                                                             ПАВЛОДАРА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00E27246" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00E27246" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E27246">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«ПАВЛОДАР ҚАЛАСЫ                                                      ГУ  «ОТДЕЛ ОБРАЗОВАНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00E27246" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00E27246" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E27246">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>БІЛІМ БЕРУ БӨЛІМІ» ММ                                                       ГОРОДА  ПАВЛОДАРА» 140000, Павлодар қаласы                                                    140000, город Павлодар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00E27246" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00E27246" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E27246">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">   Кривенко көшесі, 25                                                                 ул. Кривенко, 25            </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00E27246" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00E27246" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E27246">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">    тел./факс.: 32-21-67                                                                тел./факс.: 32-21-67</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00E27246" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00E27246" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E27246">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00E27246" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00E27246" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E27246">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
           <v:line id="_x0000_s1029" style="position:absolute;left:0;text-align:left;z-index:251664384" from="-12.85pt,1.45pt" to="473.15pt,1.45pt" strokeweight="1.59mm">
             <v:stroke joinstyle="miter"/>
           </v:line>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00E27246" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00E27246" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E27246">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">             БҰЙРЫҚ                                                         ПРИКАЗ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00E27246" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
-[...9 lines deleted...]
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00E27246" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00E27246" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00E27246" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E27246">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">2012 ж. « </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">7 </w:t>
@@ -1521,51 +1458,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>қараша</w:t>
       </w:r>
       <w:r w:rsidRPr="00E27246">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                               № 1-18/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1367</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00E27246" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00E27246" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E27246">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>№ 1-18/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1367</w:t>
@@ -1612,571 +1549,571 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> » </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ноябрь</w:t>
       </w:r>
       <w:r w:rsidRPr="00E27246">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2012 г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00E27246" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
-[...9 lines deleted...]
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00E27246" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:i w:val="0"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">Курстарға жіберу туралы </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>ПМ БАИ базасында курстық қайта даярлау жоспарына сәйкес</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">БҰЙЫРАМЫН: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2012 жылғы 12 - 24 қараша күндері аралығында «Развитие нового качества методической и лингвистической компетентности учителей английского языка» тақырыбы бойынша бюджеттік курсына мемлекеттік тілде оқытатын мектептердің ағылшін тілі пәнінің мұғалімдері жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidTr="00F66A59">
+      <w:tr w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidTr="00BE6439">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Р. С. Тоғызбаева - № 12 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>К. Ж. Смагулова  - № 17 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13383" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">А. К. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Беймурзинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  - № 30 ЖОМ </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">С. К. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Салыкова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 40 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2012 жылғы 12 - 24 қараша күндері аралығында «Қазақ тілі мен әдебиетін оқытудың тиімділігін жаңа технологиялар арқылы арттыру» тақырыбы бойынша бюджеттік курсына мемлекеттік тілде оқытатын мектептердің қазақ тілі пәнінің мұғалімдері жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidTr="00F66A59">
+      <w:tr w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidTr="00BE6439">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">С. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кайдарова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  - № 35 ЖОМ  (2008)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">У. С. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Букарбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 24 ЖОМ (2008)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Н. С. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Алпысбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 12 ЖОМ (2007)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13383" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Б. Т. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Смагулова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> – КСОШ (2007)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Г. Ш. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жаменкенова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 2 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2012 жылғы 12 - 24 қараша күндері аралығында «Оқу-тәрбие үрдісінің сапасын көтерудегі оқытудың қазіргі заманғы технологиялардың мүмкіндіктерін пайдалану» тақырыбы бойынша бюджеттік (қашықтықтан оқыту) курсына мемлекеттік тілде оқытатын мектептердің биология пәнінің мұғалімдері жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidTr="00F66A59">
+      <w:tr w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidTr="00BE6439">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Н. З. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Зардхан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -2184,2211 +2121,2211 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>КОМ</w:t>
             </w:r>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2005)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Р. Н. Ахметова - № 12 ЖОМ(2007)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">М. К. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Смагулова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  - № 12 ЖОМ (2007)   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13383" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">К. А. Құсайынова – КОМ (2007)   </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Қарабай Майгүл - № 4 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Г. Ж. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Айткенова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> – КОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">2012 жылғы 12 - 24 қараша күндері аралығында «Формирование  и развитие ключевых и предметных компетенций учащихся на уроках </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>математики» тақырыбы бойынша бюджеттік курсына орыс тілде оқытатын мектептердің математика пәнінің мұғалімдері жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidTr="00F66A59">
+      <w:tr w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidTr="00BE6439">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">М. К. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Садуакасова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> - №36 ЖОМ (2001)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Ш. Ж. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Смагулова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 6 ЖОМ (2004)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">С. А. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Бызова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 32 ЖОМ (2004)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Е. М. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Баранчук</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 24 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13383" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Н. В. Виндерголер - № 24 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">А. И. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Баланюк</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 43 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Н. Е. Род - № 5 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2012 жылғы 12 - 24 қараша күндері аралығында «Внедрение  в учебный процесс  дисциплины «Самопознание». Государственный  общеобразовательный стандарт нравственно- духовного образования «Самопознание» тақырыбы бойынша бюджеттік курсына мемлекеттік тілде оқытатын мектептердің өзін-өзі тану пәнінің мұғалімдері жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidTr="00F66A59">
+      <w:tr w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidTr="00BE6439">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>А. К. Тоқжі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>г</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ітова  - № 2 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">С. Н. Бакасова </w:t>
             </w:r>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 4 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13383" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">А. Т. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Карасартова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 5 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">А. А. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Абылденова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 29 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">6. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2012 жылғы 12 - 24 қараша күндері аралығында «Контрольно-аналитическая компетентность заместителя директора» тақырыбы бойынша бюджеттік курсына мемлекеттік тілде оқытатын мектептердің директор орынбасарлары жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidTr="00F66A59">
+      <w:tr w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidTr="00BE6439">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>М. А. Кауметова</w:t>
             </w:r>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 22 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">З. Н. Кадырова - № 25 ЖОМ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13383" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Г. Т. Каримова - № 2 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">7. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2012 жылғы 12 - 24 қараша күндері аралығында «Контрольно-аналитическая компетентность заместителя директора» тақырыбы бойынша бюджеттік курсына орыс тілде оқытатын мектептердің директор орынбасарлары жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidTr="00F66A59">
+      <w:tr w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidTr="00BE6439">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Г. Б. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Рамазанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 4 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">А. Е. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Аманова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 5 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13383" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Н. Ш. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Азанбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> -  № 16 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2012 жылғы 12 - 24 қараша күндері аралығында «Компетентностный подход в организации процесса обучения как фактор повышения качества образования» тақырыбы бойынша бюджеттік курсына орыс тілде оқытатын мектептердің бастауыш сынып мұғалімдері жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidTr="00F66A59">
+      <w:tr w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidTr="00BE6439">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00CC6A54" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00CC6A54" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>И. А. Захарова- № 14 ЖОМ (2005)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00CC6A54" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00CC6A54" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Ю. Н. Лизина - № 6 ЖОМ (2004)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00CC6A54" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00CC6A54" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>М. Н. Кузнецова - № 36 ЖОМ (2004)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00CC6A54" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00CC6A54" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Л. Н. Шестопалова   - № 41 ЖОМ (2006)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">А. К. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Жуманова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 38 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00CC6A54" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00CC6A54" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Н. А. Василенко - № 34 ЖОМ (2005)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13383" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00CC6A54" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00CC6A54" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Л. Б. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Дюсекеева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 42 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00CC6A54" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00CC6A54" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Н. И. Никонова - № 5 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00CC6A54" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00CC6A54" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Н. А. Колбасина - № 16 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00CC6A54" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00CC6A54" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">А. А. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Есумжанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 27 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00CC6A54" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00CC6A54" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">С. В. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Канавец</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CC6A54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> – ТБМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">9. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2012 жылғы 12 - 24 қараша күндері аралығында «Бастауыш мектепте құзыреттілік білімді қалыптастырудағы  АКТ –ның тиімділігі» тақырыбы бойынша бюджеттік курсына мемлекеттік тілде оқытатын мектептердің бастауыш сынып мұғалімдері жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidTr="00F66A59">
+      <w:tr w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidTr="00BE6439">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Г. Н. Жагпарова</w:t>
             </w:r>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 25 ЖОМ (200</w:t>
             </w:r>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">А. Д. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Акатаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 22 ЖОМ (2004)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13383" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">А. И. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Баймульдинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 19 ЖОМ (2004)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ш. Ш. Каиргазина - № 22 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">10. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2012 жылғы 12 - 24 қараша күндері аралығында «Дене тәрбиесі» пәнінің қазіргі замандағы өзекті мәселелері» тақырыбы бойынша бюджеттік курсына мемлекеттік тілде оқытатын мектептердің дене шынықтыру мұғалімдері жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidTr="00F66A59">
+      <w:tr w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidTr="00BE6439">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>К. С. Қудайбергенов - № 4 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">К. К. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кусаинов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 7 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13383" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">К. Ш. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Исенов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  - № 25 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Г. Б. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Шандыбасова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 33 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">11. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2012 жылғы 12 - 24 қараша күндері аралығында «Тілдерді халықаралық стандарт негізінде деңгейлеп оқыту жүйесінің ерекшелігі» тақырыбы бойынша бюджеттік курсына мемлекеттік және орыс тілде оқытатын мектептердің қазақ және орыс тілі мұғалімдері жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidTr="00F66A59">
+      <w:tr w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidTr="00BE6439">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">А. К. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Айтжанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 17 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Б. К. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Имангалиева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 18 ЖОМ (2007)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>А. А. Жангозина</w:t>
             </w:r>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 34 ЖОМ (200</w:t>
             </w:r>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">А. Б. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Бактыбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 4 ЖОМ (2007)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13383" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">З. С. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Картова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 6 ЖОМ (2007)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">А. К. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Нуралина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> – № 2 ЖОМ (2001)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">К. А. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Юсембаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 35 ЖОМ (2007)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">12. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2012 жылғы 12 - 24 қараша күндері аралығында «Социокультурное образование средствами музыки» тақырыбы бойынша бюджеттік курсына орыс тілде оқытатын мектептердің ән-күй пәнінің мұғалімдері жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidTr="00F66A59">
+      <w:tr w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidTr="00BE6439">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">С. О. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Дюсембаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 6 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">А. В. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Нуриманова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 7 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Н. П. </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Вишнева</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 17 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13383" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Т. В. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Яловцева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 29 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Н. В. Щукина - № 18 ЖОМ (2006)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">У. К. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Акимбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № 5 ЖОМ (2006)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">13. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2012 жылғы 29 қазан – 11 қараша күндері аралығында «Оқу орыс тілінде жүретін мектептердегі қазақ тілі мен әдебиетін оқыту тиімділігін жаңа технологиялар арқылы арттыру» тақырыбы бойынша бюджеттік курсына (қосымша) орыс тілде оқытатын мектептердің қазақ тілі пәнінің мұғалімдері жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidTr="00F66A59">
+      <w:tr w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidTr="00BE6439">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ж. С. Сагитова - № 21 ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Г. М. Жакупова  - №18 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13383" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">С. А. Каримова - № 9 ЖОМ </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>С. Т. Аубакирова- № 13 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">14. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2012 жылғы 29 қазан – 11 қараша күндері аралығында «Бастауыш мектептің жаңа білім мазмұнын ғылыми-әдістемелік тұрғыда ұйымдастыру» тақырыбы бойынша бюджеттік курсына (қосымша) мемлекеттік тілде оқытатын мектептердің бастауыш сынып мұғалімдері жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidTr="00F66A59">
+      <w:tr w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidTr="00BE6439">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Д. К. Арынова</w:t>
             </w:r>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № </w:t>
             </w:r>
@@ -4410,582 +4347,592 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ж</w:t>
             </w:r>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">ОМ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13383" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>А. Н. Нурпеисова</w:t>
             </w:r>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - № </w:t>
             </w:r>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">15. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2012 жылғы 29 қазан – 11 қараша күндері аралығында «Профессионально-технологическая компетентность учителей математики как условие повышения качества образования» тақырыбы бойынша бюджеттік курсына (қосымша) мемлекеттік тілде оқытатын мектептердің математика пәнінің мұғалімдері жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidTr="00F66A59">
+      <w:tr w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidTr="00BE6439">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Б. К. Жунусова – № 12 ЖОМ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13383" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Г. О. Тюменбаева - № 12 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">16. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2012 жылғы 29 қазан – 11 қараша күндері аралығында «Қазіргі мектептегі алғашқы әскери дайындықты ұйымдастырудағы өзекті мәселелер» тақырыбы бойынша бюджеттік курсына (қосымша) мемлекеттік тілде оқытатын мектептердің АӘД пәнінің мұғалімдері жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidTr="00F66A59">
+      <w:tr w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidTr="00BE6439">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Н. Т. Жансугуров - № 17 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13383" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00F66A59">
+          <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00BE6439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">М. </w:t>
             </w:r>
             <w:r w:rsidRPr="00D31300">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жаксылык -  № 25 ЖОМ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">17. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">2012 жылғы 29 қазан – 11 қараша күндері аралығында «Музыка арқылы әлеуметтік-мәдени білім беру» тақырыбы бойынша бюджеттік </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>курсына (қосымша) мемлекеттік тілде оқытатын № 22 ЖОМ музыка пәнінің мұғалімі К. С. Жаксылык жііберілсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>18. Курстық қайта даярлау кезеңінде жұмыс орны бойынша орташа жалақылары сақталсын.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>19. Б</w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>ұ</w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">йрықтың орындалуын бақылау әдістемелік кабинет меңгерушісі </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:ind w:left="342"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Ш.С. Нұрахметоваға жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:ind w:left="342"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:ind w:left="342"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:ind w:left="342"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00D31300" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00D31300" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Білім беру бөлімінің бастығы                                </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31300">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>З. Мұқашева</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00374CA9" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
-[...9 lines deleted...]
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00722338" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00374CA9" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00722338" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00374CA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Келісілді:                  Б</w:t>
       </w:r>
       <w:r w:rsidRPr="00374CA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ілім беру бөлімі бастығының орынбасары   Г. Шиндлярская</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRPr="00F80AD6" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00F80AD6" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:ind w:left="708" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRDefault="00FB1012" w:rsidP="00FB1012">
+    <w:p w:rsidR="00EA056D" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722338">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Танысты:                          Ә</w:t>
       </w:r>
       <w:r w:rsidRPr="00722338">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">дістемелік кабинет меңгерушісі  Ш.С. Нұрахметова   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1012" w:rsidRDefault="00FB1012" w:rsidP="00EA056D">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="00FB1012" w:rsidSect="00E4345B">
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00374CA9" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA056D" w:rsidRPr="00EA056D" w:rsidRDefault="00EA056D" w:rsidP="00EA056D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00EA056D" w:rsidRPr="00EA056D" w:rsidSect="00E4345B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
@@ -5135,51 +5082,50 @@
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00960AC4"/>
     <w:rsid w:val="000306D7"/>
     <w:rsid w:val="00053CFE"/>
     <w:rsid w:val="00057115"/>
     <w:rsid w:val="00062CAE"/>
     <w:rsid w:val="00072F10"/>
     <w:rsid w:val="000A04F6"/>
     <w:rsid w:val="000A7133"/>
     <w:rsid w:val="000E539B"/>
     <w:rsid w:val="00110D50"/>
-    <w:rsid w:val="00114BDD"/>
     <w:rsid w:val="001320CD"/>
     <w:rsid w:val="001432F1"/>
     <w:rsid w:val="002D6FEA"/>
     <w:rsid w:val="002E0A97"/>
     <w:rsid w:val="0031454B"/>
     <w:rsid w:val="00326876"/>
     <w:rsid w:val="00355386"/>
     <w:rsid w:val="00372111"/>
     <w:rsid w:val="003965CD"/>
     <w:rsid w:val="003C7EA8"/>
     <w:rsid w:val="003D36E4"/>
     <w:rsid w:val="00417E67"/>
     <w:rsid w:val="004203DF"/>
     <w:rsid w:val="0042135C"/>
     <w:rsid w:val="00422459"/>
     <w:rsid w:val="0042637F"/>
     <w:rsid w:val="00446F3E"/>
     <w:rsid w:val="00453AC2"/>
     <w:rsid w:val="004748E6"/>
     <w:rsid w:val="004A25E7"/>
     <w:rsid w:val="004A3E30"/>
     <w:rsid w:val="004C4A8F"/>
     <w:rsid w:val="00546618"/>
     <w:rsid w:val="00571EE1"/>
     <w:rsid w:val="00593F8A"/>
@@ -5189,111 +5135,108 @@
     <w:rsid w:val="006511AB"/>
     <w:rsid w:val="0066065F"/>
     <w:rsid w:val="00663167"/>
     <w:rsid w:val="00690EBB"/>
     <w:rsid w:val="006B00C7"/>
     <w:rsid w:val="006B05A3"/>
     <w:rsid w:val="006C0E76"/>
     <w:rsid w:val="006D1677"/>
     <w:rsid w:val="006E15D2"/>
     <w:rsid w:val="00724BCB"/>
     <w:rsid w:val="007E143D"/>
     <w:rsid w:val="00841167"/>
     <w:rsid w:val="008612B3"/>
     <w:rsid w:val="00872F4C"/>
     <w:rsid w:val="008A5476"/>
     <w:rsid w:val="008A6B17"/>
     <w:rsid w:val="00926C0E"/>
     <w:rsid w:val="00960AC4"/>
     <w:rsid w:val="00970B66"/>
     <w:rsid w:val="00986967"/>
     <w:rsid w:val="009E584E"/>
     <w:rsid w:val="00A1673C"/>
     <w:rsid w:val="00A44B02"/>
     <w:rsid w:val="00A45E8F"/>
     <w:rsid w:val="00A6336B"/>
-    <w:rsid w:val="00A641A0"/>
     <w:rsid w:val="00A951D3"/>
     <w:rsid w:val="00AC476E"/>
     <w:rsid w:val="00AC5E8F"/>
     <w:rsid w:val="00B80670"/>
     <w:rsid w:val="00B80C69"/>
     <w:rsid w:val="00B96800"/>
     <w:rsid w:val="00BC4586"/>
     <w:rsid w:val="00BD1315"/>
     <w:rsid w:val="00C03C90"/>
     <w:rsid w:val="00C04C9B"/>
     <w:rsid w:val="00C20984"/>
     <w:rsid w:val="00C24ABF"/>
     <w:rsid w:val="00C44017"/>
     <w:rsid w:val="00C570EC"/>
     <w:rsid w:val="00C7544A"/>
     <w:rsid w:val="00CD1F4C"/>
     <w:rsid w:val="00D266F4"/>
     <w:rsid w:val="00D74AD7"/>
     <w:rsid w:val="00DA0F8D"/>
     <w:rsid w:val="00DC5153"/>
     <w:rsid w:val="00DD284A"/>
     <w:rsid w:val="00DF20C3"/>
     <w:rsid w:val="00DF5282"/>
     <w:rsid w:val="00E06BD4"/>
     <w:rsid w:val="00E2168A"/>
-    <w:rsid w:val="00E309C7"/>
     <w:rsid w:val="00E42DAD"/>
     <w:rsid w:val="00E459D2"/>
     <w:rsid w:val="00E62C75"/>
     <w:rsid w:val="00E7547B"/>
     <w:rsid w:val="00E92805"/>
     <w:rsid w:val="00E93198"/>
     <w:rsid w:val="00EA056D"/>
     <w:rsid w:val="00F10941"/>
     <w:rsid w:val="00F130BD"/>
     <w:rsid w:val="00F25D6F"/>
     <w:rsid w:val="00F307F5"/>
     <w:rsid w:val="00F800AB"/>
     <w:rsid w:val="00FA626E"/>
-    <w:rsid w:val="00FB1012"/>
     <w:rsid w:val="00FE0050"/>
     <w:rsid w:val="00FF2840"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="40962"/>
+    <o:shapedefaults v:ext="edit" spidmax="38914"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -6430,70 +6373,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CD8646B-2F0F-46E6-ABE0-420E9681A46F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1668</Words>
-  <Characters>9513</Characters>
+  <Words>1669</Words>
+  <Characters>9514</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>79</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11159</CharactersWithSpaces>
+  <CharactersWithSpaces>11161</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>