--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -165,59 +165,59 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00640C5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>тел./факс.: 32-21-67                                                                            тел./факс.: 32-21-67</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00640C5C" w:rsidRPr="00640C5C" w:rsidRDefault="00640C5C" w:rsidP="00640C5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00640C5C" w:rsidRPr="00640C5C" w:rsidRDefault="00DC7C3B" w:rsidP="00640C5C">
+    <w:p w:rsidR="00640C5C" w:rsidRPr="00640C5C" w:rsidRDefault="00640C5C" w:rsidP="00640C5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00640C5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:pict>
           <v:line id="_x0000_s1027" style="position:absolute;left:0;text-align:left;z-index:251661312" from="-12.85pt,1.45pt" to="473.15pt,1.45pt" strokeweight="1.59mm">
             <v:stroke joinstyle="miter"/>
           </v:line>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w:rsidR="00640C5C" w:rsidRPr="00640C5C" w:rsidRDefault="00640C5C" w:rsidP="00640C5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00640C5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
@@ -571,87 +571,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> - № 39 ЖОМ (2005)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00640C5C" w:rsidRPr="00640C5C" w:rsidRDefault="00640C5C" w:rsidP="00640C5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00640C5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3. 2013 жылғы 14-27 қаңтар күндері аралығында «</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> мұғалімдері жііберілсін:</w:t>
+        <w:t>3. 2013 жылғы 14-27 қаңтар күндері аралығында «Современное содержание и технологии преподавания предмета «Физическая культура» тақырыбы бойынша бюджеттік курсына орыс тілде оқытатын мектептердін дене шынықтыру мұғалімдері жііберілсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
       <w:tr w:rsidR="00640C5C" w:rsidRPr="00640C5C" w:rsidTr="000170A2">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00640C5C" w:rsidRPr="00640C5C" w:rsidRDefault="00640C5C" w:rsidP="00640C5C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1085,72 +1049,70 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A4D9E"/>
     <w:rsid w:val="001A4D9E"/>
     <w:rsid w:val="00640C5C"/>
     <w:rsid w:val="00800A9A"/>
     <w:rsid w:val="00B3136F"/>
-    <w:rsid w:val="00D62AE8"/>
     <w:rsid w:val="00DA75DA"/>
-    <w:rsid w:val="00DC7C3B"/>
     <w:rsid w:val="00E300B2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1676,54 +1638,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>381</Words>
-  <Characters>2173</Characters>
+  <Words>382</Words>
+  <Characters>2183</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2549</CharactersWithSpaces>
+  <CharactersWithSpaces>2560</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>