--- v0 (2025-12-12)
+++ v1 (2026-01-04)
@@ -1,5857 +1,1717 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="000D3DC6" w:rsidRPr="000D3DC6" w:rsidRDefault="000D3DC6" w:rsidP="000D3DC6">
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F8FCFE"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="36"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000D3DC6">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="36"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000D3DC6">
+        <w:t xml:space="preserve">Инструкция по проведению ВОУД </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8FCFE"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="36"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000D3DC6">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="36"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> беру ұйымдарында оқу </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000D3DC6">
+        <w:t>в организациях образования Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8FCFE"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Утверждена</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>приказом и.о. Министра образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>и науки Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от «6» апреля 2012 года № 151</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:kern w:val="36"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="000D3DC6">
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:kern w:val="36"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="000D3DC6">
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Инструкция по проведению  внешней оценки учебных достижений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E22C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:kern w:val="36"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="000D3DC6">
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в организациях образования  Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:kern w:val="36"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="000D3DC6">
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:kern w:val="36"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="000D3DC6">
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящая Инструкция разработана в соответствии с Законом Республики Казахстан от 27 июля 2007 года №319 «Об образовании» и определяет условия организации и осуществления внешней оценки учебных достижений  (далее - ВОУД) в организациях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Инструкция распространяется на организации образования независимо от форм собственности и ведомственной подчиненности, типов и видов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задачами ВОУД в организациях образования являются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) осуществление мониторинга учебных достижений обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) оценка эффективности организации учебного процесса; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3) проведение сравнительного анализа качества образовательных услуг, предоставляемых организациями образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сроки проведения ВОУД устанавливаются уполномоченным органом в области образования (далее – уполномоченный орган).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:kern w:val="36"/>
-[...40 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Проведение ВОУД в организациях общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В организациях общего среднего образования ВОУД проводится после окончания основного среднего, общего среднего образования: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в основной школе (после 9 (10) класса) – с целью определения дальнейшей траектории обучения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в общей средней (профильной) школе – с целью оценивания уровня учебных достижений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВОУД на уровне основного среднего образования проводится на базе организаций образования, в которых обучаются учащиеся. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Контроль над соблюдением правил проведения ВОУД осуществляют Департаменты по контролю в сфере образования Комитета по контролю в сфере образования и науки и направляемые уполномоченные представители Министерства.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ВОУД проводится в форме комплексного </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000D3DC6">
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестирования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> как с применением бумажных носителей, так и с использованием современных информационных технологий, а также письменных заданий, утверждаемых уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задания разрабатываются на основе общеобразовательных учебных программ, их содержание не может выходить за рамки указанных программ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В процедуру ВОУД в 9 (10) классах в обязательном порядке включаются казахский язык и 3 предмета, ежегодно </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>определяемые</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Количество тестовых заданий по каждому предмету — 20.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На тестирование по 4 предметам отводится 120 минут (2 часа). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Результаты ВОУД оцениваются 1 баллом за каждый правильный ответ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обработка результатов производится в пунктах проведения единого национального тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Результаты  ВОУД  доводятся  до сведения  учащихся в течение  3 календарных дней  после его окончания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Результаты ВОУД могут использоваться организациями, проводящими рейтинговые исследования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При подготовке к проведению тестирования проводится разъяснительная работа с учащимися по заполнению материалов тестирования, знакомят учащихся с порядком проведения процедуры. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Учащимся не разрешается:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E22C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...9 lines deleted...]
-        <w:t>Б</w:t>
+        <w:t>1) пересаживаться с места на место;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) открывать без разрешения дежурного материалы тестирования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3) производить обмен  материалами тестирования с другими учащимися;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4) пользоваться калькулятором, справочной литературой (кроме таблицы Менделеева и таблицы растворимости солей), электронными записными книжками, корректирующими жидкостями и средствами мобильной связи;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5) переговариваться и списывать у других учащихся, пользоваться шпаргалкой и другими справочными материалами;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000D3DC6">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="000D3DC6">
+      <w:r w:rsidRPr="009E22C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...68 lines deleted...]
-      <w:r w:rsidRPr="000D3DC6">
+        <w:t>6) выходить из аудитории без разрешения дежурного и представителя Министерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000D3DC6">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...74 lines deleted...]
-          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Проведение ВОУД в организациях высшего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В организациях образования, реализующих профессиональные учебные программы высшего образования, ВОУД осуществляется с целью мониторинга оценки качества образовательных услуг и определения уровня освоения обучающимися объема учебных дисциплин, предусмотренных государственными общеобязательными стандартами высшего образования для студентов последнего курса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВОУД проводится для студентов, обучающихся по всем формам обучения в высших учебных заведениях, независимо от формы собственности и ведомственной подчиненности. Результаты ВОУД будут использованы организациями, проводящими рейтинговые исследования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Перечень специальностей высшего образования, по которым проводится ВОУД, определяется уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для проведения ВОУД используются тестовые задания по циклам базовых и профилирующих дисциплин ГОСО. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...79 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВОУД проводится в форме комплексного тестирования (далее –  тестирование) по 4 дисциплинам в сроки, установленные уполномоченным органом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Количество тестовых заданий по каждой дисциплине – 25, на выполнение тестовых заданий по 4 дисциплинам отводится 150 минут (2,5 часа).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5265 lines deleted...]
-    <w:sectPr w:rsidR="00785466" w:rsidRPr="000D3DC6" w:rsidSect="00785466">
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тестирование проводится на языке обучения, на казахском или русском языках, соответственно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Контроль над соблюдением правил проведения ВОУД в организациях образования осуществляют территориальные органы Комитета по контролю в сфере образования и науки и направляемые в базовые вузы уполномоченные представители Министерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E22C5" w:rsidRPr="009E22C5" w:rsidRDefault="009E22C5" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E22C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Результаты тестирования доводятся до сведения студентов в течение 24-х часов после его окончания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00785466" w:rsidRPr="009E22C5" w:rsidRDefault="00785466" w:rsidP="009E22C5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00785466" w:rsidRPr="009E22C5" w:rsidSect="00785466">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="1CE93BC9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B0CAADAA"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="23D67DE5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2DF47572"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="377A7BC9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2D28BDDC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="60932B53"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B67EA8D4"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="75825A3D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CDEEAE42"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="000D3DC6"/>
-    <w:rsid w:val="000D3DC6"/>
+    <w:rsidRoot w:val="009E22C5"/>
     <w:rsid w:val="002C7D65"/>
     <w:rsid w:val="004221A8"/>
     <w:rsid w:val="00450CB6"/>
     <w:rsid w:val="00785466"/>
+    <w:rsid w:val="009E22C5"/>
     <w:rsid w:val="00FA0C29"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -5999,217 +1859,228 @@
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00785466"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="000D3DC6"/>
+    <w:rsid w:val="009E22C5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="000D3DC6"/>
+    <w:rsid w:val="009E22C5"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000D3DC6"/>
+    <w:rsid w:val="009E22C5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtecenter">
-    <w:name w:val="rtecenter"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bodytext">
+    <w:name w:val="bodytext"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="000D3DC6"/>
+    <w:rsid w:val="009E22C5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="000D3DC6"/>
+    <w:rsid w:val="009E22C5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E22C5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1070807565">
+    <w:div w:id="1224950037">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="2124182207">
+        <w:div w:id="1046218317">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="652761875">
+            <w:div w:id="1810244045">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="802423916">
+                <w:div w:id="1442842921">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6456,50 +2327,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>741</Words>
-  <Characters>4230</Characters>
+  <Words>762</Words>
+  <Characters>4348</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>RePack by SPecialiST</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4962</CharactersWithSpaces>
+  <CharactersWithSpaces>5100</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>