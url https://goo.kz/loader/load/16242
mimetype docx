--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -188,51 +188,51 @@
         <w:t xml:space="preserve">    тел./факс.: 32-21-67                                                                                 тел./факс.: 32-21-67</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00993F82" w:rsidRPr="00993F82" w:rsidRDefault="00993F82" w:rsidP="00993F82">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00993F82" w:rsidRDefault="000E29D7" w:rsidP="00993F82">
+    <w:p w:rsidR="00993F82" w:rsidRDefault="00FC2A86" w:rsidP="00993F82">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:line id="_x0000_s1027" style="position:absolute;left:0;text-align:left;z-index:251661312" from="-12.85pt,1.45pt" to="473.15pt,1.45pt" strokeweight="1.59mm">
             <v:stroke joinstyle="miter"/>
           </v:line>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w:rsidR="00993F82" w:rsidRPr="00993F82" w:rsidRDefault="00993F82" w:rsidP="00993F82">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -296,80 +296,98 @@
       <w:r w:rsidR="007514B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r w:rsidRPr="00993F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">   № 1-20/</w:t>
       </w:r>
       <w:r w:rsidR="00AA16AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>21</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00751EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00993F82" w:rsidRPr="00993F82" w:rsidRDefault="00993F82" w:rsidP="00993F82">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">№1-20/ </w:t>
       </w:r>
       <w:r w:rsidR="00AA16AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>21</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00751EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00993F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                  </w:t>
       </w:r>
       <w:r w:rsidR="007514B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidRPr="00993F82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
@@ -1811,114 +1829,98 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00993F82" w:rsidRPr="00C7599E" w:rsidRDefault="00993F82" w:rsidP="00993F82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C7599E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>жалақысы сақталсын.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00993F82" w:rsidRPr="00C7599E" w:rsidRDefault="00993F82" w:rsidP="00993F82">
+    <w:p w:rsidR="007A2821" w:rsidRDefault="00993F82" w:rsidP="007A2821">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    8</w:t>
       </w:r>
       <w:r w:rsidRPr="00C7599E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Іссапар шығыны </w:t>
-[...32 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2821">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Іссапар шығыны қаражаты болған жағдайда мемлекеттік мекеменің есебінен төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00993F82" w:rsidRDefault="00993F82" w:rsidP="007A2821">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      9</w:t>
       </w:r>
       <w:r w:rsidRPr="00C7599E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>. Бұйрықтың орындалуын бақылау әдістемелік кабинет меңгерушісі Ш.С. Нұрахметоваға жүктелсін.</w:t>
       </w:r>
@@ -2134,58 +2136,50 @@
     <w:p w:rsidR="00993F82" w:rsidRPr="00993F82" w:rsidRDefault="00993F82" w:rsidP="00F77971">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F77971" w:rsidRPr="00993F82" w:rsidRDefault="00F77971" w:rsidP="00F77971">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003E798F" w:rsidRDefault="003E798F" w:rsidP="00F77971">
-      <w:pPr>
-[...6 lines deleted...]
-    <w:p w:rsidR="00D26FA7" w:rsidRDefault="00D26FA7" w:rsidP="00F77971">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D26FA7" w:rsidRDefault="00D26FA7" w:rsidP="00F77971">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D26FA7" w:rsidRDefault="00D26FA7" w:rsidP="00F77971">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D26FA7" w:rsidRDefault="00D26FA7" w:rsidP="00F77971">
       <w:pPr>
@@ -2388,51 +2382,51 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>тел./факс.: 32-21-67                                                                                                              тел./факс.: 32-21-67</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D26FA7" w:rsidRDefault="00D26FA7" w:rsidP="00D26FA7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D26FA7" w:rsidRDefault="000E29D7" w:rsidP="00D26FA7">
+    <w:p w:rsidR="00D26FA7" w:rsidRDefault="00FC2A86" w:rsidP="00D26FA7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:line id="_x0000_s1029" style="position:absolute;left:0;text-align:left;z-index:251664384" from="-12.85pt,1.45pt" to="473.15pt,1.45pt" strokeweight="1.59mm">
             <v:stroke joinstyle="miter"/>
           </v:line>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D26FA7" w:rsidRDefault="00D26FA7" w:rsidP="00D26FA7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
@@ -3581,51 +3575,69 @@
               </w:rPr>
               <w:t>М. Г. Якимова - № 42 ЖОМ (2006)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D26FA7" w:rsidRPr="00FA21CD" w:rsidRDefault="00D26FA7" w:rsidP="00D26FA7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA21CD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>6. 2013 жылғы 11 – 24 ақпан күндері аралығында «Развивающие возможности педагогических технологий в формировании языковой личности» тақырыбы бойынша бюджеттік курсына қазақ тілінде оқытатын мектептердің орыс тілі пәнінің мұғалімдері жііберілсін (курсқа жіберу тапсырыс бойынша – 6 тыңдаушы):</w:t>
+        <w:t xml:space="preserve">6. 2013 жылғы 11 – 24 ақпан күндері аралығында «Развивающие возможности педагогических технологий в формировании языковой личности» тақырыбы бойынша бюджеттік курсына қазақ тілінде оқытатын мектептердің </w:t>
+      </w:r>
+      <w:r w:rsidR="00731B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>математика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA21CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімдері жііберілсін (курсқа жіберу тапсырыс бойынша – 6 тыңдаушы):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="18162" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4779"/>
         <w:gridCol w:w="13383"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D26FA7" w:rsidRPr="00FA21CD" w:rsidTr="007E34B0">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4779" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D26FA7" w:rsidRPr="00FA21CD" w:rsidRDefault="00D26FA7" w:rsidP="00D26FA7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4297,89 +4309,95 @@
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A4D9E"/>
     <w:rsid w:val="00001719"/>
     <w:rsid w:val="00013C92"/>
     <w:rsid w:val="00014A65"/>
     <w:rsid w:val="000E29D7"/>
     <w:rsid w:val="00170E0D"/>
     <w:rsid w:val="001A4D9E"/>
+    <w:rsid w:val="001D719E"/>
     <w:rsid w:val="00364B4E"/>
     <w:rsid w:val="003E798F"/>
     <w:rsid w:val="00640C5C"/>
+    <w:rsid w:val="00731B33"/>
     <w:rsid w:val="007514B0"/>
+    <w:rsid w:val="00751EDC"/>
     <w:rsid w:val="007A01BC"/>
+    <w:rsid w:val="007A2821"/>
     <w:rsid w:val="007C6CBC"/>
     <w:rsid w:val="00800A9A"/>
     <w:rsid w:val="00993F82"/>
+    <w:rsid w:val="00A63A50"/>
     <w:rsid w:val="00AA16AC"/>
     <w:rsid w:val="00B04942"/>
     <w:rsid w:val="00B3136F"/>
     <w:rsid w:val="00CE3142"/>
     <w:rsid w:val="00D26FA7"/>
     <w:rsid w:val="00D62AE8"/>
     <w:rsid w:val="00DA75DA"/>
     <w:rsid w:val="00DC7C3B"/>
     <w:rsid w:val="00E300B2"/>
     <w:rsid w:val="00E94BBB"/>
     <w:rsid w:val="00EB36A9"/>
     <w:rsid w:val="00F115B8"/>
     <w:rsid w:val="00F77971"/>
+    <w:rsid w:val="00FC2A86"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14338"/>
+    <o:shapedefaults v:ext="edit" spidmax="17410"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4579,50 +4597,63 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:rsid w:val="001A4D9E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="454250592">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1678968943">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1774322655">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -4971,55 +5002,55 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50AB9E7D-7BBE-46B7-92BE-ADCE0FB44AE1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1335</Words>
-  <Characters>7615</Characters>
+  <Words>1342</Words>
+  <Characters>7650</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>63</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8933</CharactersWithSpaces>
+  <CharactersWithSpaces>8975</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>