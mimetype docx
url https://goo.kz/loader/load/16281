--- v0 (2025-12-14)
+++ v1 (2025-12-14)
@@ -1,1925 +1,2481 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00294395" w:rsidRPr="00294395" w:rsidRDefault="00294395" w:rsidP="00294395">
+    <w:p w:rsidR="00E47A51" w:rsidRPr="00E47A51" w:rsidRDefault="00E47A51" w:rsidP="00E47A51">
       <w:pPr>
         <w:spacing w:after="150" w:line="360" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="0E87B8"/>
           <w:kern w:val="36"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00294395">
+      <w:r w:rsidRPr="00E47A51">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="0E87B8"/>
           <w:kern w:val="36"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Білім беру қызметін лицензиялау кезінде қойылатын біліктілік талаптары</w:t>
+        <w:t>Квалификационные требования, предъявляемые при лицензировании образовательной деятельности</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00294395" w:rsidRPr="00294395" w:rsidRDefault="00294395" w:rsidP="00294395">
+    <w:p w:rsidR="00E47A51" w:rsidRPr="00E47A51" w:rsidRDefault="00E47A51" w:rsidP="00E47A51">
       <w:pPr>
-        <w:spacing w:before="360" w:after="360" w:line="360" w:lineRule="atLeast"/>
-        <w:outlineLvl w:val="3"/>
+        <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E47A51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00294395">
+        <w:t>Постановление Правительства Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы үкіметінің 2012 жылғы 11 маусым № 778 «Білім беру қызметін лицензиялау кезінде қойылатын біліктілік талаптарын бекіту туралы» Қазақстан Республикасы Үкіметінің 2007 жылғы 2 маусымдағы № 452 қаулысына өзгеріс енгізу туралы</w:t>
+        <w:br/>
+        <w:t>от 11 июня 2012 года, № 778</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00294395" w:rsidRPr="00294395" w:rsidRDefault="00294395" w:rsidP="00294395">
+    <w:p w:rsidR="00E47A51" w:rsidRPr="00E47A51" w:rsidRDefault="00E47A51" w:rsidP="00E47A51">
       <w:pPr>
         <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00294395">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00294395">
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О внесении изменения в постановление Правительства Республики Казахстан от 2 июня 2007 №452 «Об утверждении квалификационных требований, предъявляемых при лицензировании образовательной деятельности»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E47A51" w:rsidRPr="00E47A51" w:rsidRDefault="00E47A51" w:rsidP="00E47A51">
+      <w:pPr>
+        <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правительство Республики Казахстан  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00294395" w:rsidRPr="00294395" w:rsidRDefault="00294395" w:rsidP="00294395">
+    <w:p w:rsidR="00E47A51" w:rsidRPr="00E47A51" w:rsidRDefault="00E47A51" w:rsidP="00E47A51">
       <w:pPr>
         <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00294395">
-[...26 lines deleted...]
-        <w:t>2. Білім беру қызметін лицензиялау кезінде қойылатын біліктілік талаптарының алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізілетін 7-тармағының 5) тармақшасын, 8-тармағының            6) тармақшасын қоспағанда,  осы қаулы алғашқы ресми жарияланғанынан кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі.</w:t>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Внести в постановление Правительства Республики Казахстан от 2 июня 2007 года №452 «Об утверждении квалификационных требований, предъявляемых при лицензировании образовательной деятельности» (САПП Республики Казахстан, 2007 г., №18, ст.202) следующее изменение:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>квалификационные требования, предъявляемые при лицензировании образовательной деятельности, утвержденные указанным постановлением, изложить в новой редакции согласно приложению к настоящему постановлению.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Настоящее постановление вводится в действие по истечении двадцати одного календарного дня после первого официального опубликования, за исключением подпункта 5) пункта 7, подпункта 6) пункта 8 квалификационных требований, предъявляемых при лицензировании образовательной деятельности, которые вводятся в действие по истечении шести месяцев после первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00294395" w:rsidRPr="00294395" w:rsidRDefault="00294395" w:rsidP="00294395">
+    <w:p w:rsidR="00E47A51" w:rsidRPr="00E47A51" w:rsidRDefault="00E47A51" w:rsidP="00E47A51">
       <w:pPr>
         <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00294395">
+      <w:r w:rsidRPr="00E47A51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының </w:t>
-      </w:r>
+        <w:t>Премьер-Министр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Республики Казахстан                                                          К.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Масимов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00294395" w:rsidRPr="00294395" w:rsidRDefault="00294395" w:rsidP="00294395">
+    <w:p w:rsidR="00E47A51" w:rsidRPr="00E47A51" w:rsidRDefault="00E47A51" w:rsidP="00E47A51">
       <w:pPr>
         <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00294395">
-[...6 lines deleted...]
-        <w:t>Премьер-Министрі                                                              К.  Мәсімов</w:t>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к постановлению Правительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> от «11» июня 2012 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> № 778</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00294395" w:rsidRPr="00294395" w:rsidRDefault="00294395" w:rsidP="00294395">
+    <w:p w:rsidR="00E47A51" w:rsidRPr="00E47A51" w:rsidRDefault="00E47A51" w:rsidP="00E47A51">
       <w:pPr>
         <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00294395">
-[...6 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Утверждены</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> постановлением Правительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> от «2»  июня 2007 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> № 452</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00294395" w:rsidRPr="00294395" w:rsidRDefault="00294395" w:rsidP="00294395">
+    <w:p w:rsidR="00E47A51" w:rsidRPr="00E47A51" w:rsidRDefault="00E47A51" w:rsidP="00E47A51">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Квалификационные требования, предъявляемые при лицензировании образовательной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E47A51" w:rsidRPr="00E47A51" w:rsidRDefault="00E47A51" w:rsidP="00E47A51">
       <w:pPr>
         <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00294395">
-[...108 lines deleted...]
-      <w:r w:rsidRPr="00294395">
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Квалификационные требования, предъявляемые к деятельности организаций образования, реализующих общеобразовательные  учебные программы начального образования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) соответствие рабочих учебных планов типовым учебным планам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2) доля учителей высшей и первой категорий от их общего числа ‒ не менее 20 %;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3) наличие фонда учебной литературы по отношению к контингенту обучающихся на полный цикл обучения в количестве не менее 15 единиц изданий на одного обучающегося;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) наличие медицинского обслуживания обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5) наличие объекта питания для обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>6) наличие собственных либо принадлежащих на праве хозяйственного ведения или оперативного управления материальных и нематериальных активов, обеспечивающих качество образовательных услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Квалификационные требования, предъявляемые к деятельности организаций образования, реализующих общеобразовательные  учебные программы основного среднего образования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) соответствие рабочих учебных планов типовым учебным планам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) доля учителей  высшей  и  первой  категорий  от  их  общего числа - не  менее 30 %;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) наличие фонда учебной литературы по отношению к контингенту обучающихся на полный цикл обучения в количестве не менее 15 единиц изданий на одного обучающегося;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4) наличие медицинского обслуживания обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5) наличие объекта питания для обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>6) наличие  собственных  либо  принадлежащих на праве хозяйственного ведения или оперативного управления материальных и нематериальных активов, обеспечивающих качество образовательных услуг;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>7) оснащенность компьютерными классами, подключенными к сети интернет, учебно-лабораторным оборудованием.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3. Квалификационные требования, предъявляемые к деятельности организаций образования, реализующих общеобразовательные  учебные программы общего среднего образования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) соответствие рабочих учебных планов типовым учебным планам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) доля учителей высшей и первой категорий от их общего числа ‒ не менее  30 %;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) наличие фонда учебной литературы по отношению к контингенту обучающихся на полный цикл обучения в количестве не менее 25 единиц изданий на одного обучающегося;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4) наличие медицинского обслуживания обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5) наличие объекта питания для обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>6) наличие собственных либо принадлежащих на праве хозяйственного ведения или оперативного управления материальных и нематериальных активов, обеспечивающих качество образовательных услуг;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>7) оснащенность компьютерными классами, подключенными к сети интернет, учебно-лабораторным оборудованием.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Квалификационные требования, предъявляемые к деятельности организаций образования, реализующих образовательные учебные программы технического и профессионального образования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) соответствие рабочих учебных планов типовым учебным планам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) доля штатных преподавателей от их общего числа ‒ не менее 70 %;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3) доля учителей высшей и первой категории и (или) магистров от их общего числа ‒ не менее 30 %;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4) наличие фонда учебной литературы по отношению к контингенту обучающихся на полный цикл обучения в количестве не менее 25 единиц изданий на одного обучающегося;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5) оснащенность компьютерными классами, подключенными  к сети интернет, учебно-лабораторным оборудованием, специальным учебным оборудованием;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>6) наличие договоров  с организациями, определенными в качестве баз практики;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>7) соответствие минимальных расходов на один год обучения обучающегося уровню расходов, предусмотренных постановлением Правительства Республики Казахстан по утверждению государственного заказа на подготовку специалистов с техническим и профессиональным образованием на соответствующий учебный год;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>8) наличие медицинского обслуживания обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">9) наличие объекта питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>10) наличие собственных либо принадлежащих на праве хозяйственного  ведения или оперативного управления материальных и нематериальных активов, обеспечивающих качество образовательных услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">5. Квалификационные требования, предъявляемые к деятельности организаций образования, реализующих профессиональные учебные программы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) доля штатных преподавателей от их общего числа ‒ не менее 70 %;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) доля преподавателей высшей и первой категории и (или) магистров, преподавателей с учеными степенями и званиями от их общего числа ‒ не менее 40 %;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) наличие фонда учебной и учебно-методической литературы по отношению к контингенту обучающихся на полный цикл обучения в количестве не менее 25 единиц изданий на одного обучающегося и на цифровых носителях ‒ не менее 20 % учебного плана (кроме военных специальностей);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4) соответствие рабочих учебных планов типовым учебным планам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5) оснащенность компьютерными классами, подключенным к сети интернет, учебно-лабораторным оборудованием, специальным учебным оборудованием;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) наличие договоров с организациями, определенными в качестве баз практики;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>7) наличие медицинского обслуживания обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>8) наличие объекта питания для обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>9) наличие собственных либо принадлежащих на праве хозяйственного ведения или оперативного управления материальных и нематериальных активов, обеспечивающих качество образовательных услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Квалификационные требования, предъявляемые к образовательной деятельности духовных (религиозных) организаций образования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) наличие штатных преподавателей, имеющих высшее духовное образование по профилю подготовки и соответствующих требованиям, предъявляемым к религиозным объединениям;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) наличие фонда учебной литературы, прошедшей религиоведческую экспертизу, по отношению к контингенту обучающихся на полный цикл обучения в количестве не менее 50 единиц изданий на одного обучающегося и на цифровых носителях ‒ не менее 20 % учебного плана;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3) наличие собственных либо принадлежащих на праве хозяйственного ведения или оперативного управления учебно-материальных активов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4) оснащенность компьютерными классами, подключенными к сети интернет;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">5) наличие медицинского обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>6) наличие объекта питания для обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>7) наличие ходатайства Республиканского религиозного объединения и регионального религиозного объединения с обоснованием целесообразности функционирования данного учреждения религиозного образования и копии свидетельства о регистрации религиозного объединения на территории Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>8) наличие образовательных программ и учебных планов по профилю подготовки, утвержденных руководством религиозного объединения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>9) наличие экспертного заключения Агентства Республики Казахстан по делам религий на заявленные религиозные образовательные программы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">7. Квалификационные требования, предъявляемые к деятельности организаций образования, реализующих профессиональные  учебные программы высшего образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>с присуждением академической степени "бакалавр":</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) реализация профессиональных учебных программ высшего образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) для национальных исследовательских университетов, исследовательских университетов, национальных вузов, университетов, академий ‒ проведение научно-исследовательской и педагогической деятельности, повышение квалификации и переподготовка кадров;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> для институтов (консерваторий, высших школ, высших училищ) ‒ педагогическая деятельность, повышение квалификации и переподготовка кадров;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3) соответствие контингента студентов в расчете на одного преподавателя государственному общеобязательному стандарту образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) доля штатных преподавателей от их общего числа, в том числе по циклам базовых и профилирующих дисциплин государственного общеобязательного стандарта образования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> для национальных исследовательских университетов, исследовательских университетов, национальных вузов, университетов, академий ‒ не менее 80%;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> для институтов (консерваторий, высших школ, высших училищ) ‒ не менее 70 %;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> для педагогических специальностей ‒ не менее 80 % вне зависимости от вида организации образования;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) доля преподавателей с учеными степенями и званиями от числа штатных преподавателей:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> для национальных исследовательских университетов, исследовательских университетов ‒ не менее 70 %;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> для национальных вузов (кроме организаций образования искусства и культуры) – не менее 55 %;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> для университетов, академий – не менее 50 %;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> для институтов (высших школ, высших училищ) ‒ не менее 45 %;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> для педагогических институтов – не менее 50 %;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> для организаций образования искусства и культуры  доля преподавателей с учеными степенями, а также почетными званиями, приравненными к ним – не менее 35 %;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> для организаций образования, подведомственных министерствам обороны, внутренних дел, по чрезвычайным ситуациям, Комитету национальной безопасности, Агентству по борьбе с экономической и коррупционной преступностью (финансовая полиция), доля преподавателей с учеными степенями и званиями, в воинском (специальном) звании не ниже полковника, имеющих звание "мастер спорта" и выше, ‒ не менее 40 %;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>6) наличие фонда учебной и научной литературы по отношению к приведенному контингенту студентов на полный цикл обучения в количестве не менее 140 единиц изданий. При этом издания на казахском и русском языках должны быть пропорциональны контингенту обучающихся по языкам обучения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Библиотечный фонд должен содержать основную учебную литературу по дисциплинам социально-гуманитарного профиля, изданную за </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>последние</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 лет; по естественным, техническим, сельскохозяйственным дисциплинам ‒ за последние 10 лет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Обеспеченность учебной литературой на цифровых носителях ‒  не менее  40 % базовых и профилирующих дисциплин учебного плана специальности (кроме военных специальностей).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Наличие договоров с другими библиотечными и научными фондами, в том числе с республиканской межвузовской электронной библиотекой;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>7) соответствие рабочих учебных планов типовым учебным планам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>8) оснащенность учебно-лабораторным оборудованием, необходимым для реализации профессиональных учебных программ;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9) соответствие минимальных расходов на один год обучения студента уровню расходов, предусмотренных постановлением Правительства Республики Казахстан по утверждению государственного заказа на подготовку специалистов с высшим образованием на соответствующий учебный год;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>10) наличие договоров с организациями, определенными в качестве баз практики;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t> </w:t>
       </w:r>
-    </w:p>
-[...74 lines deleted...]
-      <w:r w:rsidRPr="00294395">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для педагогических специальностей ‒ наличие прямых договоров по базам педагогической практики с организациями дошкольного, начального, основного и общего среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>11) наличие договоров на проведение научно-исследовательских и опытно-конструкторских работ с организациями и предприятиями, кроме военных специальностей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>12) наличие медицинского обслуживания обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>13) наличие объекта питания для обучающихся в каждом учебном корпусе;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>14) наличие собственных либо принадлежащих на праве хозяйственного ведения или оперативного управления материальных и нематериальных активов, обеспечивающих качество образовательных услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>8. Квалификационные требования, предъявляемые к деятельности организаций образования и научных организаций, реализующих профессиональные учебные программы послевузовского образования  с присуждением академической степени "магистр":</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) реализация профессиональных учебных программ высшего образования; для педагогических специальностей ‒ проведение научно-исследовательской работы в области современных педагогических технологий обучения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) соответствие специальности подготовки магистрантов темам научных исследований организации образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) наличие соглашений о сотрудничестве с научными, научно-образовательными, производственными и научно-производственными центрами по соответствующим направлениям подготовки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> для педагогических специальностей ‒ наличие прямых договоров с зарубежными университетами по выполнению совместных образовательных и научных проектов, стажировок преподавателей и магистрантов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4) соответствие рабочих учебных планов типовым учебным планам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5) наличие доктора наук или двух докторов философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>), состоящих в штате, по соответствующей специальности;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  наличие доктора наук или доктора философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) ‒ для военных специальностей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>6) доля преподавателей с учеными степенями и званиями  от числа штатных преподавателей ‒ не менее 70 %;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>для организаций образования культуры и искусства, в том числе преподаватели с почетными званиями Республики Казахстан и приравненные к ним, – не менее 60 %:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> для организаций образования, подведомственных министерствам обороны, внутренних дел, по чрезвычайным ситуациям, Комитету национальной безопасности, Агентству по борьбе с экономической и коррупционной  преступностью (финансовая полиция), доля преподавателей с учеными степенями и званиями, в воинском (специальном) звании не ниже полковника</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,  ‒  не менее 60 %;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>7) осуществление ведущими специалистами, штатными преподавателями, имеющими ученую степень соответствующего профиля, стаж научно-педагогической работы не менее трех лет, научные публикации в отечественных и зарубежных изданиях,  учебные пособия по специальности магистерской подготовки научного руководства магистрантами</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>8) наличие договоров на проведение научно-исследовательских и опытно-конструкторских работ с организациями и предприятиями, кроме военных специальностей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9) наличие специализированной научно-технической, научно-методической, клинической, экспериментальной базы по соответствующим научным специальностям подготовки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">10) наличие собственных либо принадлежащих на праве хозяйственного ведения или оперативного управления материальных и нематериальных активов, обеспечивающих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>кемінде 15 бірлік басылымнан келетін оқу әдебиеті қорының болуы;</w:t>
-[...300 lines deleted...]
-      <w:r w:rsidRPr="00294395">
+        <w:t>качество образовательных услуг;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11) соответствие минимальных расходов на один год обучения магистранта уровню расходов, предусмотренных постановлением Правительства Республики Казахстан по утверждению государственного заказа на подготовку специалистов с послевузовским образованием на соответствующий учебный год;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>12) оснащенность учебно-лабораторным оборудованием, необходимым для реализации образовательных программ и отвечающим современным требованиям;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>13) наличие договоров с организациями, определенными в качестве баз практики, в том числе на прохождение зарубежной научной стажировки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>14) наличие медицинского обслуживания обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>15) наличие объекта питания для обучающихся.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Квалификационные требования, предъявляемые к деятельности организаций образования и научных организаций, реализующих профессиональные учебные программы послевузовского медицинского образования (резидентуры):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) наличие не менее двух специалистов с учеными степенями  по профилю  подготовки, состоящих в штате и имеющих стаж научно-педагогической работы не менее трех лет, научные публикации в отечественных и зарубежных изданиях, в трудах международных конференций по профилю подготовки, учебные пособия;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) наличие специализированной  научно-методической, клинической,  материально-технической базы по соответствующим научным специальностям подготовки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3) обеспечение необходимым оборудованием, лабораториями, библиотекой;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4) соответствие рабочих учебных планов типовым учебным планам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5) соответствие минимальных расходов на один год обучения слушателя  уровню расходов, предусмотренных постановлением Правительства Республики Казахстан по утверждению государственного заказа на подготовку специалистов с послевузовским образованием на соответствующий учебный год;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) наличие договоров с организациями, определенными в качестве баз практики (за исключением научных организаций);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>7) наличие медицинского обслуживания обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>8) наличие объекта питания для обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>9) наличие собственных либо принадлежащих на праве хозяйственного ведения или оперативного управления материальных и нематериальных активов, обеспечивающих качество образовательных услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Квалификационные требования, предъявляемые к деятельности организаций образования, подведомственных Министерствам обороны, внутренних дел, по чрезвычайным ситуациям, Комитету национальной безопасности, Агентству по борьбе с экономической и коррупционной преступностью (финансовая полиция), а также организаций образования, реализующих профессиональные учебные программы послевузовского военного образования с присуждением ученой степени доктора философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) и доктора по профилю (адъюнктура):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) наличие не менее одного штатного доктора наук по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> каждой научной специальности подготовки, имеющего стаж научно-педагогической работы не менее трех  лет, научные публикации в отечественных и зарубежных изданиях, в трудах международных конференций по профилю подготовки, учебные пособия;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) доля преподавателей с учеными степенями и званиями, в воинском (специальном) звании не ниже полковника, от числа штатных преподавателей -  не менее 100 %;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3) наличие межведомственных соглашений, регламентирующих вопросы научного обмена по соответствующей специальности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4) наличие специализированной научно-технической, научно-методической, экспериментальной и материально-технической базы по соответствующим научным специальностям подготовки;  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5) обеспечение необходимым оборудованием, лабораториями, библиотекой;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>10) меншікті не шаруашылық жүргізу немесе жедел басқару құқығына тиесілі білім беру қызметінің сапасын қамтамасыз ететін материалдық және материалдық емес активтердің болуы.</w:t>
-[...1109 lines deleted...]
-    <w:p w:rsidR="00CA11E9" w:rsidRDefault="00CA11E9">
+        <w:t>6) соответствие рабочих учебных планов типовым учебным планам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) соответствие минимальных расходов на один год обучения слушателя уровню расходов, предусмотренных соответствующими нормативными актами по утверждению государственного заказа на подготовку специалистов с послевузовским образованием на соответствующий учебный год;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>8) наличие договоров с организациями, определенными в качестве баз практики;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>9) наличие медицинского обслуживания обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>10) наличие объекта питания для обучающихся;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>11) наличие собственных либо принадлежащих на праве хозяйственного ведения или оперативного управления материальных и нематериальных активов, обеспечивающих качество образовательных услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Квалификационные требования, предъявляемые к деятельности организаций образования и научных организаций по подготовке научных и научно-педагогических кадров высшей квалификации по программам докторантуры с присуждением ученой  степени доктор философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) и доктор по профилю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">1) реализация профессиональных учебных программ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бакалавриата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и магистратуры;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) доля преподавателей с учеными степенями и званиями от числа штатных преподавателей  ‒ не менее 100 %;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3) наличие зарубежных ученых со степенями доктор философии (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>), доктор по профилю по соответствующей специальности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4) наличие соглашений с зарубежными учеными по соответствующей специальности подготовки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5) наличие договоров на проведение научно-исследовательских и опытно-конструкторских работ с организациями и предприятиями;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>6) соответствие рабочих учебных планов типовым учебным планам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>7) наличие договоров о научном обмене с аккредитованными зарубежными высшими учебными заведениями и (или) научными организациями, реализующими программы докторантуры;</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>8) наличие специализированной научно-технической, научно-методической, клинической, экспериментальной и материально-технической базы по соответствующим научным специальностям подготовки;  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9) оснащенность компьютерными классами с доступом в  информационные сети, библиотечный фонд с электронной базой данных по соответствующей специальности, наличие учебных лабораторий и мультимедийных учебных материалов, необходимых для реализации образовательных программ по специальностям докторантуры;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>10) наличие договоров с организациями, определенными в качестве баз практики, в  том числе на прохождение  зарубежной научной стажировки;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11) наличие медицинского обслуживания обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>12) наличие объекта питания для обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>13) наличие собственных либо принадлежащих на праве хозяйственного ведения или оперативного управления материальных и нематериальных активов, обеспечивающих качество образовательных услуг.        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
+    <w:p w:rsidR="00CA11E9" w:rsidRDefault="00CA11E9"/>
     <w:sectPr w:rsidR="00CA11E9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00294395"/>
-    <w:rsid w:val="00294395"/>
+    <w:rsidRoot w:val="00E47A51"/>
     <w:rsid w:val="00CA11E9"/>
+    <w:rsid w:val="00E47A51"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2069,213 +2625,175 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00294395"/>
+    <w:rsid w:val="00E47A51"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-    <w:name w:val="heading 3"/>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="30"/>
+    <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00294395"/>
+    <w:rsid w:val="00E47A51"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-      <w:outlineLvl w:val="2"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="27"/>
-[...20 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00294395"/>
+    <w:rsid w:val="00E47A51"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-    <w:name w:val="Заголовок 3 Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="3"/>
+    <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00294395"/>
+    <w:rsid w:val="00E47A51"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="27"/>
-      <w:szCs w:val="27"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="40">
-[...20 lines deleted...]
-    <w:name w:val="bodytext"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00294395"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E47A51"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E47A51"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00E47A51"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -2402,258 +2920,220 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00294395"/>
+    <w:rsid w:val="00E47A51"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-    <w:name w:val="heading 3"/>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="30"/>
+    <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00294395"/>
+    <w:rsid w:val="00E47A51"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-      <w:outlineLvl w:val="2"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="27"/>
-[...20 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00294395"/>
+    <w:rsid w:val="00E47A51"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-    <w:name w:val="Заголовок 3 Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="3"/>
+    <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00294395"/>
+    <w:rsid w:val="00E47A51"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="27"/>
-      <w:szCs w:val="27"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="40">
-[...20 lines deleted...]
-    <w:name w:val="bodytext"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00294395"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E47A51"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E47A51"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00E47A51"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="743604195">
+    <w:div w:id="456291589">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1926261775">
+        <w:div w:id="161550101">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1503617034">
+            <w:div w:id="968513552">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="2096323002">
+                <w:div w:id="1307122401">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
@@ -2927,50 +3407,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>3060</Words>
-  <Characters>17447</Characters>
+  <Words>3148</Words>
+  <Characters>17947</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>145</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>149</Lines>
+  <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20467</CharactersWithSpaces>
+  <CharactersWithSpaces>21053</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ы</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>