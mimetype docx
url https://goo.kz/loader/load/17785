--- v0 (2025-12-15)
+++ v1 (2026-03-06)
@@ -1,2197 +1,2895 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00F26060" w:rsidRDefault="00F26060" w:rsidP="00F26060">
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="5529"/>
-        <w:jc w:val="center"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00F26060" w:rsidRDefault="00F26060" w:rsidP="00F26060">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="000447A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="5529"/>
-        <w:jc w:val="center"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00F26060" w:rsidRDefault="00F26060" w:rsidP="00F26060">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 4 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B1B23" w:rsidRDefault="0034281F" w:rsidP="000447A7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5529"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B1B23" w:rsidRPr="007B1B23" w:rsidRDefault="0034281F" w:rsidP="007B1B23">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5529"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министра </w:t>
+      </w:r>
+      <w:r w:rsidR="007B1B23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и науки </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="000447A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="5529"/>
-        <w:jc w:val="center"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00F26060" w:rsidRDefault="00F26060" w:rsidP="00F26060">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="000447A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="5529"/>
-        <w:jc w:val="center"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00F26060" w:rsidRDefault="00F26060" w:rsidP="00F26060">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidR="000447A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> »</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апреля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRPr="007B6DC8" w:rsidRDefault="000447A7" w:rsidP="000447A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="5529"/>
-        <w:jc w:val="center"/>
-[...64 lines deleted...]
-        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0034281F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="007B6DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="001F4745">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a7"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-        <w:pStyle w:val="a7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-        <w:pStyle w:val="a7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="001F4745">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-        <w:pStyle w:val="a7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...18 lines deleted...]
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственная услуга «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ием документов для организации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования» (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственная услуга оказывается организациями начального, основного среднего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общего среднего образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4745">
-[...169 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="567"/>
-[...34 lines deleted...]
-        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляются через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="2410"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="2410"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...78 lines deleted...]
-      <w:pPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="2410"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...153 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...171 lines deleted...]
-      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) с момента сдачи пакета документов услугополучателем для организации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общего среднего образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение учебного года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– 3 рабочих дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи пакета документов услугополучателем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – не более 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) максимально допустимое время обслуживания услугополучателя – не более 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>5. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Результат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оказания государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>расписка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о  приеме документов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>в произвольной форме)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма представления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:color w:val="auto"/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="001F4745">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. График работы услугодателя: с понедельника по субботу включительно, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кроме выходных и праздничных дней,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с 9.00 часов до </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 часов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:color w:val="auto"/>
-          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>перерыв</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обед с 13.00 до 14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0 часов,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно Трудовому кодексу Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявления и выдача результата осуществляется с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.00 до </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 часов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>перерыв</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обед с 13.00 до 14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Предварительная запись и ускоренное обслуживание не предусмотрены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>9. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) заявление </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>(в произвольной форме);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справка </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>врачебно-консультационной комиссии с рекомендацией по  обучению на дому;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аключение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о рекомендуемой образовательной учебной программе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для детей-инвалидов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>нәтижесін</w:t>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Порядок обжалования решений, действий (бездействия) услугодателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в местные исполнительные органы, города республиканского </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">значения и столицы, района (города областного значения), и (или) его должностных лиц  по вопросам </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>слугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4745">
-[...11 lines deleted...]
-          <w:color w:val="auto"/>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на имя руководителя местного исполнительного органа, города республиканского значения и столицы, района (города областного значения) по адресам, указанным в интернет - ресурсе Министерства: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www.edu.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разделе «Государственные услуги»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на имя руководителя услугодателя по адресам, указанным в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> местных исполнительных органов, города республиканского значения и столицы, района (города областного значения).  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В жалобе услугополучателя указывается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия и инициалы услугополучателя и лица, принявшего жалобу, почтовый адрес и контактный телефон услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба услугополучателя по вопросам оказания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес местного исполнительного органа, города республиканского значения и столицы, района (города областного значения), услугодателя, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае несогласия с результатами оказания государственной услуги,  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться  в  уполномоченный орган  по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контролю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4745">
-[...42 lines deleted...]
-    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба услугополучателя, поступившая в адрес уполномоченного органа  по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информацию о порядке обжалования можно получить посредством единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случаях несогласия с результатами оказанной государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...38 lines deleted...]
-      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Иные требования с учетом особенностей </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...3 lines deleted...]
-          <w:kern w:val="1"/>
+        <w:ind w:left="709" w:firstLine="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4745">
-[...68 lines deleted...]
-        <w:widowControl w:val="0"/>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:b/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
-      </w:pPr>
-[...102 lines deleted...]
-        <w:suppressAutoHyphens/>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:kern w:val="1"/>
-[...527 lines deleted...]
-        <w:t xml:space="preserve">өрсетілетін қызметті берушінің мемлекеттік қызметті көрсетудің мәселелері бойынша ақпараттық қызметінің байланыс телефондары Министрліктің </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
-        <w:r w:rsidRPr="001F4745">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="a4"/>
+            <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>www.edu.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001F4745">
-[...65 lines deleted...]
-        <w:ind w:firstLine="709"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разделе «Государственные услуги». Единый  контакт-центр по вопросам оказания государственных услуг:  8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...79 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007E70FD" w:rsidRDefault="007E70FD"/>
     <w:sectPr w:rsidR="007E70FD" w:rsidSect="007E70FD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="D200FDFF" w:usb2="0A042029" w:usb3="00000000" w:csb0="800001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lucida Sans Unicode">
-[...4 lines deleted...]
-    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000003F" w:csb1="00000000"/>
+  <w:font w:name="Batang">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02030600000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="115"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00555BB7"/>
+    <w:rsidRoot w:val="0034281F"/>
+    <w:rsid w:val="000447A7"/>
     <w:rsid w:val="000D7604"/>
     <w:rsid w:val="00170F72"/>
     <w:rsid w:val="001F3FF0"/>
+    <w:rsid w:val="002008F7"/>
+    <w:rsid w:val="0034281F"/>
     <w:rsid w:val="00377ABF"/>
     <w:rsid w:val="004011F1"/>
     <w:rsid w:val="00440D54"/>
     <w:rsid w:val="00537619"/>
-    <w:rsid w:val="00555BB7"/>
+    <w:rsid w:val="007B1B23"/>
+    <w:rsid w:val="007B6DC8"/>
     <w:rsid w:val="007E70FD"/>
-    <w:rsid w:val="009523EF"/>
+    <w:rsid w:val="00820A38"/>
     <w:rsid w:val="00967226"/>
     <w:rsid w:val="00AC29D0"/>
     <w:rsid w:val="00AE5CCD"/>
     <w:rsid w:val="00B81E68"/>
     <w:rsid w:val="00DA21D2"/>
-    <w:rsid w:val="00EE543D"/>
+    <w:rsid w:val="00E80B0F"/>
     <w:rsid w:val="00F12857"/>
-    <w:rsid w:val="00F26060"/>
+    <w:rsid w:val="00FA549B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2199,53 +2897,53 @@
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -2318,216 +3016,178 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00555BB7"/>
+    <w:rsid w:val="0034281F"/>
     <w:pPr>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0034281F"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0034281F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0034281F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="0034281F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:qFormat/>
-    <w:rsid w:val="00555BB7"/>
+    <w:rsid w:val="0034281F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...8 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="00555BB7"/>
+    <w:rsid w:val="0034281F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-[...83 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1214465661">
+    <w:div w:id="315258868">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -2795,54 +3455,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>855</Words>
-  <Characters>4875</Characters>
+  <Words>809</Words>
+  <Characters>4616</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>yo</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5719</CharactersWithSpaces>
+  <CharactersWithSpaces>5415</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>