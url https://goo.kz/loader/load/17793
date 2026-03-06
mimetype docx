--- v0 (2025-12-17)
+++ v1 (2026-03-06)
@@ -1,6281 +1,8452 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00BD7940" w:rsidRPr="009C1B1E" w:rsidRDefault="00BD7940" w:rsidP="00BD7940">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="00531747" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>постановлением акимата Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="00531747" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00531747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00401">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00531747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>июня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00531747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="00531747" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00531747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>181/6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предоставление бесплатного и льготного питания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отдельным категориям обучающихся и воспитанников в общеобразовательных школах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00152FA5">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="12928"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-286"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>редоставление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бесплатного и льготного питания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отдельным категориям обучающихся и воспитанников в общеобразовательных школах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее - государственная услуга) оказывается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местными исполнительными органами </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">городов, районов Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги осуществляются </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1)   канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) веб-портал «электронного правительства»: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – портал)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Форма оказания государственной услуги: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электронная (частично автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результат оказания государственной услуги - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справка о предоставлении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бесплатного и льготного питания в общеобразовательной школе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по форме согласно приложению 1 стандарта </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>редоставление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бесплатного и льготного питания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отдельным категориям обучающихся и воспитанников в общеобразовательных школах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>утвержденного приказом Министра образования и науки Республики Казахстан от 13 апреля 2015 года   № 198 (далее - стандарт).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Описание порядка действий структурных подразделений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление услугополучателя  с приложением необходимых документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, указанных в пункте 9 стандарта. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>последовательность ее выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1) сотрудник канцелярии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...50 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осуществляет прием и регистрацию полученных от услугополучателя документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сверяет копии документов с оригиналами документов, возвращает оригиналы услугополучателю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009C1B1E">
-[...146 lines deleted...]
-        <w:pStyle w:val="a9"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>распиской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о приеме документов по форме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к стандарту и передает на рассмотрение руководителю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не более 15 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">минут);  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00FE32C2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:kern w:val="0"/>
-[...18 lines deleted...]
-          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководитель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рассматривает и определяет ответственного исполнителя (1 рабочий день</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00FE32C2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) ответственный исполнитель услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оформляет проект </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>справки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, направляет на рассмотрение и подписание руководителю (1 рабочий день);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00FE32C2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) руководитель услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рассматривает прое</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>спр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>авки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, подписывает и направляет в канцелярию (1 рабочий день);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="00134F75" w:rsidRDefault="005A40AE" w:rsidP="00FE32C2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) сотрудник канцелярии услугодателя регистрирует справку и выдает результат государственной услуги услугополучателю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не более 30 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00FE32C2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Результат - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справка о предоставлении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бесплатного и льготного питания в общеобразовательной школе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...67 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Описание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>порядка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>взаимодействия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>структурных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подразделений (работников) услугодателя в процессе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:kern w:val="0"/>
-[...19 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00FE32C2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:kern w:val="0"/>
-[...18 lines deleted...]
-          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="00134F75" w:rsidRDefault="005A40AE" w:rsidP="00FE32C2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="00134F75" w:rsidRDefault="005A40AE" w:rsidP="00FE32C2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) руководитель услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00FE32C2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="00FE32C2" w:rsidP="00FE32C2">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A40AE" w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A40AE" w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание последовательности процедур </w:t>
+      </w:r>
+      <w:r w:rsidR="005A40AE" w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(действий) между структурными </w:t>
+      </w:r>
+      <w:r w:rsidR="005A40AE" w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подразделениями (работниками) с </w:t>
+      </w:r>
+      <w:r w:rsidR="005A40AE" w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">указанием длительности каждой </w:t>
+      </w:r>
+      <w:r w:rsidR="005A40AE" w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процедуры (действия) </w:t>
+      </w:r>
+      <w:r w:rsidR="005A40AE" w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сопровождается таблицей согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidR="005A40AE" w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1 к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00263912" w:rsidRDefault="00263912" w:rsidP="00263912">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Описание порядка взаимодействия с Государственной корпорацией,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>а также порядка использования информационных систем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00263912" w:rsidRPr="008F1090" w:rsidRDefault="00263912" w:rsidP="00263912">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00263912" w:rsidRPr="00134F75" w:rsidRDefault="00263912" w:rsidP="00263912">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z147"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z116" w:history="1">
+        <w:r w:rsidRPr="008F1090">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>стандарту</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, государственная услуга </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказывается через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" и веб-портал "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:kern w:val="0"/>
-[...19 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Описание порядка обращения при оказании государственной  услуги через портал и последовательности процедур (действий) услугодателя и услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет регистрацию на портале с помощью индивидуального идентификационного номера (далее – ИИН), а также пароля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>процесс 1 – ввод услугополучателем ИИН и пароля (процесс авторизации) на портале для получения услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">условие 1 – проверка на портале подлинности данных о зарегистрированном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через ИИН и пароль;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>процесс 2 – формирование порталом сообщения об отказе в авторизации в связи с имеющимся нарушениями в данных услугополучателя;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс 3 – выбор услугополучателем услуги, указанной в настоящем регламенте, вывод на экран формы запроса  для оказания услуги и заполнение услугополучателем формы (ввод данных) с учетом ее структуры и форматных требований, прикрепление к форме запроса необходимых копий документов в электронном виде, указанных в стандарте, а также выбор услугополучателем регистрационного свидетельства, удостоверенного электронной цифровой подписью </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>далее</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ЭЦП) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>удостоверения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подписания</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>запроса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">условие 2 – проверка на портале срока действия регистрационного свидетельства ЭЦП и отсутствия в списке отозванных (аннулированных) данных (между ИИН, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>указанным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в запросе, и ИИН, указанным в регистрационном свидетельстве ЭЦП);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс 4 – формирование сообщения об отказе в запрашиваемой услуге в связи с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>неподтверждением</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подлинности ЭЦП услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>процесс 5 – направление электронного документа (запроса услугополучателя), удостоверенного (подписанного) ЭЦП услугополучателя через шлюз электронного правительства в автоматизированное рабочее место работника шлюза электронного правительства (ШЭП в АРМ РШЭП) для обработки запроса услугодателем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>условие 3 – проверка услугодателем соответствия приложенных услугополучателем документов, указанных в стандарте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и основания для оказания услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>процесс 6 – формирование сообщения об отказе в запрашиваемой услуге в связи с имеющимися нарушениями в документах услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс 7 – получение услугополучателем результата услуги (уведомление в форме электронного документа), сформированного порталом. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2601">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги направляется услугополучателю в «личный кабинет» в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="005A40AE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функциональные взаимодействия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>информационных систем, задействованных при оказании государственной услуги через портал приведены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диаграммой согласно приложению 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRPr="00845C1B" w:rsidRDefault="005A40AE" w:rsidP="001D48FF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005A40AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>11. Подробное описание последовательности процедур (действий), взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги, использования информационных систем  в процессе оказания государственной  услуги отражается в справочнике бизнес-процессов согласно приложению 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="001D48FF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00263912" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00263912" w:rsidRDefault="00263912" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00263912" w:rsidRDefault="00263912" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRPr="00134F75" w:rsidRDefault="00263912" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00134F75" w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предоставление бесплатного и льготного питания </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдельным категориям </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитанников в общеобразовательных школах»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRPr="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A40AE" w:rsidRDefault="005A40AE" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:kern w:val="0"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:kern w:val="0"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Описание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:kern w:val="2"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:kern w:val="0"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>порядка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:kern w:val="0"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:kern w:val="0"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>взаимодействия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:kern w:val="0"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:kern w:val="0"/>
-[...36 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>структурных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подразделений (работников) услугодателя в процессе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...188 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1380 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10739" w:type="dxa"/>
-        <w:tblInd w:w="-828" w:type="dxa"/>
+        <w:tblW w:w="9606" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="510"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1805"/>
+        <w:gridCol w:w="534"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1560"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00495240" w:rsidRPr="009F2049" w:rsidTr="00495240">
+      <w:tr w:rsidR="00FE32C2" w:rsidRPr="003F1939" w:rsidTr="00650FAB">
         <w:trPr>
-          <w:trHeight w:val="236"/>
+          <w:trHeight w:val="256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10229" w:type="dxa"/>
+            <w:tcW w:w="9072" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
-[...6 lines deleted...]
-              <w:t>Негізгі процестің (жұмыс ағынының) іс-қимылы</w:t>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Действия основного процесса (поток работы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00495240" w:rsidRPr="00495240" w:rsidTr="00495240">
+      <w:tr w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidTr="00650FAB">
         <w:trPr>
-          <w:trHeight w:val="637"/>
+          <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
+            <w:r w:rsidRPr="00FE32C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
-[...6 lines deleted...]
-              <w:t>Іс-қимылдың (жұмыс ағынының) №</w:t>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>действия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>поток</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2566" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
+            <w:r w:rsidRPr="00FE32C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcW w:w="1275" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
+            <w:r w:rsidRPr="00FE32C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
+            <w:r w:rsidRPr="00FE32C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1262" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
+            <w:r w:rsidRPr="00FE32C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
+            <w:r w:rsidRPr="00FE32C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00495240" w:rsidRPr="00495240" w:rsidTr="00495240">
+      <w:tr w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidTr="00650FAB">
         <w:trPr>
-          <w:trHeight w:val="834"/>
+          <w:trHeight w:val="1130"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
+            <w:r w:rsidRPr="00FE32C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Құрылымдық бөлімшелер (қызметкерлер) </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Структурные</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>подразделения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>работники</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2566" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
-[...6 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сотрудник канцелярии услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcW w:w="1275" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Көрсетілетін қызметті берушінің басшысы </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
-[...6 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің жауапты орындаушысы</w:t>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ответственный исполнитель услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1262" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
-[...6 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1805" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
-[...6 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сотрудник</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>канцелярии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00495240" w:rsidRPr="00495240" w:rsidTr="00495240">
+      <w:tr w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidTr="00650FAB">
         <w:trPr>
-          <w:trHeight w:val="582"/>
+          <w:trHeight w:val="633"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
+            <w:r w:rsidRPr="00FE32C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
-[...74 lines deleted...]
-              <w:t>атауы және оны сипаттау</w:t>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2566" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
-[...6 lines deleted...]
-              <w:t>Көрсетілетін қызметті алушыдан алын-ған құжаттарды қабылдауды және тір-кеуді жүзеге асырады, құжаттардың көшірмелерін түпнұсқаларымен салыстырады және түпнұсқаларын көрсе-тілетін қызметті алушыға қайтарады</w:t>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Осуществляет прием и регистрацию полученных от услугополучателя документов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сверяет копии с оригиналами документов и возвращает оригиналы услугополучателю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcW w:w="1275" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рассматривает</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>определяет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ответственного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>исполнителя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оформляет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>проект</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE32C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>справки</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
-[...6 lines deleted...]
-              <w:t>Қарастырады және жауапты орындаушыны анықтайды</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рассматривает прое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кт  спр</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">авки и подписывает </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Регистрирует</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>справку</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidTr="00650FAB">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Анықтама жобасын рәсімдейді  </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="s0"/>
+                <w:rFonts w:eastAsia="Batang" w:cs="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE32C2" w:rsidRPr="003F1939" w:rsidTr="00650FAB">
+        <w:trPr>
+          <w:trHeight w:val="1668"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1262" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Қарастырады және жауапты орындаушыны анықтайды </w:t>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма завершения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1805" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00495240">
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выдача </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE32C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Анықтаманы тіркейді</w:t>
+              <w:t>расписки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о приеме документов и передача на рассмотрение руководителю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Резолюция</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Направление проекта справки на рассмотрение и подписание руководителю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Справка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Выдача результата государственной услуги услугополучателю</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00495240" w:rsidRPr="00495240" w:rsidTr="00495240">
+      <w:tr w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidTr="00650FAB">
         <w:trPr>
-          <w:trHeight w:val="267"/>
+          <w:trHeight w:val="565"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1702" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сроки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>исполнения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2566" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:highlight w:val="yellow"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Не более 15 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1257" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="1275" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:highlight w:val="yellow"/>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рабочий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>день</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рабочий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>день</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1262" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:highlight w:val="yellow"/>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рабочий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>день</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1805" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00495240" w:rsidRPr="00495240" w:rsidRDefault="00495240" w:rsidP="00F52C78">
+          <w:p w:rsidR="00FE32C2" w:rsidRPr="00FE32C2" w:rsidRDefault="00FE32C2" w:rsidP="00AB5188">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...28 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Не более 30 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00495240">
-[...5 lines deleted...]
-              <w:t>.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE32C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>минут</w:t>
             </w:r>
-          </w:p>
-[...357 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
-[...1 lines deleted...]
-        <w:pStyle w:val="a9"/>
+    <w:p w:rsidR="00134F75" w:rsidRPr="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...266 lines deleted...]
-    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF69D0" w:rsidRDefault="00DF69D0" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF69D0" w:rsidRDefault="00DF69D0" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00650FAB" w:rsidRDefault="00650FAB" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRPr="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предоставление бесплатного и льготного питания </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдельным категориям </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитанников в общеобразовательных школах»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRPr="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007162D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Диаграмма </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>взаимодействия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007162D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>структурных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007162D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подразделений (работников)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услугодателя в процессе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуги через портал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...139 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6076950" cy="2771775"/>
-[...1 lines deleted...]
-            <wp:docPr id="44" name="Рисунок 4"/>
+            <wp:extent cx="6070600" cy="2588895"/>
+            <wp:effectExtent l="19050" t="0" r="6350" b="0"/>
+            <wp:docPr id="15" name="Рисунок 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4"/>
+                    <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6076950" cy="2771775"/>
+                      <a:ext cx="6070600" cy="2588895"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="001708DC">
-[...267 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845C1B" w:rsidRDefault="00845C1B" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845C1B" w:rsidRDefault="00845C1B" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRPr="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="000F5FC2" w:rsidRPr="000F5FC2">
-[...90 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предоставление бесплатного и льготного питания </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...40 lines deleted...]
-    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдельным категориям </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитанников в общеобразовательных школах»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRPr="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...34 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справочник бизнес-процессов оказания государственной услуги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6076950" cy="3200400"/>
+            <wp:extent cx="6081395" cy="3536315"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-            <wp:docPr id="45" name="Рисунок 5"/>
+            <wp:docPr id="19" name="Рисунок 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 5"/>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:blip r:embed="rId10" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6076950" cy="3200400"/>
+                      <a:ext cx="6081395" cy="3536315"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F5FC2" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-      <w:pPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845C1B" w:rsidRDefault="00845C1B" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134F75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Условные обозначения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6076950" cy="3105150"/>
-[...1 lines deleted...]
-            <wp:docPr id="46" name="Рисунок 6"/>
+            <wp:extent cx="6068060" cy="3099435"/>
+            <wp:effectExtent l="19050" t="0" r="8890" b="0"/>
+            <wp:docPr id="21" name="Рисунок 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 6"/>
+                    <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print"/>
+                    <a:blip r:embed="rId11" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6076950" cy="3105150"/>
+                      <a:ext cx="6068060" cy="3099435"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F5FC2" w:rsidRPr="00B661F0" w:rsidRDefault="000F5FC2" w:rsidP="000F5FC2">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...181 lines deleted...]
-      <w:cols w:space="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRDefault="00134F75" w:rsidP="00134F75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845C1B" w:rsidRDefault="00845C1B" w:rsidP="00134F75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00845C1B" w:rsidSect="003D512D">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgMar w:top="1418" w:right="907" w:bottom="567" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="720" w:equalWidth="0">
+        <w:col w:w="9575"/>
+      </w:cols>
+      <w:noEndnote/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="360"/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BE0D8B" w:rsidRDefault="00BE0D8B" w:rsidP="00363490">
+    <w:p w:rsidR="00094975" w:rsidRDefault="00094975" w:rsidP="008B1A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BE0D8B" w:rsidRDefault="00BE0D8B" w:rsidP="00363490">
+    <w:p w:rsidR="00094975" w:rsidRDefault="00094975" w:rsidP="008B1A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BE0D8B" w:rsidRDefault="00BE0D8B" w:rsidP="00363490">
+    <w:p w:rsidR="00094975" w:rsidRDefault="00094975" w:rsidP="008B1A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BE0D8B" w:rsidRDefault="00BE0D8B" w:rsidP="00363490">
+    <w:p w:rsidR="00094975" w:rsidRDefault="00094975" w:rsidP="008B1A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="007007F8" w:rsidRDefault="00A95362">
+  <w:p w:rsidR="000F2BD2" w:rsidRPr="00FD7FAD" w:rsidRDefault="00D07402" w:rsidP="001D48FF">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
-[...13 lines deleted...]
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a4"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:lang w:val="en-US"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-  </w:p>
-[...22 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidRPr="00FD7FAD">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="000F2BD2" w:rsidRPr="00FD7FAD">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00FD7FAD">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00263912" w:rsidRPr="00263912">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00FD7FAD">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="065A4C5D"/>
+    <w:nsid w:val="05D31567"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2C5C1CAE"/>
-    <w:lvl w:ilvl="0" w:tplc="2526AFAE">
+    <w:tmpl w:val="D82EEB26"/>
+    <w:lvl w:ilvl="0" w:tplc="9014B650">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1065" w:hanging="1065"/>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="06AD46CD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F724B73E"/>
+    <w:lvl w:ilvl="0" w:tplc="9670E236">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="0DC022FB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DF0E9A9E"/>
+    <w:lvl w:ilvl="0" w:tplc="4EDE2B4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="12D63E29"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="37286AF2"/>
+    <w:lvl w:ilvl="0" w:tplc="6FFEDC98">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="15796783"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C35AEC00"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="928" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="1B35090E"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="1BF71994"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="19A2BD4E"/>
-[...1 lines deleted...]
-      <w:start w:val="3"/>
+    <w:tmpl w:val="928C80D0"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="21A1646B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F280A516"/>
+    <w:lvl w:ilvl="0" w:tplc="3326B890">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1744" w:hanging="1035"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="3F6D00D5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D6C009D4"/>
+    <w:lvl w:ilvl="0" w:tplc="7212BBDE">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1226" w:hanging="375"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="448D2908"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AF62CEC6"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="4FAC36B2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="336C0932"/>
+    <w:lvl w:ilvl="0" w:tplc="8D9E53BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-[...375 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-[...2 lines deleted...]
-  <w:num w:numId="3">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
-[...39 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="70"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="004D181E"/>
-[...84 lines deleted...]
-    <w:rsid w:val="00FA09AF"/>
+    <w:rsidRoot w:val="00E00401"/>
+    <w:rsid w:val="00002716"/>
+    <w:rsid w:val="00071783"/>
+    <w:rsid w:val="00074284"/>
+    <w:rsid w:val="00082B73"/>
+    <w:rsid w:val="00094975"/>
+    <w:rsid w:val="000D696D"/>
+    <w:rsid w:val="000F2BD2"/>
+    <w:rsid w:val="00134F75"/>
+    <w:rsid w:val="001373DA"/>
+    <w:rsid w:val="00147C04"/>
+    <w:rsid w:val="00152FA5"/>
+    <w:rsid w:val="00173A1C"/>
+    <w:rsid w:val="001D404E"/>
+    <w:rsid w:val="001D48FF"/>
+    <w:rsid w:val="001D4B29"/>
+    <w:rsid w:val="001D53F3"/>
+    <w:rsid w:val="0023049E"/>
+    <w:rsid w:val="00237048"/>
+    <w:rsid w:val="00263912"/>
+    <w:rsid w:val="00271B66"/>
+    <w:rsid w:val="00283A43"/>
+    <w:rsid w:val="002E7070"/>
+    <w:rsid w:val="002E7F7F"/>
+    <w:rsid w:val="00305215"/>
+    <w:rsid w:val="003D4846"/>
+    <w:rsid w:val="003D512D"/>
+    <w:rsid w:val="003D7BC6"/>
+    <w:rsid w:val="003F1939"/>
+    <w:rsid w:val="003F2239"/>
+    <w:rsid w:val="003F7061"/>
+    <w:rsid w:val="00405563"/>
+    <w:rsid w:val="0040687D"/>
+    <w:rsid w:val="004119A8"/>
+    <w:rsid w:val="00481156"/>
+    <w:rsid w:val="004E2177"/>
+    <w:rsid w:val="00544A3C"/>
+    <w:rsid w:val="00552EFE"/>
+    <w:rsid w:val="005A40AE"/>
+    <w:rsid w:val="005E260F"/>
+    <w:rsid w:val="005F0218"/>
+    <w:rsid w:val="006014CB"/>
+    <w:rsid w:val="00615693"/>
+    <w:rsid w:val="00627EA7"/>
+    <w:rsid w:val="006509A5"/>
+    <w:rsid w:val="00650FAB"/>
+    <w:rsid w:val="00693C54"/>
+    <w:rsid w:val="006C4848"/>
+    <w:rsid w:val="00705FA6"/>
+    <w:rsid w:val="007162D6"/>
+    <w:rsid w:val="00726425"/>
+    <w:rsid w:val="00755AFD"/>
+    <w:rsid w:val="00780D3F"/>
+    <w:rsid w:val="007D0DAB"/>
+    <w:rsid w:val="007E6913"/>
+    <w:rsid w:val="00835F7B"/>
+    <w:rsid w:val="00845C1B"/>
+    <w:rsid w:val="00850C75"/>
+    <w:rsid w:val="00867139"/>
+    <w:rsid w:val="00895B66"/>
+    <w:rsid w:val="008A5205"/>
+    <w:rsid w:val="008B1A7F"/>
+    <w:rsid w:val="008D2709"/>
+    <w:rsid w:val="008E538C"/>
+    <w:rsid w:val="009003BD"/>
+    <w:rsid w:val="00916682"/>
+    <w:rsid w:val="00987536"/>
+    <w:rsid w:val="00996EE7"/>
+    <w:rsid w:val="00A32E18"/>
+    <w:rsid w:val="00A33935"/>
+    <w:rsid w:val="00AB7C0F"/>
+    <w:rsid w:val="00AC5EC6"/>
+    <w:rsid w:val="00B001D9"/>
+    <w:rsid w:val="00B7672D"/>
+    <w:rsid w:val="00BF4248"/>
+    <w:rsid w:val="00C11F0C"/>
+    <w:rsid w:val="00C161D3"/>
+    <w:rsid w:val="00C16F5D"/>
+    <w:rsid w:val="00C41807"/>
+    <w:rsid w:val="00C453BA"/>
+    <w:rsid w:val="00CA6E71"/>
+    <w:rsid w:val="00CC1898"/>
+    <w:rsid w:val="00CC4B87"/>
+    <w:rsid w:val="00CE09E6"/>
+    <w:rsid w:val="00CF3097"/>
+    <w:rsid w:val="00D07402"/>
+    <w:rsid w:val="00D11DDB"/>
+    <w:rsid w:val="00D14765"/>
+    <w:rsid w:val="00D220FB"/>
+    <w:rsid w:val="00D7142D"/>
+    <w:rsid w:val="00DB09D0"/>
+    <w:rsid w:val="00DF69D0"/>
+    <w:rsid w:val="00E00401"/>
+    <w:rsid w:val="00E2588C"/>
+    <w:rsid w:val="00E66982"/>
+    <w:rsid w:val="00E7635E"/>
+    <w:rsid w:val="00E946E6"/>
+    <w:rsid w:val="00E9584F"/>
+    <w:rsid w:val="00EB6B9E"/>
+    <w:rsid w:val="00EC61BF"/>
+    <w:rsid w:val="00F309B2"/>
+    <w:rsid w:val="00F62D50"/>
+    <w:rsid w:val="00F814A2"/>
+    <w:rsid w:val="00FD2601"/>
+    <w:rsid w:val="00FE32C2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -6323,399 +8494,425 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="0055073C"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...22 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E00401"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Зн,Знак Знак1 Зн,Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E00401"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="708"/>
+      </w:tabs>
       <w:suppressAutoHyphens/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtejustify">
     <w:name w:val="rtejustify"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="004D181E"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="708"/>
       </w:tabs>
-      <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:kern w:val="0"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак1 Знак,Знак Знак1 Знак Знак1,Обычный (веб) Знак Знак Знак Знак1,Знак Знак1 Знак Знак Знак,Знак Знак1 Зн Знак"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00E00401"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...4 lines deleted...]
-    <w:rsid w:val="004D181E"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="3">
+    <w:name w:val="Основной текст (3)"/>
+    <w:rsid w:val="00E00401"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:b/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-      <w:kern w:val="1"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
+  <w:style w:type="character" w:styleId="ac">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AC5EC6"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ad"/>
-    <w:rsid w:val="00461EB5"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AC5EC6"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
-      <w:bCs/>
       <w:i/>
-      <w:iCs/>
-      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AC5EC6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
-[...3 lines deleted...]
-    <w:rsid w:val="00461EB5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:rsid w:val="001D48FF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...23 lines deleted...]
-    <w:rsid w:val="00872784"/>
   </w:style>
   <w:style w:type="table" w:styleId="af">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00E06D45"/>
+    <w:rsid w:val="00E2588C"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00134F75"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00134F75"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00627EA7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af0"/>
+    <w:rsid w:val="00627EA7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af1"/>
+    <w:link w:val="af3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008E677E"/>
+    <w:rsid w:val="00755AFD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af3">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af0"/>
+    <w:link w:val="af2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008E677E"/>
+    <w:rsid w:val="00755AFD"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...36 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6966,78 +9163,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AC7D648-BD5B-4589-B828-1A94CCF68747}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{929D4B4E-A3A7-4EA0-9ED8-CF4A17FB09B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>8470</Characters>
+  <Pages>7</Pages>
+  <Words>1467</Words>
+  <Characters>8362</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
+  <Lines>69</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9936</CharactersWithSpaces>
+  <CharactersWithSpaces>9810</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:creator>Пользователь Windows</dc:creator>
+  <dc:creator>Айнур</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>