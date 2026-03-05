--- v0 (2025-12-16)
+++ v1 (2026-03-05)
@@ -2,2072 +2,1830 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00184E4B" w:rsidRDefault="00184E4B" w:rsidP="004C3DD8">
+    <w:p w:rsidR="00184E4B" w:rsidRPr="00D577D0" w:rsidRDefault="00184E4B" w:rsidP="00D577D0">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="270" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Сочинение-эссе</w:t>
       </w:r>
-      <w:r w:rsidR="00DC7822">
-[...1 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidR="00DC7822" w:rsidRPr="00D577D0">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00184E4B" w:rsidRDefault="00716602" w:rsidP="009A57D4">
+    <w:p w:rsidR="00184E4B" w:rsidRPr="00D577D0" w:rsidRDefault="00582E12" w:rsidP="00D577D0">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="270" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="333333"/>
-[...7 lines deleted...]
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Слово об У</w:t>
+      </w:r>
+      <w:r w:rsidR="00716602" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чителе»</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC7822" w:rsidRPr="00D577D0">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00184E4B" w:rsidRPr="00184E4B" w:rsidRDefault="00184E4B" w:rsidP="00EB5A45">
-[...3 lines deleted...]
-        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="270" w:lineRule="atLeast"/>
+    <w:p w:rsidR="00D577D0" w:rsidRPr="00D577D0" w:rsidRDefault="00184E4B" w:rsidP="00D577D0">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:color w:val="333333"/>
-[...10 lines deleted...]
-        <w:t>Своим ежедневным кропотливым трудом вы приобщаете миллионы наших соотечественников к процессу познания мира, воспитываете высокообразованных, нравственных и патриотичных граждан, создаете перспективу для их профессионального становления, следовательно, закладываете фундамент будущего страны.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Своим ежедневным кропотливым трудом</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3DD8" w:rsidRDefault="00184E4B" w:rsidP="00EB5A45">
+    <w:p w:rsidR="00D577D0" w:rsidRPr="00D577D0" w:rsidRDefault="00184E4B" w:rsidP="00D577D0">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вы приобщаете миллионы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наших</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D577D0" w:rsidRPr="00D577D0" w:rsidRDefault="00184E4B" w:rsidP="00D577D0">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соотечественников к процессу познания мира,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D577D0" w:rsidRPr="00D577D0" w:rsidRDefault="00184E4B" w:rsidP="00D577D0">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспитываете высокообразованных, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D577D0" w:rsidRPr="00D577D0" w:rsidRDefault="00184E4B" w:rsidP="00D577D0">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нравственных и патриотичных граждан,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D577D0" w:rsidRPr="00D577D0" w:rsidRDefault="00184E4B" w:rsidP="00D577D0">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> создаете перспективу для их </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профессионального</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D577D0" w:rsidRPr="00D577D0" w:rsidRDefault="00184E4B" w:rsidP="00D577D0">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> становления, следовательно, закладываете</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00184E4B" w:rsidRPr="00D577D0" w:rsidRDefault="00184E4B" w:rsidP="00D577D0">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фундамент будущего страны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D577D0">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C3DD8" w:rsidRPr="00D577D0" w:rsidRDefault="00184E4B" w:rsidP="00D577D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...7 lines deleted...]
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Назарбаев Н.А.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00184E4B" w:rsidRDefault="004C3DD8" w:rsidP="00EB5A45">
+    <w:p w:rsidR="00184E4B" w:rsidRPr="00D577D0" w:rsidRDefault="004C3DD8" w:rsidP="00D577D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...7 lines deleted...]
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5 октября 2012 г.  Форум лучших педагогов Казахстана.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00184E4B" w:rsidRDefault="00184E4B" w:rsidP="00184E4B">
+    <w:p w:rsidR="00184E4B" w:rsidRPr="00D577D0" w:rsidRDefault="00184E4B" w:rsidP="00D577D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00184E4B" w:rsidRDefault="00184E4B" w:rsidP="00184E4B">
+    <w:p w:rsidR="00E7489E" w:rsidRPr="00D577D0" w:rsidRDefault="004D608F" w:rsidP="00D577D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...8 lines deleted...]
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="001E18E6">
-[...11 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidR="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00184E4B" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Кто он – современный учитель? </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00184E4B">
+      <w:r w:rsidR="00184E4B" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00184E4B" w:rsidRPr="00A82B1A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На мой взгляд, учитель сегод</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7489E" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00E7489E">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ня – это организатор</w:t>
+      </w:r>
+      <w:r w:rsidR="00184E4B" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00184E4B" w:rsidRPr="00A82B1A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, консультант, пар</w:t>
+      </w:r>
+      <w:r w:rsidR="00184E4B" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00184E4B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00184E4B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тнер,</w:t>
+      </w:r>
+      <w:r w:rsidR="00184E4B" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> собеседник, наставник, мас</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7489E" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00184E4B" w:rsidRPr="00A82B1A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тер,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00E7489E">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оратор,</w:t>
+      </w:r>
+      <w:r w:rsidR="00184E4B" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> единомышленник, что являет далеко не полный перечень сторон его деятельно</w:t>
+      </w:r>
+      <w:r w:rsidR="00184E4B" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...19 lines deleted...]
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>сти.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00184E4B" w:rsidRPr="00A82B1A">
+      <w:r w:rsidR="00184E4B" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> И всё же определяющей чертой настоящего учителя является сила его личности. Об этом образно говорит ученый В.А. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00184E4B" w:rsidRPr="00A82B1A">
+      <w:r w:rsidR="00184E4B" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Сластёнин</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00184E4B" w:rsidRPr="00A82B1A">
+      <w:r w:rsidR="00184E4B" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00184E4B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: «Личность учителя – это плодотворный луч солнца для молодой души, который ничем заменить невозможно…».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009537A6" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009537A6">
+    </w:p>
+    <w:p w:rsidR="0083510D" w:rsidRPr="00D577D0" w:rsidRDefault="004D608F" w:rsidP="00D577D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E18E6" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="001E18E6">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Личностные качества, конечно же, неотделимы от </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00A82B1A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профессиональных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Личностные качества, конечно же, неотделимы от </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Среди них: вла</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>дение предметом преподавания, методикой преподавания дисциплины, об</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1218" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>щая эрудиция,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогическое мастерство, организаторские умения и навыки, педа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t xml:space="preserve">гогический такт. Как одно из наиболее </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A82B1A">
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...4 lines deleted...]
-        <w:t>профессиональных</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>значимых</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A82B1A">
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00A82B1A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, а возможно, и самое главное – любовь к своему про</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:softHyphen/>
-        <w:t>дение предметом преподавания, методикой преподавания дисципл</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>фессиональному труду – качество, без которого не может быть педагога.    Слагаемые этого качества – добросовестность и самоотверженность, радость при достижении результатов, постоянно растущая требовательность к себе, к своей педагогической квалификации. Вместе с тем личность современного учителя во многом определяется высоким уров</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...163 lines deleted...]
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>нем культуры. Учитель всегда служит наглядным образцом для учащихся, образец этот должен быть своеобразным эталоном того, как принято и как следует себя вести.</w:t>
       </w:r>
-      <w:r w:rsidR="003B6AD5">
+      <w:r w:rsidR="003B6AD5" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
-[...15 lines deleted...]
-      <w:r w:rsidR="003B6AD5" w:rsidRPr="00EB5A45">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Об этом говорит и  глава нашего  государства Н.А. Назарбаев: </w:t>
+      </w:r>
+      <w:r w:rsidR="003B6AD5" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003B6AD5" w:rsidRPr="004C3DD8">
+      <w:r w:rsidR="003B6AD5" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>"Во все времена учитель всегда был истинным носителем нравственности, культуры, преданно</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003B6AD5" w:rsidRPr="00EB5A45">
+        <w:t>"Во все времена учитель всегда был истинным носителем нравственности, культуры, преданности своему делу".</w:t>
+      </w:r>
+      <w:r w:rsidR="009537A6" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>сти своему делу".</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">                                                                               </w:t>
       </w:r>
-      <w:r w:rsidR="009F5F91" w:rsidRPr="00EB5A45">
+      <w:r w:rsidR="009F5F91" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="009C69A1">
+      <w:r w:rsidR="009C69A1" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                       </w:t>
       </w:r>
-      <w:r w:rsidR="001F4F80">
+      <w:r w:rsidR="001F4F80" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidR="004E64D7" w:rsidRPr="004E64D7">
+      <w:r w:rsidR="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="004E64D7" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rStyle w:val="c3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Роль учителя в развитии общества всегда была чрезвычайно важной: ведь учителя были носителями знаний, которые передавали следующим поколениям. Задача учителя в обществе не изменилась и сейчас. Он так же, как и </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="004E64D7" w:rsidRPr="004E64D7">
+      <w:r w:rsidR="004E64D7" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rStyle w:val="c3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>тысячелетие</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="004E64D7" w:rsidRPr="004E64D7">
+      <w:r w:rsidR="004E64D7" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rStyle w:val="c3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> назад, должен донести своим ученикам полный круг знаний и умений, воспитать их сознательными, благополучными членами общества.</w:t>
       </w:r>
-      <w:r w:rsidR="009F5F91" w:rsidRPr="004E64D7">
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00536471" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="009F5F91" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Несомненно</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5F91" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,  хочется добавить о роли учителя-словесника, о том, что растет  необходимость изучения  казахского, русского, английского  языков,</w:t>
+      </w:r>
+      <w:r w:rsidR="007D041C" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> так как </w:t>
+      </w:r>
+      <w:r w:rsidR="009F5F91" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="009F5F91" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>повышается спрос на специалистов, которые ориентированы на формирование  поликультурной речи.</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5F91" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Молодому поколению нужно развиваться в разных направлениях, дабы поднять нашу страну на мировой уровень, и доказать, что наше государство способно конкурировать с другими странами.  А для этого требуются знания языков.</w:t>
+      </w:r>
+      <w:r w:rsidR="009537A6" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «К</w:t>
+      </w:r>
+      <w:r w:rsidR="007D041C" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аждый гражданин Казахстана должен знать, по крайней мере</w:t>
+      </w:r>
+      <w:r w:rsidR="007D041C" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007D041C" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  три языка: казахский, русский, английский</w:t>
+      </w:r>
+      <w:r w:rsidR="009537A6" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»,- отмечает глава нашего государства Н.А. Назарбаев.</w:t>
+      </w:r>
+      <w:r w:rsidR="007D041C" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вот почему программа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D041C" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полиязычия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007D041C" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> широко  внедряется  и реализуется </w:t>
+      </w:r>
+      <w:r w:rsidR="0083510D" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у нас в республике. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0083510D" w:rsidRDefault="001F4F80" w:rsidP="007D041C">
+    <w:p w:rsidR="0083510D" w:rsidRPr="00D577D0" w:rsidRDefault="007D041C" w:rsidP="00D577D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...180 lines deleted...]
-        <w:t xml:space="preserve"> Вот почему программа </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Знать иностранные языки - значит проложить дорогу к другим народам, увидеть, как они ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1DF9" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ивут и  о чем думают. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Я верю, что знание  языков поможет  мне в будущем свободно общаться с людьми разных национальностей, путешествовать  и развиваться, получать престижное образование.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB587E" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мне известна одна фраза: "Сколько языков ты знаешь, столько раз ты - человек". Знание языков требует современный мир. Ведь человеческие возможности безграничны. Главное - иметь сильное желание и стремление. Например, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="007D041C">
-[...15 lines deleted...]
-        <w:t>я</w:t>
+      <w:r w:rsidR="00AB587E" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жангир</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="007D041C">
-[...24 lines deleted...]
-        <w:t xml:space="preserve">у нас в республике. </w:t>
+      <w:r w:rsidR="00AB587E" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хан знал пять, а Аль-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AB587E" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Фараби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB587E" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> около семидесяти языков. Если я буду знать много языков, я буду востребованным   специалистом. Я смогу читать книги в оригинале и четко понимать истинный замысел автора.   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0083510D" w:rsidRDefault="007D041C" w:rsidP="0083510D">
+    <w:p w:rsidR="006919DF" w:rsidRPr="00D577D0" w:rsidRDefault="006919DF" w:rsidP="00D577D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...205 lines deleted...]
-        <w:t xml:space="preserve"> около семидесяти языков. Если я буду знать много языков, я буду востребованным   специалистом. Я смогу читать книги в оригинале и четко понимать истинный замысел автора.   </w:t>
+          <w:rStyle w:val="c3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rStyle w:val="c3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="001F4F80" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rStyle w:val="c3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rStyle w:val="c3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Я принадлежу к тем молодым людям, о которых говорят, что им повезло. Мне повезло с хорошими учителями. В школе, где я учусь,  педагоги  дают нам не только </w:t>
+      </w:r>
+      <w:r w:rsidR="007D041C" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rStyle w:val="c3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">знания по предмету, но и  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rStyle w:val="c3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">важнейшие жизненные уроки: уроки  добра, порядочности, честности, любви к своей земле. Но главное, что я получаю  от них - это желание учиться дальше, так как сами знания, по их словам, будут моей опорой в жизни, основой моего профессионального успеха, личного </w:t>
+      </w:r>
+      <w:r w:rsidR="009537A6" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rStyle w:val="c3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>счастья. И я им очень признатель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rStyle w:val="c3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="009537A6" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rStyle w:val="c3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rStyle w:val="c3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за это. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006919DF" w:rsidRPr="0083510D" w:rsidRDefault="006919DF" w:rsidP="0083510D">
-[...102 lines deleted...]
-    <w:p w:rsidR="0083510D" w:rsidRDefault="001E18E6" w:rsidP="0067072D">
+    <w:p w:rsidR="0083510D" w:rsidRPr="00D577D0" w:rsidRDefault="001E18E6" w:rsidP="00D577D0">
       <w:pPr>
         <w:pStyle w:val="c1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0083510D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rStyle w:val="c3"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidR="0067072D">
+      <w:r w:rsidR="0067072D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rStyle w:val="c3"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Особые слова хочется сказать об учителе</w:t>
       </w:r>
-      <w:r w:rsidR="0083510D">
+      <w:r w:rsidR="0083510D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rStyle w:val="c3"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> англи</w:t>
       </w:r>
-      <w:r w:rsidR="0067072D">
+      <w:r w:rsidR="0067072D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rStyle w:val="c3"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">йского языка </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0067072D">
+      <w:r w:rsidR="0067072D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rStyle w:val="c3"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Оразалиновой</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0067072D">
+      <w:r w:rsidR="0067072D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rStyle w:val="c3"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0067072D">
+      <w:r w:rsidR="0067072D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rStyle w:val="c3"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Камил</w:t>
       </w:r>
-      <w:r w:rsidR="0083510D">
+      <w:r w:rsidR="0083510D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rStyle w:val="c3"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>е</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0083510D">
+      <w:r w:rsidR="0083510D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rStyle w:val="c3"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0083510D">
+      <w:r w:rsidR="0083510D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rStyle w:val="c3"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Амангельдыевне</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0067072D">
+      <w:r w:rsidR="0067072D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rStyle w:val="c3"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0067072D">
+      <w:r w:rsidR="0067072D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  Она - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00716602">
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>яркая личность</w:t>
       </w:r>
-      <w:r w:rsidR="00F42AB2" w:rsidRPr="00716602">
+      <w:r w:rsidR="00F42AB2" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00716602">
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F42AB2" w:rsidRPr="00716602">
+      <w:r w:rsidR="00F42AB2" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">идя рядом с </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00F42AB2" w:rsidRPr="00716602">
+      <w:r w:rsidR="00F42AB2" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ней</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00F42AB2" w:rsidRPr="00716602">
+      <w:r w:rsidR="00F42AB2" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A82B1A">
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> рука об руку по пути познания, </w:t>
       </w:r>
-      <w:r w:rsidR="00F42AB2" w:rsidRPr="00716602">
+      <w:r w:rsidR="00F42AB2" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">мы, ее </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A82B1A">
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ученики</w:t>
       </w:r>
-      <w:r w:rsidR="00F42AB2" w:rsidRPr="00716602">
+      <w:r w:rsidR="00F42AB2" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, постигаем </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A82B1A">
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сущность разумного, вечного, доброго.</w:t>
       </w:r>
-      <w:r w:rsidR="0067072D">
+      <w:r w:rsidR="0067072D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  На ее уроках </w:t>
       </w:r>
-      <w:r w:rsidR="0083510D">
+      <w:r w:rsidR="0083510D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A82B1A">
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> царит дух настоящего творческого поиска, где возможен любой неожиданный поворот в рассмотре</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A82B1A">
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:softHyphen/>
-        <w:t>нии темы. Но учитель в этом по</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">иске не </w:t>
+        <w:t xml:space="preserve">нии темы. Но учитель в этом поиске не </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00716602">
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>над</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00716602">
-[...34 lines deleted...]
-      <w:r w:rsidR="00F42AB2" w:rsidRPr="00716602">
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а рядом с нами, видит глаза каждого из нас, глубоко чувствует настрой. Мастерски обозначая гра</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42AB2" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ни проблемы,</w:t>
       </w:r>
-      <w:r w:rsidR="00716602" w:rsidRPr="00716602">
+      <w:r w:rsidR="00716602" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F42AB2" w:rsidRPr="00716602">
+      <w:r w:rsidR="00F42AB2" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">она </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A82B1A">
-[...20 lines deleted...]
-      <w:r w:rsidR="0067072D">
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тонко приглашает нас к диалогу, в процессе которо</w:t>
+      </w:r>
+      <w:r w:rsidR="0067072D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>го дорожит мнением каждо</w:t>
       </w:r>
-      <w:r w:rsidR="0067072D">
+      <w:r w:rsidR="0067072D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t xml:space="preserve">го. </w:t>
       </w:r>
-      <w:r w:rsidR="00F42AB2" w:rsidRPr="00716602">
-[...13 lines deleted...]
-      <w:r w:rsidR="0067072D">
+      <w:r w:rsidR="00F42AB2" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Её профессиональные знания и навыки – лишь инструмент, которым она умело по</w:t>
+      </w:r>
+      <w:r w:rsidR="0067072D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">льзуется.  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0067072D">
+      <w:r w:rsidR="0067072D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Камила</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0067072D">
+      <w:r w:rsidR="0067072D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0067072D">
+      <w:r w:rsidR="0067072D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Амангельдыевна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0067072D">
+      <w:r w:rsidR="0067072D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00716602" w:rsidRPr="00716602">
+      <w:r w:rsidR="00716602" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">приходит  </w:t>
       </w:r>
-      <w:r w:rsidR="00F42AB2" w:rsidRPr="00A82B1A">
+      <w:r w:rsidR="00F42AB2" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> на урок, чтобы в о</w:t>
       </w:r>
-      <w:r w:rsidR="00716602" w:rsidRPr="00716602">
+      <w:r w:rsidR="00716602" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">чередной раз пережить то, что </w:t>
       </w:r>
-      <w:r w:rsidR="00F42AB2" w:rsidRPr="00A82B1A">
+      <w:r w:rsidR="00F42AB2" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> несёт</w:t>
       </w:r>
-      <w:r w:rsidR="00716602" w:rsidRPr="00716602">
+      <w:r w:rsidR="00716602" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> нам, </w:t>
       </w:r>
-      <w:r w:rsidR="00F42AB2" w:rsidRPr="00A82B1A">
+      <w:r w:rsidR="00F42AB2" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> своим</w:t>
       </w:r>
-      <w:r w:rsidR="00716602" w:rsidRPr="00716602">
+      <w:r w:rsidR="00716602" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> воспитанникам, и сделать с нами</w:t>
       </w:r>
-      <w:r w:rsidR="00F42AB2" w:rsidRPr="00A82B1A">
-[...20 lines deleted...]
-      <w:r w:rsidR="00F42AB2" w:rsidRPr="00A82B1A">
+      <w:r w:rsidR="00F42AB2" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> новые открытия. Она не боится перемен, непростых вопросов, на которые порой не бывает го</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42AB2" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>товых ответов.</w:t>
       </w:r>
-      <w:r w:rsidR="00D761C8" w:rsidRPr="00D761C8">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00D761C8" w:rsidRPr="00D577D0">
+        <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D761C8" w:rsidRPr="00A82B1A">
-[...37 lines deleted...]
-        <w:t xml:space="preserve">Все её уроки проходят  за одно мгновение. </w:t>
+      <w:r w:rsidR="00D761C8" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Овладеть иностранным языком – это, конечно, увлекательное, но и трудное дело. Порой я удивляюсь, как это учитель  знает английский как свои пят</w:t>
+      </w:r>
+      <w:r w:rsidR="00011DEA" w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ь пальцев. Все её уроки проходят  за одно мгновение. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5A45" w:rsidRDefault="001F4F80" w:rsidP="00EB5A45">
+    <w:p w:rsidR="00EB5A45" w:rsidRPr="00D577D0" w:rsidRDefault="001F4F80" w:rsidP="00D577D0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="0067072D">
+      <w:r w:rsidR="0067072D" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EB5A45">
+      <w:r w:rsidR="00EB5A45" w:rsidRPr="00D577D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>И в заключении хочется процитировать следующие строки:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0083510D" w:rsidRPr="0083510D" w:rsidRDefault="0083510D" w:rsidP="0083510D">
+    <w:p w:rsidR="0083510D" w:rsidRPr="00D577D0" w:rsidRDefault="0083510D" w:rsidP="00D577D0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0083510D">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>И в трудный, и даже в стремительный час</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0083510D">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="0083510D">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Б</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0083510D">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ез языка нам всем не прожить!</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083510D">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="0083510D">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Вы нас учили основам природы,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083510D">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="0083510D">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Как правильно слово на слово сказать.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083510D">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="0083510D">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Вы нас учили уму и свободе,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083510D">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="0083510D">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00D577D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Вы нас учили мир познавать!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E18E6" w:rsidRPr="00A82B1A" w:rsidRDefault="001E18E6" w:rsidP="001E18E6">
+    <w:p w:rsidR="001E18E6" w:rsidRPr="00D577D0" w:rsidRDefault="001E18E6" w:rsidP="00D577D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DC2F7E" w:rsidRPr="00EB5A45" w:rsidRDefault="00DC2F7E">
+    <w:p w:rsidR="00DC2F7E" w:rsidRDefault="00DC2F7E" w:rsidP="00D577D0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00DC2F7E" w:rsidRPr="00EB5A45" w:rsidSect="00AD4DB1">
+    <w:p w:rsidR="00582E12" w:rsidRDefault="00582E12" w:rsidP="00D577D0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00582E12" w:rsidRDefault="00582E12" w:rsidP="00D577D0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00582E12" w:rsidRDefault="00582E12" w:rsidP="00D577D0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00582E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащегося: Мурат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Асель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00582E12" w:rsidRDefault="00582E12" w:rsidP="00D577D0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00582E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Класс:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00582E12" w:rsidRPr="00D577D0" w:rsidRDefault="00582E12" w:rsidP="00D577D0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00582E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О. учителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Топанова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г.Т., учитель </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>усского языка и литературы</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00582E12" w:rsidRPr="00D577D0" w:rsidSect="00AD4DB1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2559,80 +2317,82 @@
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00397A96"/>
     <w:rsid w:val="00011DEA"/>
     <w:rsid w:val="00051885"/>
     <w:rsid w:val="000573AC"/>
     <w:rsid w:val="001007BA"/>
     <w:rsid w:val="00160300"/>
     <w:rsid w:val="00184E4B"/>
     <w:rsid w:val="001A61A2"/>
     <w:rsid w:val="001E18E6"/>
     <w:rsid w:val="001F4F80"/>
     <w:rsid w:val="00207EFC"/>
     <w:rsid w:val="00245466"/>
     <w:rsid w:val="00364F27"/>
     <w:rsid w:val="00397A96"/>
     <w:rsid w:val="003B6AD5"/>
     <w:rsid w:val="00411403"/>
     <w:rsid w:val="00412548"/>
     <w:rsid w:val="004B6A9A"/>
     <w:rsid w:val="004C3DD8"/>
     <w:rsid w:val="004D608F"/>
     <w:rsid w:val="004E64D7"/>
     <w:rsid w:val="00536471"/>
+    <w:rsid w:val="00582E12"/>
     <w:rsid w:val="0067072D"/>
     <w:rsid w:val="006919DF"/>
     <w:rsid w:val="00716602"/>
     <w:rsid w:val="00781232"/>
     <w:rsid w:val="007B1218"/>
     <w:rsid w:val="007B7719"/>
     <w:rsid w:val="007D041C"/>
     <w:rsid w:val="00831A38"/>
     <w:rsid w:val="0083510D"/>
     <w:rsid w:val="008640C1"/>
     <w:rsid w:val="009537A6"/>
     <w:rsid w:val="00987A68"/>
     <w:rsid w:val="009A57D4"/>
     <w:rsid w:val="009B2322"/>
     <w:rsid w:val="009C69A1"/>
     <w:rsid w:val="009D5C1C"/>
     <w:rsid w:val="009F5F91"/>
     <w:rsid w:val="00A44F5D"/>
     <w:rsid w:val="00A82B1A"/>
     <w:rsid w:val="00AB587E"/>
     <w:rsid w:val="00AD4DB1"/>
     <w:rsid w:val="00AD5DA0"/>
     <w:rsid w:val="00AF1DF9"/>
     <w:rsid w:val="00B46090"/>
     <w:rsid w:val="00BA2BF4"/>
     <w:rsid w:val="00C036B7"/>
     <w:rsid w:val="00C203D7"/>
     <w:rsid w:val="00C55194"/>
     <w:rsid w:val="00D36272"/>
     <w:rsid w:val="00D501F7"/>
+    <w:rsid w:val="00D577D0"/>
     <w:rsid w:val="00D70D66"/>
     <w:rsid w:val="00D761C8"/>
     <w:rsid w:val="00DC2F7E"/>
     <w:rsid w:val="00DC7822"/>
     <w:rsid w:val="00E7489E"/>
     <w:rsid w:val="00EB5A45"/>
     <w:rsid w:val="00ED6626"/>
     <w:rsid w:val="00F42AB2"/>
     <w:rsid w:val="00F5770E"/>
     <w:rsid w:val="00F601F0"/>
     <w:rsid w:val="00FB6159"/>
     <w:rsid w:val="00FC59DE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -2923,50 +2683,59 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A82B1A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A82B1A"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D577D0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -3758,78 +3527,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60EA5EAB-41A5-485E-8779-8CC903247FD8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A04093D-5A06-48D5-BF67-DE85596C79F1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4770</Characters>
+  <Pages>3</Pages>
+  <Words>865</Words>
+  <Characters>4932</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
+  <Lines>41</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5595</CharactersWithSpaces>
+  <CharactersWithSpaces>5786</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>