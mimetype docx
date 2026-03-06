--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -1,1522 +1,1227 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00196489" w:rsidRDefault="008F7B64" w:rsidP="001A3365">
+    <w:p w:rsidR="00D102B8" w:rsidRPr="00E803C3" w:rsidRDefault="00D102B8" w:rsidP="00A86CEA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
-        <w:rPr>
-[...39 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>БЕКІТЕМІ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E803C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t xml:space="preserve">Н      </w:t>
       </w:r>
-      <w:r w:rsidR="00D102B8">
-[...33 lines deleted...]
-      <w:r w:rsidR="00196489">
+      <w:r w:rsidRPr="00E803C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
-      <w:r w:rsidR="00196489">
+      <w:r w:rsidRPr="00E803C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00196489">
+      <w:r w:rsidRPr="00E803C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00196489">
+      <w:r w:rsidRPr="00E803C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">      </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00945BC0" w:rsidRPr="00B9319E" w:rsidRDefault="0015363B" w:rsidP="00945BC0">
+    <w:p w:rsidR="00D102B8" w:rsidRPr="00E803C3" w:rsidRDefault="00D102B8" w:rsidP="00A86CEA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E803C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">УТВЕРЖДАЮ     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E803C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E803C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D102B8" w:rsidRPr="00B9319E" w:rsidRDefault="00D102B8" w:rsidP="00A86CEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00945BC0">
-[...7 lines deleted...]
-      <w:r w:rsidR="00945BC0">
+      <w:r w:rsidRPr="00B9319E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Павлодар қаласы №20 лицей- мектебі» ММ</w:t>
+        <w:t xml:space="preserve">Директор </w:t>
       </w:r>
-      <w:r w:rsidR="00945BC0" w:rsidRPr="00B9319E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>ГУ «</w:t>
       </w:r>
-      <w:r w:rsidR="00945BC0">
+      <w:r w:rsidRPr="00B9319E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>директоры</w:t>
+        <w:t>Ш</w:t>
       </w:r>
-      <w:r w:rsidR="00945BC0" w:rsidRPr="00B9319E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                               </w:t>
+        <w:t xml:space="preserve">кола-лицей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9319E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 20 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9319E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D102B8" w:rsidRDefault="00945BC0" w:rsidP="00945BC0">
+    <w:p w:rsidR="00D102B8" w:rsidRDefault="00D102B8" w:rsidP="00A86CEA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidR="00D102B8" w:rsidRPr="00B9319E">
+      <w:r w:rsidRPr="00B9319E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______</w:t>
+        <w:t xml:space="preserve"> _______</w:t>
       </w:r>
-      <w:r w:rsidR="00D102B8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">__________                     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D102B8" w:rsidRDefault="00945BC0" w:rsidP="00127AC8">
+    <w:p w:rsidR="00D102B8" w:rsidRDefault="00D102B8" w:rsidP="00127AC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9319E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">      Г.Т. Топанова</w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00127AC8" w:rsidRPr="00127AC8" w:rsidRDefault="00127AC8" w:rsidP="00127AC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Г.Т. Топанова</w:t>
-[...11 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00945BC0" w:rsidRPr="00945BC0" w:rsidRDefault="00945BC0" w:rsidP="00945BC0">
+    <w:p w:rsidR="00D102B8" w:rsidRPr="001A3365" w:rsidRDefault="00D102B8" w:rsidP="00D102B8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00945BC0">
+      <w:r w:rsidRPr="001A3365">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Негізгі орта білім беру курсы үшін 9</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">График государственной итоговой аттестации  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>А</w:t>
+        </w:rPr>
+        <w:t>9 «А</w:t>
       </w:r>
-      <w:r w:rsidRPr="00945BC0">
+      <w:r w:rsidRPr="001A3365">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>» класса</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00F00381" w:rsidRDefault="00D102B8" w:rsidP="00A86CEA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00945BC0">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A3365">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>аттестаци</w:t>
+        </w:rPr>
+        <w:t>за курс основного среднего образования</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00127AC8" w:rsidRPr="00A86CEA" w:rsidRDefault="00127AC8" w:rsidP="00A86CEA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
-        <w:tblW w:w="10207" w:type="dxa"/>
+        <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-601" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2269"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="1113"/>
-        <w:gridCol w:w="4699"/>
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="4841"/>
+        <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidTr="00196489">
+      <w:tr w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidTr="005736D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005736D4" w:rsidRPr="00C751B3" w:rsidRDefault="00C751B3" w:rsidP="00D81F6A">
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-              <w:t>әні</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7B64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Предмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2388" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="005736D4" w:rsidRDefault="00C751B3" w:rsidP="00D81F6A">
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00196489" w:rsidRPr="00C751B3" w:rsidRDefault="00196489" w:rsidP="00D81F6A">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7B64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дата </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и время </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7B64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>проведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4841" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="005736D4" w:rsidRPr="00C751B3" w:rsidRDefault="00C751B3" w:rsidP="00D81F6A">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7B64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Состав</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Емтихан </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7B64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экзаменационной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7B64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кабинет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidTr="005736D4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F7B64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F7B64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и литература</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(диктант)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>30 мая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1113" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D102B8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>09.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4841" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00F00381">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Председатель:    Сулейман Р.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00F00381">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Экзаменатор:     </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>комисси</w:t>
+              <w:t>Темирбулатова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          </w:tcPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00F00381">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Члены комиссии:</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нуралина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> З.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00F00381">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>320</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidTr="005736D4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRPr="00F83241" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(письменно)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>кабинет</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 июня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1113" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D102B8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>09.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4841" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00F00381">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Председатель:    Сулейман Р.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00F00381">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Экзаменатор:     Харитонович Т.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00F00381">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Члены комиссии:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жиренова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00F00381">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidTr="00196489">
+      <w:tr w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidTr="005736D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005736D4" w:rsidRPr="00C751B3" w:rsidRDefault="00C751B3" w:rsidP="00D81F6A">
-[...18 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F83241">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> язык и литература</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRPr="00F83241" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(устно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...18 lines deleted...]
-          </w:tcPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7 июня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1113" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D102B8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>09.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4841" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00F00381">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Председатель:    Сулейман Р.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00F00381">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Экзаменатор:      Сулейменова С.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00F00381">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Члены комиссии:</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:jc w:val="both"/>
-[...846 lines deleted...]
-            <w:r w:rsidR="005736D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жунусова Ж.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4">
             <w:r w:rsidRPr="00F4798E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidTr="00196489">
+      <w:tr w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidTr="005736D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005736D4" w:rsidRPr="00C751B3" w:rsidRDefault="00C751B3" w:rsidP="00D81F6A">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Қоғамтану негіздері </w:t>
+          <w:p w:rsidR="005736D4" w:rsidRPr="00F83241" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Основа обществознания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005736D4" w:rsidRPr="00163B92" w:rsidRDefault="005736D4" w:rsidP="00283F2B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00163B92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12 июня</w:t>
             </w:r>
             <w:r>
@@ -1543,242 +1248,170 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005736D4" w:rsidRDefault="00A86CEA">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9.00-11</w:t>
             </w:r>
             <w:r w:rsidR="005736D4" w:rsidRPr="00F83BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4699" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+            <w:tcW w:w="4841" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Председатель:      Сулейман Р.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Экзаменатор:       </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00196489">
-[...5 lines deleted...]
-              <w:t>Сма</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Смагулова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00196489">
-[...35 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Члены комиссии:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00574EA1">
-[...5 lines deleted...]
-              <w:t>омисси</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тлеубекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00574EA1">
-[...43 lines deleted...]
-            <w:r w:rsidR="005736D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4">
             <w:r w:rsidRPr="00F4798E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidTr="00196489">
+      <w:tr w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidTr="005736D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005736D4" w:rsidRPr="00163B92" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00163B92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1815,483 +1448,363 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005736D4" w:rsidRDefault="00A86CEA">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9.00-11</w:t>
             </w:r>
             <w:r w:rsidR="005736D4" w:rsidRPr="00F83BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4699" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+            <w:tcW w:w="4841" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Председатель:       Сулейман Р.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Экзаменатор:        </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005736D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Молдабаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005736D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.К.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005736D4" w:rsidRPr="00EE78C0" w:rsidRDefault="00EE78C0" w:rsidP="00D81F6A">
-[...16 lines deleted...]
-              <w:t>К</w:t>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Члены комиссии:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048237B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Харитонович Т.И.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="00A86CEA">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>321</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidTr="005736D4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRPr="00130F8C" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12 июня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1113" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="00A86CEA">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="005736D4" w:rsidRPr="00F83BB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.00-12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4841" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00283F2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Председатель:      Сулейман Р.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00283F2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Экзаменатор:       </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00574EA1">
-[...5 lines deleted...]
-              <w:t>омисси</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подлесная</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00574EA1">
-[...81 lines deleted...]
-              <w:t>ғылшын тілі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.Н.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00283F2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Члены комиссии:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:jc w:val="both"/>
-[...120 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005736D4">
-[...5 lines deleted...]
-              <w:t>Подлесная</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оразалинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005736D4">
-[...73 lines deleted...]
-            <w:r w:rsidR="005736D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> К.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4">
             <w:r w:rsidRPr="00F4798E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidTr="00196489">
+      <w:tr w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidTr="005736D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Биология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2321,217 +1834,170 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005736D4" w:rsidRDefault="00A86CEA">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidR="005736D4" w:rsidRPr="00F83BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.00-12.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4699" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:tcW w:w="4841" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Председатель:      Сулейман Р.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Экзаменатор:        </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005736D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Шарапиденова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005736D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Т.Ж.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005736D4" w:rsidRPr="00EE78C0" w:rsidRDefault="00EE78C0" w:rsidP="00D81F6A">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Члены комиссии:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00574EA1">
-[...5 lines deleted...]
-              <w:t>омисси</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Шакирт</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00574EA1">
-[...35 lines deleted...]
-            <w:r w:rsidR="005736D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4">
             <w:r w:rsidRPr="00F4798E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidTr="00196489">
+      <w:tr w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidTr="005736D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>География</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2552,193 +2018,146 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">12 июня </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4">
             <w:r w:rsidRPr="00F83BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9.00-12.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4699" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+            <w:tcW w:w="4841" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00283F2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Председатель:      Сулейман Р.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00283F2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Экзаменатор:       </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005736D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жакупов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005736D4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> М.О.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005736D4" w:rsidRPr="00EE78C0" w:rsidRDefault="00EE78C0" w:rsidP="00D81F6A">
-[...54 lines deleted...]
-            <w:r w:rsidR="005736D4">
+          <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4" w:rsidP="00283F2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Члены комиссии:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005736D4" w:rsidRPr="008F7B64" w:rsidRDefault="005736D4" w:rsidP="00D81F6A">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Омаров Д.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005736D4" w:rsidRDefault="005736D4">
             <w:r w:rsidRPr="00F4798E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00F00381" w:rsidRPr="008F7B64" w:rsidRDefault="00F00381" w:rsidP="005736D4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2772,69 +2191,62 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008F7B64"/>
     <w:rsid w:val="00127AC8"/>
     <w:rsid w:val="00130F8C"/>
-    <w:rsid w:val="0015363B"/>
     <w:rsid w:val="00163B92"/>
-    <w:rsid w:val="00196489"/>
     <w:rsid w:val="001A3365"/>
     <w:rsid w:val="00283F2B"/>
     <w:rsid w:val="005736D4"/>
-    <w:rsid w:val="00574EA1"/>
-    <w:rsid w:val="00633835"/>
+    <w:rsid w:val="006B33AB"/>
     <w:rsid w:val="00781240"/>
     <w:rsid w:val="008F7B64"/>
-    <w:rsid w:val="00945BC0"/>
     <w:rsid w:val="00A020FB"/>
     <w:rsid w:val="00A86CEA"/>
     <w:rsid w:val="00A92515"/>
-    <w:rsid w:val="00BD251A"/>
-    <w:rsid w:val="00C751B3"/>
     <w:rsid w:val="00D102B8"/>
     <w:rsid w:val="00E54BB5"/>
-    <w:rsid w:val="00EE78C0"/>
     <w:rsid w:val="00F00381"/>
     <w:rsid w:val="00F83241"/>
     <w:rsid w:val="00FE5855"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -3276,51 +2688,50 @@
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -3579,77 +2990,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22B2E0A6-C8E2-4AAB-9890-8C42887F20DC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5ACC8992-2291-4E81-B3F9-FF215B637409}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>211</Words>
-  <Characters>1209</Characters>
+  <Words>227</Words>
+  <Characters>1294</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1418</CharactersWithSpaces>
+  <CharactersWithSpaces>1518</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>