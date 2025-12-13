--- v0 (2025-12-13)
+++ v1 (2025-12-13)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00F1362D" w:rsidRDefault="00F1362D" w:rsidP="00FE544C">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -34,1461 +35,1611 @@
     </w:p>
     <w:p w:rsidR="00F1362D" w:rsidRDefault="00F1362D" w:rsidP="00FE544C">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE544C" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...37 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000976D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3753">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003159D7">
+        <w:t>8,10</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3753">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сынып оқушылардың бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DD3753">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> классов</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DD3753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ім сапасын және ынталандыру деңгейлерін жоғарлату</w:t>
       </w:r>
       <w:r w:rsidRPr="000976D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>».</w:t>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атты әрекет ұйымдастырушылық жоба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000976D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="000976D3">
+      <w:r w:rsidR="00DD3753">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Подготовка к проекту:</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жобаға дайындық</w:t>
       </w:r>
       <w:r w:rsidRPr="000976D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  анализы </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000976D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">стартовых </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000976D3">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3753">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>контрольных работ, выявление сильных и слабых сторон учащихся (что умеют, что не умеют), анкетирование учащихся, учителей, родителей.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алғашқы бақылау жұмыстарының талдаулары, оқушылардың күшті және әлсіз жақтарын анықтау (не біледі, нені білмейді), оқушылармен, ата-аналармен және мұғаләмдермен сауалнама өткізу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00DD3753" w:rsidP="00FE544C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000976D3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000976D3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мәселе</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жаңадан ашылған сыныптардың білім сапасы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00DD3753" w:rsidP="00FE544C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000976D3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t>: сформировать мотивацию у каждого учащегося, включить каждого ученика в учебный процесс.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мақсаты</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әр оқушының ынталандыру деңгейін жоғарлату, әр оқушыны оқу үдірісіне тарту.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00DD3753" w:rsidP="00FE544C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000976D3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-        <w:t xml:space="preserve">Задачи: </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Міндеттері</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00DD3753" w:rsidP="00FE544C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000976D3">
-[...15 lines deleted...]
-        <w:t>Повысить квалификацию учителей по включенности в учебный процесс каждого ученика.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалімдердің бірлескен әрекеттерін ұйымдастыру. Әр оқушыны оқу үдірісіне тарту жөнінде мұғалімдердің біліктілігін жоғарлату.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00DD3753" w:rsidP="00DD3753">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бірлескен әрекетке оқушыларды енгізу.</w:t>
+      </w:r>
       <w:r w:rsidRPr="000976D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Вовлечь в сотрудничество учащихся.</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10730" w:type="dxa"/>
         <w:tblInd w:w="-841" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="665"/>
         <w:gridCol w:w="3544"/>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="2358"/>
         <w:gridCol w:w="1643"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidTr="00F1362D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Содержание </w:t>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="00DD3753" w:rsidRDefault="00DD3753" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Ожидаемый результат </w:t>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00DD3753" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Күтілетін нәтиже</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Ответственные </w:t>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000A00BB" w:rsidRDefault="000A00BB" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жауапты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Дата </w:t>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000A00BB" w:rsidRDefault="000A00BB" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidTr="00F1362D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE544C" w:rsidRPr="00F1362D" w:rsidRDefault="00F1362D" w:rsidP="00F1362D">
+          <w:p w:rsidR="00FE544C" w:rsidRPr="00F1362D" w:rsidRDefault="000A00BB" w:rsidP="00F1362D">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="833" w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F1362D">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00F1362D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бірінші міндеті</w:t>
+            </w:r>
+            <w:r w:rsidR="00F1362D" w:rsidRPr="00F1362D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="000A00BB" w:rsidP="00FE544C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000976D3">
-[...6 lines deleted...]
-          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдер арасынан белсенді топты құрастыру</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="000A00BB" w:rsidP="00FE544C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000976D3">
-[...6 lines deleted...]
-          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Белсенді топтың жұмыс жоспарын құрастыру</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="000A00BB" w:rsidP="00FE544C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000976D3">
-[...30 lines deleted...]
-          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+            <w:r w:rsidRPr="000A00BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КОО</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> түрлі әдістемелеріимен танысу жөнінде теориялық семинар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="000A00BB" w:rsidP="00FE544C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000976D3">
-[...6 lines deleted...]
-          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тәжірибе бойынша педагогикалық шеберханаларды құрастыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="000A00BB" w:rsidP="00FE544C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000976D3">
-[...3 lines deleted...]
-              <w:t>Совместное посещение уроков с целью опыта по новым методикам.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаңа әдістер бойынша тәжірибені өткізу мақсатымен сабақтарға бірлесіп қатысу.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000976D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Совместное обсуждение трудностей и их ликвидация.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000A00BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қиыншылықтарды бірлесіп талқылау және оларды жою жолдары.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="000A00BB" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс жоспары</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000976D3">
-[...3 lines deleted...]
-              <w:t>План работы.</w:t>
+          </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="000A00BB" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістемелерді білу</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000976D3">
-[...3 lines deleted...]
-              <w:t>Знание методик.</w:t>
+          </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="000A00BB" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістемелерді практика жүзінде меңгеру</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000A00BB" w:rsidRDefault="000A00BB" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әр мұғалім әдістемені тәжірибеде қолдануы.Тәжірибе алмасу. </w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...48 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000A00BB" w:rsidRDefault="000A00BB" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДО</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="000A00BB" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Белсенді топ</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000976D3">
-[...3 lines deleted...]
-              <w:t>Инициативная группа.</w:t>
+          </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000A00BB" w:rsidRDefault="000A00BB" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БТ</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000A00BB" w:rsidRDefault="000A00BB" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БТ</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...55 lines deleted...]
-              <w:t>ИГ</w:t>
+          </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000A00BB" w:rsidRDefault="000A00BB" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1643" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidTr="00F1362D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE544C" w:rsidRPr="00F1362D" w:rsidRDefault="00F1362D" w:rsidP="00F1362D">
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000A00BB" w:rsidRDefault="000A00BB" w:rsidP="00F1362D">
             <w:pPr>
               <w:ind w:left="1193" w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>В</w:t>
-[...17 lines deleted...]
-              <w:t>ая задача</w:t>
+              <w:t>Екінші міндеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00742AAA" w:rsidP="00FE544C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000976D3">
-[...6 lines deleted...]
-          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаңа әдістемелер бойынша оқушы тақырыпты өз меңгере алатын жағдайларды сабақтарда туғызу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00742AAA" w:rsidP="00FE544C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000976D3">
-[...6 lines deleted...]
-          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өзін-өзі бағалау жағдайларды туғызу, өз әрекетіне рефлексия жасау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00742AAA" w:rsidP="00FE544C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000976D3">
-[...6 lines deleted...]
-          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Стандарт талаптарын оқушылармен бірлесіп талқылау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00EA6EAE" w:rsidP="00FE544C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000976D3">
-[...6 lines deleted...]
-          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әр оқушының жетістікті </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүйесін құрастыру, </w:t>
+            </w:r>
+            <w:r w:rsidR="00100DA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жетістіктерін анықтап,стандарт пен үзіктерімен салыстыру.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00100DA3" w:rsidP="00FE544C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000976D3">
-[...6 lines deleted...]
-          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әр оқушыны дамыту жүйесін құрастыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00100DA3" w:rsidP="00100DA3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000976D3">
-[...15 lines deleted...]
-              <w:t>программы для каждого ученика  всеми учителями в совместной деятельности.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Барлық мұғалімдерге бірлескен әрекетте әр оқушы үшін жеке, түзетуші бағдарламаларды құрастыру.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00742AAA" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістеме бойынша тәсілдерді меңгеру</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000976D3">
-[...3 lines deleted...]
-              <w:t>Овладение способами деятельности по методикам.</w:t>
+          </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00742AAA" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өз әрекетін талдай және жобалай білу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00742AAA" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік стандарттарды меңгеру</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="00742AAA" w:rsidRDefault="00742AAA" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>МББС меңгеру мониторингі.</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000976D3">
-[...24 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00742AAA" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістеме жүйесін меңгеру.</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000976D3">
-[...67 lines deleted...]
-              <w:t>Индивидуальные программы для каждого учащегося.</w:t>
+          </w:p>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00742AAA" w:rsidP="00742AAA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әр оқушыға құрастырылған жеке бағдарламалар.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Учителя </w:t>
+          <w:p w:rsidR="00FE544C" w:rsidRPr="000A00BB" w:rsidRDefault="000A00BB" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1643" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00F1362D" w:rsidRDefault="00F1362D" w:rsidP="00FE544C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="000A00BB" w:rsidP="00FE544C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000976D3">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Оценка: </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағалау</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00326065" w:rsidP="00FE544C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000976D3">
-[...15 lines deleted...]
-        <w:t>О);</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалім жұмысының нәтижелілігі</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>критери</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йлер, </w:t>
+      </w:r>
+      <w:r w:rsidR="00637DC4" w:rsidRPr="00637DC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КОО</w:t>
+      </w:r>
+      <w:r w:rsidR="00637DC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әдістемесін меңгеру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсеткіштер</w:t>
+      </w:r>
+      <w:r w:rsidR="00637DC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00637DC4" w:rsidP="00FE544C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000976D3">
-[...3 lines deleted...]
-        <w:t>результативность работы учащихся (качество знаний, критерии по проверке учебной деятельности учащихся)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқушылар жұмысының нәтижелілігі</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім сапасы</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылардың оқу әрекеттерін тексеру жөнінде критерийлер</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="000A00BB" w:rsidP="00FE544C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000976D3">
-[...3 lines deleted...]
-        <w:t>Отчет:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Есеп</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE544C" w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00F1362D" w:rsidP="00FE544C">
+    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="000A00BB" w:rsidP="00FE544C">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кіші педкеңес</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1362D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FE544C" w:rsidRPr="00FE544C" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+    <w:p w:rsidR="00FE544C" w:rsidRPr="00FE544C" w:rsidRDefault="00637DC4" w:rsidP="00FE544C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000976D3">
-[...3 lines deleted...]
-        <w:t>Выступление руководителя инициативной группы с анализом результатов обучения.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру нәтижелерін талдауымен белсенді топ мүшесінің сөз  сөйлеуі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00637DC4" w:rsidP="00FE544C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000976D3">
-[...3 lines deleted...]
-        <w:t>Отчет отдельных учителей «Результативность работы по применению новых методик»</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Жаңа әдістемелерді қолдану жөнінде жұмыс нәтижесі» жеке мұғалімдердің есептері</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
+    <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00637DC4" w:rsidP="00637DC4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-      </w:pPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дидактикалық материалдардың жиынтығы, мемлекеттік стандарттардың көрсеткіштері.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="000976D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00FE544C" w:rsidRPr="000976D3" w:rsidRDefault="00FE544C" w:rsidP="00FE544C">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006E7348" w:rsidRDefault="006E7348"/>
     <w:sectPr w:rsidR="006E7348" w:rsidSect="00F1362D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="2880" w:bottom="1440" w:left="1560" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="079D3254"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="1020FDD8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -1838,66 +1989,75 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="75"/>
+  <w:zoom w:percent="125"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE544C"/>
+    <w:rsid w:val="000A00BB"/>
+    <w:rsid w:val="00100DA3"/>
     <w:rsid w:val="003159D7"/>
+    <w:rsid w:val="00326065"/>
+    <w:rsid w:val="00637DC4"/>
     <w:rsid w:val="006E7348"/>
+    <w:rsid w:val="00742AAA"/>
     <w:rsid w:val="007E08EC"/>
+    <w:rsid w:val="00B21A2B"/>
+    <w:rsid w:val="00D31B51"/>
+    <w:rsid w:val="00DD3753"/>
+    <w:rsid w:val="00EA6EAE"/>
     <w:rsid w:val="00F1362D"/>
     <w:rsid w:val="00FE544C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -2473,51 +2633,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Основной текст 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:rsid w:val="00FE544C"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2761,74 +2921,90 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C10FB362-92A2-45C8-BD2F-C26161D1F622}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>366</Words>
-  <Characters>2089</Characters>
+  <Words>352</Words>
+  <Characters>2010</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2451</CharactersWithSpaces>
+  <CharactersWithSpaces>2358</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>