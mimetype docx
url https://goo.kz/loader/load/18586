--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -19,662 +19,538 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00983C5D" w:rsidRDefault="00983C5D" w:rsidP="00AD0791">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00983C5D" w:rsidRDefault="00983C5D" w:rsidP="00AD0791">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00F140DB" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="000976D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Мектеп</w:t>
-[...33 lines deleted...]
-        <w:t>әрекеттік жоба</w:t>
+        <w:t>Проект по овладению учителями школы Государственными Стандартами.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000976D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Факт</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Факты. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRDefault="00F140DB" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">1997 </w:t>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С </w:t>
       </w:r>
-      <w:r w:rsidR="003049BB">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">жылдан бастап Білім беру Заңының заңнамасы негізінде 2013-2014 оқу жылында 2012 жылғы Мемлекеттік стандарт енгізіледі. </w:t>
+      <w:r w:rsidR="00D57106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>19</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">97 года по постановлению Закона об Образовании, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D57106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>в 2013-2014 году</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внедряется Государственный Стандарт</w:t>
+      </w:r>
+      <w:r w:rsidR="00D57106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>- 2012.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57106" w:rsidRPr="000976D3" w:rsidRDefault="003049BB" w:rsidP="00AD0791">
+    <w:p w:rsidR="00D57106" w:rsidRPr="000976D3" w:rsidRDefault="00D57106" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">С 2012 года внедряется Государственная программа </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="003049BB" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000976D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Мәселе</w:t>
+        </w:rPr>
+        <w:t>Проблема:</w:t>
       </w:r>
-      <w:r w:rsidR="00AD0791" w:rsidRPr="000976D3">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  отсутствие мотивации и способов овладения Стандартами, следовательно, обучаемость детей находится на низком уровне. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="002A57A7" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000976D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t>Цель:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="002A57A7" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Әр мұғалімде Стандарт ұғымын және оқушыларда Мемлекеттік стандартты меңгеру әдістерін қалыптастыру. </w:t>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Сформировать у каждого учителя понятие Стандарта, формировать способы освоения учащимися Государственных Стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="002A57A7" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000976D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="002A57A7" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Стандарттарды меңгеру жөнінде педагогикалық шеберхананы ұйымдастыру.</w:t>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Организовать педагогическую мастерскую по освоению Стандартов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="002A57A7" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Мемлекеттік стандартты қарастыру және күнтізбелік-тақырыптық жоспарларды құрастыру.</w:t>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Изучить государственные стандарты и составить календарно-тематическое планирование.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="002A57A7" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Оқушылардың Мемлекеттік стандартты меңгеру жүйесін құрастыру.</w:t>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Создать систему овладения учащимися Государственных Стандартов.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRPr="007032B2" w:rsidRDefault="002269C5" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...15 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>План действий:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="4394"/>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="900"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidTr="001224C1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD0791" w:rsidRPr="009A2D88" w:rsidRDefault="009A2D88" w:rsidP="001224C1">
-[...12 lines deleted...]
-              <w:t>Мәселе:</w:t>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Задача </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD0791" w:rsidRPr="009A2D88" w:rsidRDefault="009A2D88" w:rsidP="001224C1">
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000976D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мазмұны</w:t>
+              </w:rPr>
+              <w:t>Содержание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD0791" w:rsidRPr="009A2D88" w:rsidRDefault="009A2D88" w:rsidP="001224C1">
-[...12 lines deleted...]
-              <w:t>Күтілетін нәтиже</w:t>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Ожидаемый результат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="009A2D88" w:rsidP="001224C1">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ответственный </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="009A2D88" w:rsidP="001224C1">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сроки </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidTr="001224C1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000976D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00CD0321" w:rsidP="00AD0791">
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00CD0321" w:rsidP="00AD0791">
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Выбрать руководителя этой педагогической мастерской.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Белгіленген мерзімімен педагогикалық шеберхананың жұмыс жоспарын құрастыру.</w:t>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Составить план работы педагогической мастерской с указанием сроков.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00CD0321" w:rsidP="001224C1">
-[...17 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>План и режим работы педагогической мастерской.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -693,113 +569,102 @@
       </w:tr>
       <w:tr w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidTr="001224C1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000976D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00E418C7" w:rsidP="00AD0791">
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-          <w:p w:rsidR="00AD0791" w:rsidRPr="0007226C" w:rsidRDefault="00F93A12" w:rsidP="00AD0791">
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Организовать теоретический семинар «Что такое Государственный стандарт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="0007226C" w:rsidP="00AD0791">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Провести анализ государственных стандартов по предметам. Выбор государственных стандартов по предметам на этот год.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Күнтізбелік-тақырыптық жоспары құрастыру. Талдау.</w:t>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Составить календарно-тематическое планирование. Обсуждение.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
@@ -813,113 +678,110 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000976D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Составить измерители Государственных стандартов (контрольные работы, тесты, диктанты и другие)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD0791" w:rsidRPr="006F3523" w:rsidRDefault="0007226C" w:rsidP="00AD0791">
+          <w:p w:rsidR="00AD0791" w:rsidRPr="006F3523" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="0007226C" w:rsidP="00AD0791">
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Овладение стандартами.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="0007226C" w:rsidP="0007226C">
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Календарно-тематическое планирование в соответствии со стандартами.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Мемлекеттік стандарттардың өлшемдері.</w:t>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Измерители государственных стандартов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -930,856 +792,743 @@
       </w:tr>
       <w:tr w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidTr="001224C1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000976D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="0007226C" w:rsidP="007F559A">
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...30 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Представление учебного занятия в логике развивающего обучения, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>дамыта оқыту логикасында оқу сабағының көрінісі.</w:t>
-[...23 lines deleted...]
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="007F559A" w:rsidP="00AD0791">
+              <w:t>которое реализует стандарт урока.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="007F559A" w:rsidP="00AD0791">
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разработка учителями уроков развивающего обучения с выделением стандарта урока и  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>проведение на самих себе (2-3 занятия)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...31 lines deleted...]
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="007F559A" w:rsidP="00AD0791">
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Совместная разработка открытого урока.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...23 lines deleted...]
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="007F559A" w:rsidP="00AD0791">
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Открытый урок, обсуждение.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...23 lines deleted...]
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="007F559A" w:rsidP="00AD0791">
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Подготовка серии открытых уроков с обсуждением.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...21 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Контроль: посещение завучем уроков.</w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-              <w:t>кеңес</w:t>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Контроль по овладению Стандартов. Мониторинг стандартов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педсовет. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="0007226C" w:rsidP="00D57106">
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00D57106">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="765"/>
                 <w:tab w:val="num" w:pos="227"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Оқу </w:t>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t>Знакомство со структуро</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>сабағының жүйесімен танысу.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="0007226C" w:rsidP="00D57106">
+              <w:t>й учебного занятия.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00D57106">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="765"/>
                 <w:tab w:val="num" w:pos="227"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="0007226C" w:rsidP="00D57106">
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Разработка уроков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00D57106">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="765"/>
                 <w:tab w:val="num" w:pos="227"/>
               </w:tabs>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Открытый урок, анализ недочетов.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00D57106">
             <w:pPr>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="0007226C" w:rsidP="00D57106">
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00D57106">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="765"/>
                 <w:tab w:val="num" w:pos="227"/>
               </w:tabs>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Әр мұғалім ашық сабақты өткізу керек.</w:t>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Проведение каждым учителем открытого урока.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00D57106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00D57106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000976D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. </w:t>
-[...6 lines deleted...]
-              <w:t>Сабақтың дамыта оқыту жүйесімен сәйкестігін талдау.</w:t>
+              <w:t>5. Анализ соответствия уроков  со структурой развивающего обучения.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00D57106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00D57106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000976D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>6.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Оқушылардың мемлекеттік стандарттарды </w:t>
+              <w:t xml:space="preserve">6.Анализ соответствия освоения учащимися </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>гос</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="0007226C">
-[...4 lines deleted...]
-              <w:t>меңгеру</w:t>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.с</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="0007226C">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> сәйкестігін талдау.</w:t>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>тандартов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00D57106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="0007226C">
-[...16 lines deleted...]
-              <w:t>Мұғалімдерге ұсыныс.</w:t>
+          <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00D57106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000976D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7.Рекомендации учителям </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="001224C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRPr="007032B2" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...24 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Критерии:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="007F559A" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Наличие календарно-тематического планирования в соответствии со стандартами;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="007F559A" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Оқу сабақ жүйесі компоненттерінің бар болуы;</w:t>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Наличие компонентов структуры учебного занятия;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="007F559A" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Овладение детьми стандартами.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRPr="007032B2" w:rsidRDefault="007F559A" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Отчет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="007F559A" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Выступление на педсовете;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="007F559A" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Сборники поурочного планирования, календарно-тематического планирования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="007F559A" w:rsidP="00AD0791">
+    <w:p w:rsidR="00AD0791" w:rsidRPr="000976D3" w:rsidRDefault="00AD0791" w:rsidP="00AD0791">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Көрсеткіштер жиынтығы.</w:t>
+      <w:r w:rsidRPr="000976D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Сборники измерителей.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="006E7348" w:rsidRDefault="006E7348"/>
-    <w:sectPr w:rsidR="006E7348" w:rsidSect="00281D49">
+    <w:sectPr w:rsidR="006E7348">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="14897E7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0419000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -1954,81 +1703,68 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="115"/>
+  <w:zoom w:percent="75"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD0791"/>
-    <w:rsid w:val="0007226C"/>
-[...5 lines deleted...]
-    <w:rsid w:val="003E33D0"/>
     <w:rsid w:val="006E7348"/>
-    <w:rsid w:val="007032B2"/>
     <w:rsid w:val="007E08EC"/>
-    <w:rsid w:val="007F559A"/>
     <w:rsid w:val="00983C5D"/>
-    <w:rsid w:val="0099506E"/>
-    <w:rsid w:val="009A2D88"/>
     <w:rsid w:val="00AD0791"/>
-    <w:rsid w:val="00C27D24"/>
-    <w:rsid w:val="00CD0321"/>
     <w:rsid w:val="00D57106"/>
-    <w:rsid w:val="00E418C7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F93A12"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2593,51 +2329,50 @@
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Основной текст 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:rsid w:val="00AD0791"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -2889,72 +2624,72 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>372</Words>
-  <Characters>2126</Characters>
+  <Characters>2123</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2494</CharactersWithSpaces>
+  <CharactersWithSpaces>2491</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>