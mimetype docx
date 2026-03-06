--- v0 (2025-12-17)
+++ v1 (2026-03-06)
@@ -2,337 +2,334 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00FE5CA6" w:rsidRDefault="008C3EDE">
+    <w:p w:rsidR="00FE5CA6" w:rsidRDefault="006F3437">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5934075" cy="2171700"/>
-            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:extent cx="5934075" cy="5286375"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5934075" cy="2171700"/>
+                      <a:ext cx="5934075" cy="5286375"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="008C3EDE" w:rsidRDefault="008C3EDE">
+    <w:p w:rsidR="006F3437" w:rsidRDefault="00740D20">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5934075" cy="5200650"/>
+            <wp:extent cx="5934075" cy="1638300"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
-            <wp:docPr id="3" name="Рисунок 3"/>
+            <wp:docPr id="2" name="Рисунок 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5934075" cy="5200650"/>
+                      <a:ext cx="5934075" cy="1638300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3EDE" w:rsidRDefault="008C3EDE">
+    <w:p w:rsidR="00740D20" w:rsidRDefault="00740D20">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5934075" cy="4438650"/>
+            <wp:extent cx="5934075" cy="5143500"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
-            <wp:docPr id="4" name="Рисунок 4"/>
+            <wp:docPr id="3" name="Рисунок 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4"/>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5934075" cy="4438650"/>
+                      <a:ext cx="5934075" cy="5143500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3EDE" w:rsidRDefault="008C3EDE">
+    <w:p w:rsidR="00740D20" w:rsidRDefault="00740D20">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5934075" cy="4533900"/>
+            <wp:extent cx="5934075" cy="3848100"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="5" name="Рисунок 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5934075" cy="4533900"/>
+                      <a:ext cx="5934075" cy="3848100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3EDE" w:rsidRDefault="008C3EDE">
+    <w:p w:rsidR="00740D20" w:rsidRDefault="00740D20">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5934075" cy="4076700"/>
+            <wp:extent cx="5667375" cy="3486150"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
-            <wp:docPr id="7" name="Рисунок 7"/>
+            <wp:docPr id="6" name="Рисунок 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 7"/>
+                    <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5934075" cy="4076700"/>
+                      <a:ext cx="5667375" cy="3486150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3EDE" w:rsidRDefault="008C3EDE">
-[...4 lines deleted...]
-    <w:sectPr w:rsidR="008C3EDE">
+    <w:sectPr w:rsidR="00740D20">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -345,52 +342,53 @@
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008C3EDE"/>
-    <w:rsid w:val="008C3EDE"/>
+    <w:rsidRoot w:val="006F3437"/>
+    <w:rsid w:val="006F3437"/>
+    <w:rsid w:val="00740D20"/>
     <w:rsid w:val="00FE5CA6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -569,67 +567,67 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008C3EDE"/>
+    <w:rsid w:val="006F3437"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008C3EDE"/>
+    <w:rsid w:val="006F3437"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -789,67 +787,67 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008C3EDE"/>
+    <w:rsid w:val="006F3437"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008C3EDE"/>
+    <w:rsid w:val="006F3437"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
@@ -1117,49 +1115,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>1</Words>
-  <Characters>11</Characters>
+  <Characters>9</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11</CharactersWithSpaces>
+  <CharactersWithSpaces>9</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Жиренова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>