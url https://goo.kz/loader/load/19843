--- v0 (2025-12-15)
+++ v1 (2026-03-07)
@@ -2,37951 +2,43237 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10490" w:type="dxa"/>
+        <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblInd w:w="-743" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3540"/>
-        <w:gridCol w:w="1989"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2615"/>
+        <w:gridCol w:w="1468"/>
+        <w:gridCol w:w="1971"/>
+        <w:gridCol w:w="1489"/>
+        <w:gridCol w:w="1972"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00A46F78">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="00A46F78">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-660" w:hanging="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3461" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Заместитель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3461" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>руководителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3461" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>отдела     образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3461" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcW w:w="3461" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Г.Шиндлярская</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>План</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>работы методического кабинета  на декабрь 2013 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Время </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>индивидуальных</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> консультации</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С.-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>среда</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>,п</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ятница</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> с15.00 – 18.00,                                                                                        </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Геложутдинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>З</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  - понедельник, четверг 15.00- 18.00 ,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Алимова С.Ж.- понедельник, среда с15.00 –18.00, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каиргазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.Ш.- среда, четверг с 10.00- 13.00, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тасыбаев</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Н.Ж. - вторник, среда с15.00 – 18.00, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Аубакирова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.Б. - понедельник, четверг с 10.00-13.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бекбосынова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Х.В.- вторник, пятница с 15.00 -18.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Содержание работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Мерз</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Уақыты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Орны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жауаптылар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...21 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Место</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Для директоров, заместителей директоров, участников  Летней школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Консультационный час: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Разработка тестовых заданий </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
               <w:t>по оценке учебных достижений учащихся.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>д</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>екабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">в </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>теч</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>. мес.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">ИПК </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ПР</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Рыжкова Л.В., гл. специалист ИПК </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ПР</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Школа молодого директора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ШМД:  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>100 вопросов и 100 ответов молодого директора"</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Финансовый всеобуч.                  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10.12.2013г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>каб.№415</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Рысмагамбетова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.Ш., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Злакоманова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Е.В., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Иманалиева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.,                   молодые директора </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Школа молодого заместителя директора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="2100"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Семинар - практикум </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
-            <w:r w:rsidR="00A46F78" w:rsidRPr="00D60B60">
+            <w:r w:rsidR="00A46F78">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Организация научно- исследовательской ( опытн</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00A46F78" w:rsidRPr="00D60B60">
+            <w:r w:rsidR="00A46F78">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>о-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00A46F78" w:rsidRPr="00D60B60">
+            <w:r w:rsidR="00A46F78">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> экспериментальной) деятельности в образовательном  учреждении</w:t>
             </w:r>
-            <w:r w:rsidR="00A46F78" w:rsidRPr="00D60B60">
+            <w:r w:rsidR="00A46F78" w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19.12.2013г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ№39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С.,                                  Тюменцева Е.Л., зам. директора СОШ №39,                       Алимова К.Т., зам. директора СОШ №16                                                                        </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">       Для заместителей  директоров по учебно-воспитательной работе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="2655"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>E (электронный</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">методический </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>джайджест</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">: 100 вопросов-100 ответов  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">(ВШК,ППО,НОУ, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>предпрофильное</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, профильное обучение, внедрение инновационных технологий в УВП и др.  Виртуальное общение). </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>с 3 по 17.1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
               <w:smartTagPr>
                 <w:attr w:name="ProductID" w:val="2013 г"/>
               </w:smartTagPr>
-              <w:r w:rsidRPr="00D60B60">
+              <w:r w:rsidRPr="001667E8">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>2013 г</w:t>
               </w:r>
             </w:smartTag>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С.,                </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Баринова О.Н., </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">зам. директора СОШ №17                           </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="2355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:b/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Семинар-совещание</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...35 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по утверждению контрольных измерителей в соответствии с ГОСО-2012 для ЗДУВР </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>курирующих матем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атику и физику. Приглашаются школы:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №№ 1, 6, 12, 16, 19, 25, 26, 29, 35, 41, 42, 43, КСОШ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>03.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ № 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Алимова С. Ж., Савченко Т. А.,  зам. директора СОШ № 34 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ШМУ (тематические консультации с показом открытых уроков)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Заседание клуба </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ПроЛС</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramStart"/>
-[...35 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"(приглашаются молодые специалисты всех предметов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23.12.2013г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Копыльцова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Н.В.,зам</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">. директора СОШ №36                                                              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="006C467E">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="006C467E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Консультационный час для молодых учителей химии </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...29 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Опыт организации практических работ по химии» ( приглашаются  молодые учителя химии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="006C467E">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="006C467E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="006C467E">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="006C467E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="006C467E">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="006C467E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ№7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="006C467E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Геложутдинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.З.   </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нурекенова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> З.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ВОУД,     ЕНТ- 2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...10 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>"Кустовая" консультация по математике</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> для  учащихся 11 классов (хорошистов)  (№12, 13, 18, 21, 24, 27, КСОШ, ЖСОШ)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...29 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №24, 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Шарипова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.С., СОШ №19     </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Габбасова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> З.Б., СОШ №5          Дронова Т.В., СОШ №18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...10 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">"Кустовая" консультация по русскому языку </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>для  учащихся 11 классов (хорошистов)  (№12, 13, 18, 21, 24, 27, КСОШ, ЖСОШ)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...20 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №24, 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жалелова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.А., СОШ №25        Бабенко И.Г., СОШ №29            </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Гайкова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Е.Н., СОШ №34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...10 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">"Кустовая" консультация по казахскому языку </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>для  учащихся 11 классов (хорошистов)  (№12, 13, 18, 21, 24, 27, КСОШ, ЖСОШ)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...20 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>18.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №24, 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Абдруасилова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> З.К., СОШ №22                                              </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Баекеева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> З.А., СОШ №36               </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Хамитова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.Л., СОШ №43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Кустовая" консультация по казахскому языку</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> для  учащихся 11 классов (хорошистов)  (№12, 13, 18, 21, 24, 27, КСОШ, ЖСОШ)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...164 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>25.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №24, 27</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00340A3E" w:rsidRPr="00D60B60" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
-[...155 lines deleted...]
-            <w:tcW w:w="2615" w:type="dxa"/>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Кузембаев</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.С., СОШ №19      Турсунова Р.К., СОШ №9        </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Туртугулова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.С., СОШ №41</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...111 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340A3E" w:rsidRDefault="00340A3E" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Аттестация- 2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...42 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>казахского, русского языков, математики, ИЗО, музыки начальных классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>03.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>казахского языка, начальных классов, музыки, биологии, физвоспитания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>03.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>психологов, вождение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>03.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>УПК-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя УПК-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>географии, черчения, математики, физики, казахского языка, начальных классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>истории, информатики, черчения, музыки, технологии, хореографии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>казахского и русского языков, начальных классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>казахского языка, математики, биологии, географии, начальных классов, черчения, музыки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ЖСОШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя ЖСОШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>начальных классов, казахского языка, истории, физкультуры, самопознания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>казахского языка, физкультуры, начальных классов, музыки, технологии, информатики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="2115"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>русского, немецкого языков, физкультуры, начальных классов, математики, технологии, информатики, химии, географии, истории, самопознания</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...4 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>музыки, технологии, начальных классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">начальных классов, казахского, русского языков, физики, истории, черчения, музыки, технологии, математики, биологии, химии </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...4 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> русского языка, физики,  математики, биологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>русского языка, музыки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1770"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>казахского, русского языков, начальных классов, математики, биологии, географии, технологии, музыки, хореографии</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...4 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>географии, русского языка, информатики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...26 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>начальных классов, казахского языка, физкультуры, технологии, изо, музыки, логопеда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>начальных классов, казахского, английского языков, математики, химии, музыки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>КСОШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя КСОШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>начальных классов, биологии, истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="007D6709">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="007D6709" w:rsidRDefault="008B0C02" w:rsidP="007D6709">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">начальных классов, биологии, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>казахского, русского, английского языков, технологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="007D6709">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="007D6709">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001F6CF7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="007D6709">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="007D6709" w:rsidRDefault="008B0C02" w:rsidP="007D6709">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="007D6709" w:rsidRDefault="008B0C02" w:rsidP="007D6709">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">начальных классов, психологов, русского, английского, немецкого, французского языков, истории </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>24.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СТИКС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СТИКС</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>психологов, начальных классов, казахского языка, НВП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>26.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>методисты, аттестуемые учителя СОШ №12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1755"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Методический семинар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестующихся</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей первой категории для психологов</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> по теме "Активные формы взаимодействия с родителями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Панащенко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Т.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcW w:w="8468" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                                     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">      Обобщение инновационного педагогического опыта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...61 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA2892">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание банка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">материалов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ИПО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA2892">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, принятого на защиту опыта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA2892">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> уровне </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA2892">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>области ( подготовка материалов  к областной защите</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA2892">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">в </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00AA2892">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>теч</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00AA2892">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>. месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...27 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00AA2892">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каб</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00AA2892">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>. № 414,411,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бекбосынова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Х.В., методисты,                       экспертный совет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                                 Подготовка к внедрению модели 12- летнего обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">              Заседания городских творческих групп</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1830"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...10 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Заседание творческой группы</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  учителей географии по составлению тестов нового поколения </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>24.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ№41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Геложутдинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.З.     Сумина В.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1935"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...10 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Заседание творческой группы</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей географии  по составлению КОЗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ№28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Геложутдинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.З.    </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Барвих</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.Н.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1830"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...10 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Заседание творческой группы</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей естественного цикла  по составлению  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>дифферинцированных</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> заданий по предметам естественного цикла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>09.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ№39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Геложутдинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.З.   </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Сыздыкова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Л.З.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="2100"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...10 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Заседание творческой группы</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей химии по составлению КОЗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>18.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ№4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Геложутдинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.З.     </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ауталипова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.Ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1830"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...10 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Заседание творческой группы</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> учителей биологии по составлению контрольных измерителей по биологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>18.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ№4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Геложутдинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.З.    </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Выгузова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="2040"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Заседание творческой группы учителей казахского языка школ с русским языком обучения </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...27 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"Составление контрольных работ по казахскому языку  для 5-11 классов" .</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>03.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бекбосынова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Х.В.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1785"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Заседание творческой группы учителей казахского языка школ с государственным языком обучения </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...34 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Составление контрольных работ по казахскому языку для 5-11 классов" . </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>04.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бекбосынова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Х.В.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Заседание  творческой группы учителей казахского языка </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...18 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по сос</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тавлению КОЗ (списки по телефоно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>грамме)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ № 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бекбосынова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Х.В.    </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Байжуманова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.С., ЗДУВР СОШ №34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Заседание  творческой группы учителей казахского языка </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по составлению электронных пособий  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(списки по телефоно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>грамме)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5.12.2013</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
               <w:t>26-12-2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бекбосынова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Х.В.  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жолдасова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...14 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Р.Р</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Семинар-практикум для творческой группы учителей начальных классов, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>работающих в режиме технологии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "ЛОО" с русским  языком обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10.12.2013г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>09.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ№42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Ш.С.,  </w:t>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.С., </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каиргазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.Ш.,                   </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Гудым</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> О.Ю.,                   </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Рахимбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.Т.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="2070"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Семинар-практикум для творческой группы учителей начальных классов, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>работающих в режиме технологии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"ЛОО"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с г</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>осударственным  языком обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.12.2013г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>09.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">КСОШ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каиргазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.Ш.,      </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Макина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.,  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Шаяхсултанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">.,                    </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Текенова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="2070"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Заседание творческой группы </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>учителей начальных классов с государственным языком обучения "Развитие критического мышления на уроках чтения и письма"</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>24.12.2013г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ№4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каиргазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.Ш.,           </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Шарипова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="2070"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Мастер класс для  творческой группы учителей начальных </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...28 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">классов с государственным языком обучения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по составлению КОЗ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>26.12.2013г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ№21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каиргазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.Ш., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Абдрахманова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Б.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="2445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Семинар-практикум для </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...5 lines deleted...]
-              <w:t>творческой группы учителей начальных классов, работающих в режиме технологии "</w:t>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>творческой группы учителей начальных классов, раб</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>отающих в режиме технологии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA2892">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ste</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>by</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ste</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"с г</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>осударственным  языком обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12.12.2013г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ№25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каиргазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Ш.Ш.,  </w:t>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.Ш., </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бектасова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.Ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="2100"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Семинар-практикум </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">для творческой группы учителей </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>начальных классов,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> работающих в режиме </w:t>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> раб</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">отающих в режиме </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>технологии"Ste</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>by</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ste</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>"с русским языком обучения (с показом открытого урока)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19.12.2013г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>09.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каиргазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.Ш.,       </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Мурадымова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.Х.               </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Аменова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> М.Т.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="2895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Семинар-практикум</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...26 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для творческой группы учителей начальных классов с государственным языком обучения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA2892">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"Методические подходы в обучении и развитии навыков каллиграфической грамотности письма и техники чтения у младших школьников"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ№19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каиргазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">,   </w:t>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.Ш,   </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Шахманова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Р.К.,          </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Баймульдинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.И.,                </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Кузембай</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Е.Т.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="2385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Семинар-практикум для творческой группы учителей начальных классов с русским  языком обучения </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Деятельностный</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> подход в процессе формирования навыка письма и звукового анализа слов на уроках русской грамоты"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.12.2013г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ№1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С., </w:t>
             </w:r>
-            <w:r w:rsidR="00B0375A" w:rsidRPr="00D60B60">
+            <w:r w:rsidR="00B0375A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каиргазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.Ш.,        </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Лаврикова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Е.Г.,                   </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Лунгу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Н.Н.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1995"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...34 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Заседание творческой группы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA2892">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по составлению контрольных изме</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>рителей по   английскому языку с государственным и русским языком обучения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жанкаринова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="2010"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...41 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Заседание творческой группы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA2892">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по составлению контрольных изме</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>рителей  по русскому языку с государственным и русским языками обучения (с собой иметь наработки контрольных измерителей)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>26.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ № 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жанкаринова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Заседание ТГ </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по составлению контрольных измерителей по истории с государственным и  русским языками обучения (с собой иметь наработки контрольных измерителей)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>06.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Аубакирова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.Б..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1845"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Заседание ТГ </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по составлению контрольных измерителей по информатике с государственным и  русским языками обучения (с собой иметь наработки контрольных измерителей)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Дуненбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.М.                 Казакова О.Д.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Заседание ТГ </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>"Составление КОЗ по истории"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Аубакирова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.Б.      </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Семинар для учителей самопознания </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>школ с государственным и русским языками обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> 13.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Аубакирова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Заседание тво</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ческой группы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>учителей физики по составлению практических работ для 7-9 классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Алимова С. Ж.,         </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Лымарчук</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Л. М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Семинары,  мастер- классы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00A46F78">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="00A46F78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Семинар – практикум для учителей начальных классов, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">работающих в 3 классах «Решение текстовых задач» </w:t>
+            <w:r w:rsidRPr="0038516A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>работающих в 3 классах «Решение текстовых задач»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">( </w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>представительство от смешанных школ – 2 учителя, от школ с одним языком обучения- 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="00A46F78" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="00A46F78" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="008B0C02" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="008B0C02">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12.2013г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ№5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С.,  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каиргазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.Ш.,               </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Валова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> И.И.,             Куликова О.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1785"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Семинар для учителей казахского языка и литературы прошедших и не прошедших уровневые курсы  "</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Применение ИКТ на уроках </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>каз</w:t>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>каз.языка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10.12.2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>СОШ №26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бекбосынова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Х.В., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Байгабулова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>.я</w:t>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>К-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>зыка</w:t>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учитель СОШ №26,</w:t>
+            </w:r>
+            <w:r w:rsidR="00B0375A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Капезова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...106 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Е. - учитель СОШ №4, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>Бекбосынова</w:t>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жанакиева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...79 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.А. Учитель СОШ №40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1785"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Семинар для учителей казахского языка и литературы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прошедших и не прошедших уровневые курсы  "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Применение методов и приемов критического мышления на уроках </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...20 lines deleted...]
-              <w:t>зыка</w:t>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>каз.языка</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>""</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бекбосынова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Х.В., МО казахского языка СОШ №36 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="765"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Семинар для учителей истории</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> "Применение ЛОО на уроках истории"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>06.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Аубакирова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.Б.                </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Кульжанов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...5 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Коучинг</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для учителей истории, прошедшие и не</w:t>
+            </w:r>
+            <w:r w:rsidR="00A46F78">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D60B60">
-[...48 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прошедшие уровневые курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Критериальное</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> оценивание" с показом открытого урока</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Аубакирова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.Б.                  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Дацюк</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.Ф.,                        </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Сапанов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Б.Д.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Семинар для учителей истории </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">"Применение модульной технологии на уроках истории" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Аубакирова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.Б.                    </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Гайдукова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Н.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1830"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Семинар-практикум </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">"Применение ИКТ на уроках "для творческой группы </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>учителей начальных классов</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> с русским и государственным языком обучения </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>06.12.2013г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ№21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С.,</w:t>
             </w:r>
-            <w:r w:rsidR="00B0375A" w:rsidRPr="00D60B60">
+            <w:r w:rsidR="00B0375A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каиргазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.Ш.,               </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жаксылыкова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.Ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="2685"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Семинар </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по   с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ост</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>авлению контрольных измерителей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для руководителей МО </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>учителей начальных классов</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...18 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с русским и гос</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ударственным  языками обучения (п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о спи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ску, ответственные руководители </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МО, при себе иметь материал)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10.12.2013г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СТИКС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С., </w:t>
             </w:r>
-            <w:r w:rsidR="00B0375A" w:rsidRPr="00D60B60">
+            <w:r w:rsidR="00B0375A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каиргазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.Ш.,                           </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Пфейфер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Е.В.,                   Куликова О.М,                          </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
-          <w:trHeight w:val="1842"/>
+          <w:trHeight w:val="2400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...42 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Семинар для учителей начальных классов с государственным языком обучения и учителей, прошедших курсы  ІІІ -уровня по теме: "И</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>терактивные способы обучения в режиме ЛОО"  с показом открытых уроков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>24.12.2013г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СТИКС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00B0375A">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="00B0375A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С.,</w:t>
             </w:r>
-            <w:r w:rsidR="00B0375A" w:rsidRPr="00D60B60">
+            <w:r w:rsidR="00B0375A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каиргазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.Ш.,  Бондаренко Т.А.,             </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Капиетова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> О.С.              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
-          <w:trHeight w:val="1692"/>
+          <w:trHeight w:val="2475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Семинар для учителей начальных классов с русским и государственным языком обучения и учителей, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...42 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>прошедших курсы  ІІІ -уровня по теме: "Новые подходы в обучении"  с показом открытых уроков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ№7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каиргазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.Ш.,    </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Вакпаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> З.В.,              </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Асулханова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.Н.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Семинар </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по организации игры "Зарница"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тасыбаев</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Н.Ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Совещание </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>для преподавателей НВП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>04.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тасыбаев</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Н.Ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Совещание </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>для учителей ФВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="00A46F78" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="008B0C02" w:rsidRPr="00D60B60">
+            <w:r w:rsidR="008B0C02" w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="00A46F78" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тасыбаев</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Н.Ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                Смотры, конкурсы, конференции</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
-[...162 lines deleted...]
-      <w:tr w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="1200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="00265E9E">
-[...38 lines deleted...]
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="00265E9E">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Олимпиада учащихся </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>начальных классов по казахскому языку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...22 lines deleted...]
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="00265E9E">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.12.2013   6.12.2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...22 lines deleted...]
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="00265E9E">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9.00-17.00                    9.00-17.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...35 lines deleted...]
-              <w:t>отдел образования</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>СОШ №35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бекбосынова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001667E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Х.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
-[...146 lines deleted...]
-      <w:tr w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Городские чтения </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Калижана</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бекхожина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="001667E8">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="001667E8">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="001667E8">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бекбосынова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Х.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                                   Организационные мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="001667E8">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>"Баскетбол"</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> - 43-я спартакиада учащихся школ города</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>до 14.12. 2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СОШ №5       СОШ №39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2615" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="001667E8">
+            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тасыбаев</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Н.Ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="001667E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Заведующая методическим кабинетом                    </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="001667E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ш.С.Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidTr="00BB6339">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00A46F78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="001667E8">
-[...12 lines deleted...]
-            <w:tcW w:w="1989" w:type="dxa"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1212" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2615" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB6339" w:rsidRPr="00D60B60" w:rsidRDefault="00BB6339" w:rsidP="001667E8">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="001667E8" w:rsidRDefault="008B0C02" w:rsidP="001667E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02">
-[...40 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02"/>
+    <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02"/>
+    <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02"/>
+    <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02"/>
+    <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02"/>
+    <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02"/>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10134" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="1407"/>
         <w:gridCol w:w="1286"/>
         <w:gridCol w:w="142"/>
         <w:gridCol w:w="1194"/>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="366"/>
         <w:gridCol w:w="920"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...26 lines deleted...]
-              <w:t>ім</w:t>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> беру </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бөлімі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бастығының</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>орынбасары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Г.Шиндлярская</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдістемелік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>кабинеттің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> 2013 </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2013</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жылғы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>желтоқсан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>айына</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>арналған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="007B70C6" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="007B70C6" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ж</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ұ</w:t>
             </w:r>
-            <w:r w:rsidR="008B0C02" w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="008B0C02" w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">мыс </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="008B0C02" w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="008B0C02" w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жоспары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00DC354D" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Дербес</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>түрде</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>кеңес</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> беру </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>уа</w:t>
-[...10 lines deleted...]
-              <w:t>қыты</w:t>
+              <w:t>уақыты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С.-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сәрсенбі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, жұма15.00 – 18.00,                                                                                        </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Геложутдинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">  - </w:t>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ж.З  - </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>дүйсенбі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бейсенбі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> 15.00- 18.00 ,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...20 lines deleted...]
-              <w:t>-дүйсенбі,сәрсенб</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>АлимоваС.Ж-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дү</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>йсенбі,сәрсенб</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">–18.00,КаиргазинаШ.Ш.-сәрсенбі бейсенбі10.00- 13.00, </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–18.00,КаиргазинаШ.Ш.-сәрсенбі бейсенбі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10.00- 13.00, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тасыбаев Н.Ж</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бейсенбі,сәрсенбі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> 15.0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">–18.00,Аубакирова Г.Б - </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–18.00,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аубак</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ирова Г.Б - </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>дүйсенбі,бейсе</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>бі10.00-13.00</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10.00-13.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бекбосынова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Х.В.- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сейсенбі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жұма</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> 15.00 -18.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-              <w:t>ұмыс</w:t>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жұмыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мазмұны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...29 lines deleted...]
-              <w:t>мi</w:t>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мерзiмi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Уақыты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Орны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жауаптылар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Место</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Директорлар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> мен </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>орынбасарларына</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жазғы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Мектеп</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мүшелеріне</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="1140"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...5 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Кеңес</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> беру </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сағаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Оқушылардың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>оқу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...20 lines deleted...]
-              <w:t>іктерін</w:t>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жетістіктерін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бағалау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> тест </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>тапсырмаларын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>құрастыру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>желтоқсан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ай </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бойы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...20 lines deleted...]
-              <w:t>Қ БАИ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПҚ БАИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...32 lines deleted...]
-              <w:t xml:space="preserve">Қ БАИ </w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рыжкова Л.В. ПҚ БАИ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>меңгерушісі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> директор </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мектебі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="2160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...15 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Семинар - практикум: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>директордың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">100 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сауалы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> мен 100 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жауабы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">". </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Қаржы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>құқықтық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жалпыға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>міндетті</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>оқу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мемлекеттік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сатылым</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бюджетті</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жоспарлау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бюджеттік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ақшаны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>игеру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramEnd"/>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мектеп</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>директорлары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>шақырылады</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">)                                       </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12. 201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">ҚБББ. №415 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>каб</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нұрахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С.,                   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Рысмаганбетова Ж.Ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Злакоманова Е.В.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Иманалиева Г.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="005332BE" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жас директорлар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>орынбасар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мектебі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...45 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Семинар- практикум</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Инновациялық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>педагогикалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t>ірибені</w:t>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тәжірибені</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жалпыламау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>тарату</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогтарды</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>аттестациялау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12. 2012 ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№39 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нұрахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С.,          Тюменцева Е.Л.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Директор орынбасары №39 ЖОМ, К.Т.Алимова.,директор орынбасары №17 ЖОМ</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Оқу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>тәрбие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...18 lines deleted...]
-              <w:t>стері</w:t>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>істері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...18 lines deleted...]
-              <w:t>өніндегі</w:t>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жөніндегі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> директор </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>орынбасарлары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>үшін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="1650"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...15 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>E (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>электрондық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramEnd"/>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>джайджест</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">: 100 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сауал</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> -100 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жауап</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ( МІБ,ППО, ҒО, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бейіналды</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бейіндік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>оқыту</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, ОТҮ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>инновациялық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>технологияларды</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>енгізу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>және</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>т.б</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">.    </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>виртуалды</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>қатынастар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.12 - 17.12.     201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> №36 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нұрахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.С.,                                 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>О.Н. Баринова</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.,            №</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ директор </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>орынбасары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                     </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="1785"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006835BB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Математика және физика пәндерінен бақылау жұмыстары директор орынбасарларын</w:t>
             </w:r>
-            <w:r w:rsidR="007B70C6" w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="007B70C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>шақырады:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№ 1,6,12,16,19,25,26,29,35,41,42,43,КСОШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>03</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12. 201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="000017EB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.Ж.Алимова.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> директор орынбасары</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="000017EB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№ 34 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="000017EB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000017EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жас мұғалім мектебі  (ашық сабақтар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="1275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...15 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="000017EB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000017EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">"ПроЛС" клубы мүшелеріне арналған практикум:  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="000017EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас мұғалім күні. "Сабақтарды модельдеу "  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12.201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> №36 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нұрахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С.,                                                </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Копыльцова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Н.В., , №36 ЖОМ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>дир</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>орынбасары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="1665"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Семинар - практикум </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>химия пәнінен</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мұғалімдері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>үшін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">( </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия пәнінен практикалық жұмысты ұйымдастыру, химия пәнінің жас мамандары шақырылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">)           </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12.201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006835BB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ж.З.Геложутдинова.,З.К. Нурекенова</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="601"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...5 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00804ACB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ҰБТ-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="601"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Математика пәнінен</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> 11 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сынып</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>оқушыларына</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>арналған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...5 lines deleted...]
-              <w:t>аймақтық</w:t>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аймақт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>кеңес</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> беру  (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> жақсы оқитын № 12, 13, 18,21,24,27,КСОШ,ЖСОШ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>арналған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>04.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">№24,27 ЖОМ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t>С.С.Шарипова .,  №19 ЖОМ    З.Б.Габбасова .,  №5 ЖОМ         Т.В.Дронова .,  №18 ЖОМ</w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С.С.Шарипова ., </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №19 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЖОМ    З.Б.Габбасова ., </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Т.В.Дронова ., </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="601"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...14 lines deleted...]
-              <w:t>Орыс тілі  пәнінен 11 сынып оқушыларына арналған аймақтық кеңес беру  ( жақсы оқитын № 12, 13, 18,21,24,27,КСОШ,ЖСОШ арналған)</w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Орыс тілі  пәнінен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 11 сынып оқушыларына арналған аймақтық кеңес беру  (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жақсы оқитын № 12, 13, 18,21,24,27,КСОШ,ЖСОШ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арналған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№24,27 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t>А.А.Жалелова .,  №25 ЖОМ      И.Г.Бабенко .,  №29 ЖОМ          Е.Н.Гайкова .,  №34 ЖОМ</w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="007721DB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>А.А.Жалелова .,  №25 ЖОМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007721DB">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>И.Г.Бабенко .,  №29 ЖОМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007721DB">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Е.Н.Гайкова ., </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007721DB">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №34</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="601"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...14 lines deleted...]
-              <w:t>Қазақ тілі  пәнінен 11 сынып оқушыларына арналған аймақтық кеңес беру  ( жақсы оқитын № 12, 13, 18,21,24,27,КСОШ,ЖСОШ арналған)</w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақ тілі  пәнінен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 11 сынып оқушыларына арналған аймақтық кеңес беру  (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жақсы оқитын № 12, 13, 18,21,24,27,КСОШ,ЖСОШ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арналған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>18.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№24,27 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t>З.К.Абдруасилова .,  №22 ЖОМ                                             З.А.Баекеева .,  №36 ЖОМ             С.Л.Хамитова ., С №43 ЖОМ</w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="007721DB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>З.К.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007721DB">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Абдруаси</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лова ., </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007721DB">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №22 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007721DB">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                             </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>З.А.Баекеева .,  №36 ЖОМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007721DB">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>С.Л.Хамитова ., С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007721DB">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №43</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="601"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...14 lines deleted...]
-              <w:t>Қазақ тілі  пәнінен 11 сынып оқушыларына арналған аймақтық кеңес беру  ( жақсы оқитын № 12, 13, 18,21,24,27,КСОШ,ЖСОШ арналған)</w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақ тілі  пәнінен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 11 сынып оқушыларына арналған аймақтық кеңес беру  (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жақсы оқитын № 12, 13, 18,21,24,27,КСОШ,ЖСОШ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арналған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№24,27 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="007721DB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>А.С.Кузембаев .,  №19 ЖОМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007721DB">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Р.К.Турсунова .,  №9  ЖОМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007721DB">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Г.С.Туртугулова ., </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007721DB">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №41</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЖОМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="007721DB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00B0375A">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00B0375A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="186"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Аттестация- 2014</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аттестация</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- 2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="920" w:type="dxa"/>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...11 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестациядан өтетін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ, орыс тілі, математика, бей</w:t>
+            </w:r>
+            <w:r w:rsidR="00B0375A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>нелеу өнері, музыка</w:t>
             </w:r>
-            <w:r w:rsidR="00B0375A" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00B0375A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>бастауыш сынып</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="002B1A47" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мұғалім</w:t>
             </w:r>
-            <w:r w:rsidR="00B0375A" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00B0375A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">дердің ашық сабақтары (қала </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>мектептерінің мұғалімдері шақырылады)</w:t>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мектептеріні</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1A47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ң мұғалімдері шақырылады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>03</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12.201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ж.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B0375A" w:rsidRPr="00D60B60" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
+          <w:p w:rsidR="00B0375A" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00B0375A" w:rsidRPr="00D60B60" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B0375A" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00B0375A" w:rsidRPr="00D60B60" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B0375A" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00B0375A" w:rsidRPr="00D60B60" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B0375A" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00B0375A" w:rsidRPr="00D60B60" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B0375A" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00B0375A" w:rsidRPr="00D60B60" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B0375A" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00B0375A" w:rsidRPr="00D60B60" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B0375A" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00B0375A" w:rsidRPr="00D60B60" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B0375A" w:rsidRPr="006C467E" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="002B1A47" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">  №11 ЖОМ аттестация өтетін </w:t>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve">  №11 ЖОМ аттестация өтетін мұғалімдер.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="002B1A47" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...11 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...13 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестациядан өтетін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ тілі, бастауыш сынып,   музыка, биология, дене тәрбиесі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="002B1A47" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>03</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12.201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="0007562F" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  №30 ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="0007562F" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...11 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...24 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестациядан өтетін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> психологтар, жүргізуші</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B0375A" w:rsidRPr="0007562F" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3.12.201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="0007562F" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00FE3308" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>УПК-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  №30 ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="0007562F" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...11 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00FE3308" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">  аттестациядан өтетін география, сызу, математика, физика, қазақ тілі, бастауыш сынып пән мұғалімдері.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестациядан өтетін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география, сызу, математика, физика, қазақ тілі, бастауыш сынып пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00FE3308" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>05..12.13 ж.</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>05..12.13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00FE3308" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00FE3308" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> №13 ЖОМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  №13 ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...11 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00FE3308" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">  аттестациядан өтетін тарих, информатика, сызу, еңбекке баулу, хореографии пән мұғалімдері.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестациядан өтетін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих, информатика, сызу, еңбекке баулу, хореографии пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.12.2013ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>№34 ЖОМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№34</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  №34 ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  аттестациядан өтетін, қазақ тілі және орыс тілі, бастауыш сынып пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.12.2013ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>№32 ЖОМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№32</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  №34 ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...24 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">  аттестациядан өтетін география, сызу, математика, қазақ тілі, қазақ тілі, биология, музыка  пән мұғалімдері.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестациядан өтетін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география, сызу, математика, қазақ тілі, қазақ тілі, биология, музыка  пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>06.12.2013ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>ЖЖОМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  Ж ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  аттестациядан өтетін, бастауыш сыныптар, қазақ тілі, тарих, денешынықтыру, өзін-өзі тану сынып пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>09.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>№18 ЖОМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№18 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  №18 ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...11 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00FE3308" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">  аттестациядан өтетін қазақ тілі, информатика, дене шынықтыру, бастауыш сынып, музыка,, еңбекке баулу пән мұғалімдері.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестациядан өтетін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ тілі, информатика, дене шынықтыру, бастауыш сынып, музыка,, еңбекке баулу пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">10.12.2013ж </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>№42 ЖОМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№42 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  № 42 ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...16 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">  аттестациядан өтетін орыс тілі, неміс тілі,  информатика, дене шынықтыру, бастауыш сынып, математика, еңбекке баулу химия, география, тарих, өзін-өзі тану пән мұғалімдері</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестациядан өтетін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс тілі, неміс тілі,  информатика, дене шынықтыру, бастауыш сынып, математика, еңбекке баулу химия, география, тарих, өзін-өзі тану пән мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">10.12.2013ж </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>№40 ЖОМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№40 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  № 40 ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  аттестациядан өтетін  музыка еңбекке баулу, бастауыш сынып  пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№9 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  № 9 ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...15 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестациядан өтетін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бастауыш сынып, қазақ, орыс тілі, математика, физика,  тар</w:t>
+            </w:r>
+            <w:r w:rsidR="007B70C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>х, сызу, музыка, еңбекке баулу, биология,химия  пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>№4  ЖОМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№4  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  № 4  ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  аттестациядан өтетін  орыс тілі,физика, математика,биология   пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>№6  ЖОМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№6  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  № 6   ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  аттестациядан өтетін  орыс тілі, музыка  пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>№ 38  ЖОМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 38  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  № 38   ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестациядан өтетін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бастауыш сынып, қазақ, орыс тілі, математика, физика,  тар</w:t>
+            </w:r>
+            <w:r w:rsidR="007B70C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>х, сызу, география, еңбекке баулу, биология,  пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>№ 5  ЖОМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 5  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  № 5   ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  аттестациядан өтетін  география, орыс тілі, информатика  пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>№ 20  ЖОМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 20  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  № 20   ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестациядан өтетін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ тілі,бастауыш сынып,  дене шынықтыру,  музыка,, еңбекке баулу</w:t>
+            </w:r>
+            <w:r w:rsidR="007B70C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> логопед пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>№ 14  ЖОМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 14  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  № 14   ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  аттестациядан өтетін  бастауыш сынып, қазақ, ағылшын тілі,математика, химия, музыка пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> К ЖОМ</w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">   К ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...16 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  аттестациядан өтетін бастауыш сынып, биология, тарих  пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> №23 ЖОМ</w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №23 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">   № 23ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  аттестациядан өтетін бастауыш сынып, қазақ, орыс, ағылшын тілдері, биология пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>24.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> №21 ЖОМ</w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №21 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">   № 21ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  аттестациядан өтетін  бастауыш сынып, орыс, ағылшын, неміс, француз тілдері,тарих пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>24.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> СТИКС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">   СТИКС аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...15 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidR="007B70C6" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="007B70C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  аттестациядан өтетін бастауыш </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сынып,психологтар,қазақ тілі, АӘД  пән мұғалімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>26.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> №12 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әдіскерлер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">   № 12 ЖОМ аттестация өтетін мұғалімдер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="007B70C6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="007B70C6">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00B41F6B" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдістемелік  шығу </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  аттестациядан өтетін психолог мамандары</w:t>
             </w:r>
-            <w:r w:rsidR="0023284B" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="0023284B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  «</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ата- аналармен психолог мамандарының жұмыстары</w:t>
             </w:r>
-            <w:r w:rsidR="0023284B" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="0023284B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> пән мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> №33 ЖОМ</w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №33 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3308">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00830C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Т.В.Панащенко</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00C110D6">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="00C110D6">
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8848" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                                             </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00A850A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Қалалық шығармашылық топтар отырысы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...22 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED023E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география пәнінен тестік жұмыстардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED023E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Б </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жетекшілерінің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>отырысы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t>24.12.2013ж</w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>24.12.2013</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>№41 ЖОМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ж.З.Геложутдинова</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">.,  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">В.А. Сумина          </w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00F80A92" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В.А. Сумина</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F80A92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1155"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00F80A92" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED023E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география пәнінен КОЗ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED023E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F80A92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Б жетекшілерінің отырысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F80A92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>.12.2013ж</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.12.2013</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ж.З.Геложутдинова</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">.,  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">С.Н. Барвих          </w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00F80A92" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>С.Н. Барвих</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F80A92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00FD6D8E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жарытылыстану бағытындағы ӘБ жетекшілерінің отырысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12.201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00FD6D8E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№ 39 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ж.З.Геложутдинова</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">.,  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Л.З. Сыздыкова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F80A92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00FD6D8E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F80A92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия пәнінен КОЗ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED023E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F80A92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Б жетекшілерінің отырысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F80A92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>18.12.2013ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00FD6D8E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№4 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ж.З.Геложутдинова</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>С.Ж.Ауталипова</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...22 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Биология пәнінен бақылау жұмыстарының өлшем бірліктері </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED023E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Б </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жетекшілерінің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>отырысы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>18.12.2013ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00FD6D8E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№4 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ж.З.Геложутдинова</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00A850A4" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>А.В.Выгузова</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="0023284B">
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00A850A4" w:rsidRDefault="008B0C02" w:rsidP="0023284B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A850A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>Ұжымдық</w:t>
             </w:r>
-            <w:r w:rsidR="0023284B" w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="0023284B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> оқыту технология негізінде</w:t>
             </w:r>
-            <w:r w:rsidR="0023284B" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="0023284B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> о</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>рыс тілінде оқытатын мектептердегі қазақ тілі мен әдебиет мұғалімдері үшін</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> шығармашылық топ отырысы "Қазақ тілінен 5-11 сыныптарға арналған бақылау жұмыстарының өлшем бірліктерін құрастыру"</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="005E4123" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">03.12. 2013ж.,   </w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>03.12. 2013</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ж.,   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="005E4123" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>15.00</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="005E4123" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№29 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t>Х. В. Бекбосынова</w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="005E4123" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Х. В.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бекбосынова</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="005E4123" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Мемлекеттік тілде оқытатын мектептердегі қазақ тілі мен әдебиет мұғалімдері үшін</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> шығармашылық топ отырысы "Қазақ тілінен 5-11 сыныптарға арналған бақылау жұмыстарының өлшем бірліктерін құрастыру"</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>04.12.2013ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№29 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Х.В Бекбосынова</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="005E4123" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Электрондық кешен құрастыру бойынша </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ тіл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">і мен әдебиет мұғалімдерінің  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шығармашылық топ отырысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (тізімі телефонхат бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="005E4123" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12.201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> №</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00C5456E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Х.В.</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бекбосынова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>А.С. Байжуманова.,мектеп директорының орынбасары №34 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1365"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Электрондық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>кешен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>құрастыру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>қазақ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>тілі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> мен </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>әдебиет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мұғалімдерінің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>шығармашылық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> топ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>отырысы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>тізімі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефонхат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00C5456E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12.201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00C5456E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Х.В.</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бекбосынова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.,  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Р.Р</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жолдасова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="2505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">"Жеке </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...12 lines deleted...]
-              <w:t>а</w:t>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тұлғаға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бағытталған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>оқыту</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">" </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>технологиясы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мемлекеттік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>тілінде</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>оқытатын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бастауыш</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сынып</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мұғалімдерінің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>шығармашылық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> топ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>отырысы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0.12. 201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ш.Ш Нурахметова.,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Ш.Ш.Қайырғазина .,     О.Ю.Гудым.,А.Т. Рахимбекова..                                                          </w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00C5456E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ш.Ш.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">айырғазина </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.,     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>О.Ю.Гудым.,А.Т. Рахимбекова.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.                                                          </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="2505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00C5456E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>"Жеке тұлғаға бағытталған оқыту" технологиясы бойынша мемлекеттік тілінде оқытатын</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00C5456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> бастауыш сынып мұғалімдерінің шығармашылық топ отырысы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12. 201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Ш.ШҚайырғазина .,     А.Макина.,Шаяхсултанова., Б.Текенова.                                                          </w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00C5456E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ш.Ш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">айырғазина </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.,     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>А.Макина.,Шаяхсултанова., Б.Текенова.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                          </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1691"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...13 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00E26718" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E26718">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Мемлекеттік тілінде оқытатын бастауыш сынып мұғалімдерінің шығармашылық топ отырысы  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>"Сын тұрғысынан ойлау құрастыру"</w:t>
+            <w:r w:rsidRPr="00E26718">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сын тұрғысынан ойлау </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E26718">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құрастыру"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12.201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="0023284B" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00E26718" w:rsidRDefault="0023284B" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ш.Ш.</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="008B0C02" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="008B0C02" w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Қайырғазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="008B0C02" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="008B0C02" w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">.,   </w:t>
             </w:r>
-            <w:r w:rsidR="008B0C02" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="008B0C02">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>А.С.</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Шарипова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="008B0C02" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="008B0C02" w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="0023284B" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1691"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00C5456E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>"Жеке тұлғаға бағытталған оқыту" технологиясы бойынша мемлекеттік тілінде оқытатын</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00C5456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> бастауыш сынып мұғалімдерінің шығармашылық топ отырысы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>26.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00640784" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00640784" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№21 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0023284B" w:rsidRPr="00D60B60" w:rsidRDefault="0023284B" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="0023284B" w:rsidRDefault="0023284B" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ш.Ш.</w:t>
             </w:r>
-            <w:r w:rsidR="008B0C02" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="008B0C02" w:rsidRPr="00640784">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Қайырғазина</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="008B0C02" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="008B0C02" w:rsidRPr="00640784">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">.,  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> Б.М. Абдрахманова..</w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00640784" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00640784">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Б.М. Абдрахманова.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00640784">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00640784" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00640784">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">"Step by Step" технологиясы бойынша орыс тілінде оқытатын </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00640784">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">бастауыш сынып мұғалімдерінің шығармашылық топ отырысы </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00640784">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0023284B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0023284B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.12. 201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ш.С.</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нұрахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ., </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ш.Ш.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Қаирғазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.,  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Г.Х. Мурадымова.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">М.Т. Аменова.                  </w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00640784" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>М.Т. Аменова.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00640784">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00FE6C43" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE6C43">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>"Оқу және жазу сабақтарындағы сын тұрғысынан ойлау "  технологиясы режимінде мемлекеттік тілдегі бастауыш сынып мұғалімдерінің</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00FE6C43">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> шығармашылық топ отырысы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12. 201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">ж. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00482CD5" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ш.Ш.</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Қаирғазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Р.К. Шахманова</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>А.И. Баймульдинова., Е.Т. Кузембай.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00FE6C43" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE6C43">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>"Оқу және жазу сабақтарындағы сын тұрғысынан ойлау "  технологиясы режимінде мемлекеттік тілдегі бастауыш сынып мұғалімдерінің</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00FE6C43">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> шығармашылық топ отырысы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12. 201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">ж. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ш.С. Нурахметова., Ш.Ш.</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Қаирғазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Е.Г.Лаврикова.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00482CD5" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Н.Н.Лунгу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="005E4123" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік тілде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және орыс тілі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқытатын мектептердегі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тілі мен әдебиет мұғалімдері үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шығармашылық топ отырысы "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Орыс тілінен  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бақылау жұмыстарының өлшем бірліктерін құрастыру"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>26.12.2013ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№1 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Г.А.Жанкарин</w:t>
             </w:r>
-            <w:r w:rsidR="0023284B" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="0023284B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ва</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="005E4123" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік тілде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және орыс тілі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқытатын мектептердегі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мұғалімдері үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шығармашылық топ отырысы "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілінен  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бақылау жұмыстарының өлшем бірліктерін құрастыру"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.12.2013ж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№34 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Г.А.Жанкаринова</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="795"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="005E4123" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік тілде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және орыс тілі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқытатын мектептердегі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тарих пәні </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мұғалімдері үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шығармашылық топ отырысы "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тарих пәнінен  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бақылау жұмыстарының өлшем бірліктерін құрастыру"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00C5456E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>06.12. 2013ж.</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>06.12. 2013</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00C5456E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00C5456E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>№17ЖЛМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЖЛМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Г.Б.Аубакирова ., </w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="009A3DAA" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Г.Б.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5456E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ауба</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кирова </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00640784">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="885"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="009A3DAA" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тарих пәнінен КТЖ құрастыру</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="009A3DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="009A3DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...16 lines deleted...]
-              <w:t>отырысы</w:t>
+            <w:r w:rsidRPr="009A3DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шығармашылық топ отырысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="009A3DAA" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-              <w:t>10.12. 2013ж.</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10.12. 2013</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A3DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="009A3DAA" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="009A3DAA" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> №11 ЖОМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A3DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="009A3DAA" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Г.Б.Аубакирова .</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...16 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t xml:space="preserve">Модульдік </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="009A3DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>те</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>хнология</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>режимінде</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жұмыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>істейтін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мемлекеттік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>тілде</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>оқытылатын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  математика мен физика </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мұғалімдерінің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>шығармашылық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> топ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>отырысы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>04.12. 2012ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№ 24 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Алимова С. Ж., Казимова А. Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1155"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="005E4123" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік тілде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және орыс тілі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқытатын мектептердегі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">информатика пәні </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мұғалімдері үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шығармашылық топ отырысы "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">информатика пәнінен  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бақылау жұмыстарының өлшем бірліктерін құрастыру"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12. 201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>С.М.Дүненбаева</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>,О.Д.Казакова.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="528"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="00B0375A" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00207841">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00207841">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тарих</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00207841">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00207841">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00207841">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> КОЗ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00207841">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>құрастыру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00207841">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">» </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00207841">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ШТ</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00207841">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00207841">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>отырысы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>10.12. 2013ж.</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10.12. 2013</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>15.00</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>№11 ЖОМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Г.Б.Аубакирова</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1541"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Мемлекеттік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>тілде</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және орыс тілінде </w:t>
+              <w:t xml:space="preserve"> ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әне орыс тілінде </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>оқытатын</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ытатын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>мектептегі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0023284B" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="0023284B">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>өзі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>н-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> өзі тану</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>мұғалімдеріне</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ұғ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>алімдеріне</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>арналған</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>арнал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ғ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> семинар </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12. 201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Г.Б.Аубакирова</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">7-9 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>сыныптар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>үшін</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ү</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>шін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>пракатикалық</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>пракатикалы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>жұмыстары</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ұ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>мыстары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>құрастыру</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>растыру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> физика </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>мұғалімдерінің</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ұғ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>алімдеріні</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ң</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0023284B" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="0023284B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ШТ</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>отырысы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...5 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12.201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="008D512A" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Алимова С. Ж.,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  Л.М.Лымарчук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1365"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="008165CB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бастауыш 3 сыныптарға арналған                 « Есеп шығару жолдары»семинары (аралас мектептерден 2 мұғалім,бір тілді мектептерден 1 мұғалім)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>. 201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00C91DB8" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нұрахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С.,  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Қаирғазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.Ш.,                                                         </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>И.И.Валова., О.М. Куликова</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00351ADA">
-[...11 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00351ADA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Электронды</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>құралдар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ралдар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>құрастыру</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>растыру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>қазақ</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>аза</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>тілі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>мұғ</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ұғ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ал</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>імдерінің</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>імдеріні</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ң</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>шығармашылық</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>шы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ғ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>армашылы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>тобы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>отырысы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12. 201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">ж. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00002E2D" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-440"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Х.В.</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бекбосынова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                         </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>А.К. Баигабылова., Г.Е. Капезова.,      А.А. Жанакиева</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="009C46BF" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1365"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00351ADA">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00351ADA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Сын тұрғысынан ойлау әдісін</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сын т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұрғысынан ойлау әдісін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қолдану</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қолдану</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">денгейлік өткен,өтпеген </w:t>
+              <w:t xml:space="preserve">денгейлік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өткен,өтпеген </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>қазақ</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>аза</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>тілі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">және </w:t>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әне </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>әдебиет</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дебиет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>мұғалімдеріне</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ұғ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>алімдеріне</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t>арналған</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>арнал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ғ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> семинар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> семина</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>р</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="009C46BF" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12.201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>08</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="009C46BF" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-440"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Х.В.</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бекбосынова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">., №36 ЖОМ Ә.Б. жетекшісі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="765"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="00351ADA" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="009C46BF" w:rsidRDefault="00351ADA" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">«Жеке тұлғаға бағыталу </w:t>
             </w:r>
-            <w:r w:rsidR="008B0C02" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="008B0C02">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">технологиясын </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>тарих пәнінде</w:t>
             </w:r>
-            <w:r w:rsidR="008B0C02" w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="008B0C02">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> қолдану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="009C46BF" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>06.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12.2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="009C46BF" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Г.К.Кульжанов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00500CAB" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="975"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>Деңгейлі курстан өткен және өтпеген тарих мұғалімдері үшін</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>« Оқу үрдісіндегі бағалау»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Телефонхат бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t>№17 ЖОМ</w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00500CAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00500CAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Г.Б.Аубакирова.,А.Ф. Дацюк.,  Б.Д. Сапанов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="705"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00161FA9" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тарих пәнінде модульдік технологияның қолдануы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00500CAB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>12.12.2013</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00500CAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.12.201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00500CAB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Телефонхат бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00500CAB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>№17 ЖОМ</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00500CAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00500CAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Г.Б.Аубакирова., Н.А. Гайдукова.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00830C52" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1590"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="00351ADA" w:rsidP="00C110D6">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00D60B60">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="00351ADA" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Мемлекеттік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>тілде</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>және</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>орыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>тілінде</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>оқытатын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бастауыш</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сыныптар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мұғалімдерін</w:t>
             </w:r>
-            <w:r w:rsidR="0023284B" w:rsidRPr="00D60B60">
+            <w:r w:rsidR="0023284B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0023284B" w:rsidRPr="00D60B60">
+            <w:r w:rsidR="0023284B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="0023284B" w:rsidRPr="00D60B60">
+            <w:r w:rsidR="0023284B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ШТ</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="0023284B" w:rsidRPr="00D60B60">
+            <w:r w:rsidR="0023284B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="0023284B" w:rsidRPr="00D60B60">
+            <w:r w:rsidR="0023284B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>үшін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0023284B" w:rsidRPr="00D60B60">
+            <w:r w:rsidR="0023284B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="0023284B" w:rsidRPr="00D60B60">
+            <w:r w:rsidR="0023284B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сабақтарда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> АКТ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>қолдану</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
+            <w:r w:rsidRPr="00500CAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>» семинар - практикум</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00500CAB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>06</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12.201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00500CAB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-440"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нұрахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.С.,  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Қаирғазина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ш.Ш.,           </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ж.Ж.Жақсылыкова</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="1290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...11 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ІІІ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>деңгейлі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>курстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>өткен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">орыс </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>тілде</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>оқытылатын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>бастауыш</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>сынып</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>мұғ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ал</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>імдері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>үшін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ұйымдастыру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> семинары</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.12. 201</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="006C467E" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="006C467E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>СТИКС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-620"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Ш.С Нұрахметова.,  Ш.Ш.,  Қаирғазина Т.А. Бондаренко., О.С. Каиетова.                                                       </w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E22F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ш.С Нұрахметова.,  Ш.Ш.,  Қаирғазина </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Т.А. Бондаренко., О.С. Каиетова.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E22F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                       </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="00A46F78" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00351ADA">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidRDefault="008B0C02" w:rsidP="00351ADA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E22F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ІІІ деңгейлі курстан өткен мемлекеттік тілде оқытылатын бастауыш сынып мұғалімдері үшін ұйымдастыру семинары</w:t>
+              <w:t xml:space="preserve">ІІІ деңгейлі курстан өткен </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мемлекеттік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E22F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тілде оқытылатын бастауыш сынып мұғалімдері үшін ұйымдастыру семинары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.12.2013.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>16.00 </w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E22F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>№7 ЖОМ </w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№7 ЖОМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E22F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...12 lines deleted...]
-              <w:t>Ш.Ш.Қаирғазина., З.В.Вакпаева., Г.Н. Асулканова.</w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ш.Ш.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E22F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қаирғазина</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>., З.В.Вакпаева., Г.Н. Асулканова.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00351ADA">
-[...4 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidRDefault="008B0C02" w:rsidP="00351ADA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="008E22F3">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>АӘД мұғалімдеріне</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>А</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E22F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>Ә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E22F3">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Д </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұғалімдеріне</w:t>
+            </w:r>
+            <w:r w:rsidR="0023284B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> кең</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0412.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№14 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Н.Ж. Тасыбаев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="381"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...3 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="00FC77CB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Зарница»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D60B60">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> ойнының ұйымдастыру семинары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Телефонхат бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№40 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Н.Ж. Тасыбаев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="0023284B">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidTr="0023284B">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...4 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Дене тәрбисі мұғалімдерінің семинары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№42 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Н.Ж. Тасыбаев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00351ADA">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidTr="00351ADA">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8848" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00351ADA">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00351ADA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                      Байқаулар, конкурстар, конференциялар</w:t>
+              <w:t xml:space="preserve">                                                      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E05A0">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бай</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E05A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E05A0">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аулар, конкурстар, конференциялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00351ADA">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidTr="00351ADA">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...4 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Бастауыш сынып оқушыларына қазақ тілі пәнінен олимпиада</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.12.2013</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>06.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>09.00-17.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>09.00-17.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№35 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Х.В. Бекбосынова</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00351ADA">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidTr="00351ADA">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00351ADA">
-[...4 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00351ADA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жаратылыстану бағытындағы пәндеріне бақылау жұмыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жеке жоспар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>қала мектептері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>білім беру бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00351ADA">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidTr="00351ADA">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...4 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қалижан Бекхожин оқулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№12 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Х.В. Бекбосынова</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00351ADA">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidTr="00351ADA">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...4 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Қалалық олимпиада </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>18.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Жеке жоспар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№29 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>білім беру бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00351ADA">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidTr="00351ADA">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8848" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">                                                 Ұйымдастырушылық іс - шаралар</w:t>
+          <w:p w:rsidR="008B0C02" w:rsidRPr="000323EB" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000323EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұйымдастырушылық іс - шаралар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidTr="00351ADA">
+      <w:tr w:rsidR="008B0C02" w:rsidRPr="008E22F3" w:rsidTr="00351ADA">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1286" w:type="dxa"/>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...4 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60B60">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қала мектептерінің оқушыларына «Баскетбол» 43- спартакиадасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14.12.2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№5 ЖОМ №39 ЖОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="008B0C02" w:rsidRDefault="008B0C02" w:rsidP="00C110D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Н.Ж. Тасыбаев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidRDefault="008B0C02">
+    <w:p w:rsidR="008B0C02" w:rsidRPr="00FA607A" w:rsidRDefault="008B0C02">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D60B60">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:br w:type="textWrapping" w:clear="all"/>
-        <w:t>Әдістемелік кабинет меңгерушісі                                                                  Ш.С.Нұрахметова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA607A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA607A">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дістемелік кабинет ме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA607A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA607A">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>герушісі                                                                  Ш.С.Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA607A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA607A">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рахметова</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008B0C02" w:rsidRPr="00D60B60" w:rsidSect="0038516A">
+    <w:sectPr w:rsidR="008B0C02" w:rsidRPr="00FA607A" w:rsidSect="0038516A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="0" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
@@ -37998,58 +43284,56 @@
     <w:rsid w:val="006C467E"/>
     <w:rsid w:val="00714BBA"/>
     <w:rsid w:val="007247F1"/>
     <w:rsid w:val="007721DB"/>
     <w:rsid w:val="007B414A"/>
     <w:rsid w:val="007B70C6"/>
     <w:rsid w:val="007D6709"/>
     <w:rsid w:val="00804ACB"/>
     <w:rsid w:val="008165CB"/>
     <w:rsid w:val="00830C52"/>
     <w:rsid w:val="00895261"/>
     <w:rsid w:val="008B0C02"/>
     <w:rsid w:val="008D512A"/>
     <w:rsid w:val="008E22F3"/>
     <w:rsid w:val="00902A1A"/>
     <w:rsid w:val="009748B4"/>
     <w:rsid w:val="009A3DAA"/>
     <w:rsid w:val="009C46BF"/>
     <w:rsid w:val="009E05A0"/>
     <w:rsid w:val="00A46F78"/>
     <w:rsid w:val="00A850A4"/>
     <w:rsid w:val="00AA2892"/>
     <w:rsid w:val="00AA7A7D"/>
     <w:rsid w:val="00B0375A"/>
     <w:rsid w:val="00B41F6B"/>
-    <w:rsid w:val="00BB6339"/>
     <w:rsid w:val="00C110D6"/>
     <w:rsid w:val="00C5456E"/>
     <w:rsid w:val="00C8627D"/>
     <w:rsid w:val="00C91DB8"/>
     <w:rsid w:val="00CC15A4"/>
     <w:rsid w:val="00CD6C42"/>
-    <w:rsid w:val="00D60B60"/>
     <w:rsid w:val="00DC354D"/>
     <w:rsid w:val="00E15A4C"/>
     <w:rsid w:val="00E26718"/>
     <w:rsid w:val="00EB64E3"/>
     <w:rsid w:val="00ED023E"/>
     <w:rsid w:val="00F80A92"/>
     <w:rsid w:val="00FA607A"/>
     <w:rsid w:val="00FA62E5"/>
     <w:rsid w:val="00FC77CB"/>
     <w:rsid w:val="00FD6D8E"/>
     <w:rsid w:val="00FE3308"/>
     <w:rsid w:val="00FE6C43"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -38874,71 +44158,71 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>28519</Characters>
+  <Pages>18</Pages>
+  <Words>4972</Words>
+  <Characters>28341</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>237</Lines>
+  <Lines>236</Lines>
   <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33456</CharactersWithSpaces>
+  <CharactersWithSpaces>33247</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>