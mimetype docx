--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,5177 +1,618 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00B020D3" w:rsidRPr="00B020D3" w:rsidRDefault="00B020D3" w:rsidP="00B020D3">
+    <w:p w:rsidR="00751739" w:rsidRDefault="00751739" w:rsidP="00751739">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...80 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="0000CD"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Рецепты для более успешной тактики выполнения тестирования:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B020D3" w:rsidRPr="00B020D3" w:rsidRDefault="00B020D3" w:rsidP="00B020D3">
+    <w:p w:rsidR="00751739" w:rsidRDefault="00751739" w:rsidP="00751739">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...1037 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>  Сосредоточься!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>После выполнения предварительной части тестирования (заполнения бланков), когда ты прояснил все непонятные тебе моменты, постарайся сосредоточиться и забыть про окружающих. Для тебя должны существовать только текст заданий и часы, регламентирующие время выполнения теста. Торопись не спеша! Жесткие рамки времени не должны влиять на качество твоих ответов. Перед тем, как вписать ответ, перечитай вопрос дважды и убедись, что ты правильно понял, что от тебя требуется.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B020D3" w:rsidRPr="00B020D3" w:rsidRDefault="00B020D3" w:rsidP="00B020D3">
+    <w:p w:rsidR="00751739" w:rsidRDefault="00751739" w:rsidP="00751739">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...1261 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> Начни с легкого!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Начни отвечать на те вопросы, в знании которых ты не сомневаешься, не останавливаясь на тех, которые могут вызвать долгие раздумья. Тогда ты успокоишься, голова начнет работать более ясно и четко, и ты войдешь в рабочий ритм. Ты как бы освободишься от нервозности, и вся твоя энергия потом будет направлена на более трудные вопросы. - Пропускай! Надо научиться пропускать трудные и непонятные задания. Помни: в тексте всегда найдутся такие вопросы, с которыми ты обязательно справишься. Просто глупо недобрать очков только потому, что ты не дошел "до своих" заданий, а заострял на тех, которые вызывают у тебя затруднения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B020D3" w:rsidRPr="00B020D3" w:rsidRDefault="00B020D3" w:rsidP="00B020D3">
+    <w:p w:rsidR="00751739" w:rsidRDefault="00751739" w:rsidP="00751739">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...739 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>  Читай задание до конца!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Спешка не должна приводить к тому, что ты стараешься понять условия задания "по первым словам" и достраиваешь концовку в собственном воображении. Это верный способ совершить досадные ошибки в самых легких вопросах.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B020D3" w:rsidRPr="00B020D3" w:rsidRDefault="00B020D3" w:rsidP="00B020D3">
+    <w:p w:rsidR="00751739" w:rsidRDefault="00751739" w:rsidP="00751739">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...388 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>  Думай только о текущем задании!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Когда ты видишь новое задание, забудь все, что было в предыдущем. Как правило, задания в тестах не связаны друг с другом, поэтому знания, которые ты применил в одном (уже, допустим, решенном тобой), как правило, не помогают, а только мешают сконцентрироваться и правильно решить новое задание. Этот совет дает тебе и другой бесценный психологический эффект - забудь о неудаче в прошлом задании (если оно оказалось тебе не по зубам). Думай только о том, что каждое новое задание - это шанс набрать очки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B020D3" w:rsidRPr="00B020D3" w:rsidRDefault="00B020D3" w:rsidP="00B020D3">
+    <w:p w:rsidR="00751739" w:rsidRDefault="00751739" w:rsidP="00751739">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...437 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>  Исключай!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Многие задания можно быстрее решить, если не искать сразу правильный вариант ответа, а последовательно исключать те, которые явно не подходят. Метод исключения позволяет в итоге сконцентрировать внимание всего на одном-двух вариантах, а не на всех пяти-семи (что гораздо труднее).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B020D3" w:rsidRPr="00B020D3" w:rsidRDefault="00B020D3" w:rsidP="00B020D3">
+    <w:p w:rsidR="00751739" w:rsidRDefault="00751739" w:rsidP="00751739">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...128 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>  Запланируй два круга!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Рассчитай время так, чтобы за две трети всего отведенного времени пройтись по всем легким заданиям ("первый круг"). Тогда ты успеешь набрать максимум очков на тех заданиях, а потом спокойно вернуться и подумать над трудными, которые тебе вначале пришлось пропустить ("второй круг").</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B020D3" w:rsidRPr="00B020D3" w:rsidRDefault="00B020D3" w:rsidP="00B020D3">
+    <w:p w:rsidR="00751739" w:rsidRDefault="00751739" w:rsidP="00751739">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...277 lines deleted...]
-        <w:t>!</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Проверь!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Оставь время для проверки своей работы, хотя бы, чтобы успеть пробежать глазами и заметить явные ошибки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B020D3" w:rsidRPr="00B020D3" w:rsidRDefault="00B020D3" w:rsidP="00B020D3">
+    <w:p w:rsidR="00751739" w:rsidRDefault="00751739" w:rsidP="00751739">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...568 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Угадывай!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Если ты не уверен в выборе ответа, то интуитивно можешь предпочесть какой-то ответ другим, то интуиции следует доверять! При этом выбирай такой вариант, который, на твой взгляд, имеет большую вероятность.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC65FF" w:rsidRDefault="00CC65FF"/>
-    <w:sectPr w:rsidR="00CC65FF">
+    <w:p w:rsidR="00751739" w:rsidRDefault="00751739" w:rsidP="00751739">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Не огорчайся!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Стремись выполнить все задания, но помни, что на практике это нереально. Учитывай, что тестовые задания рассчитаны на максимальный уровень трудности, и количество решенных тобой заданий вполне может оказаться достаточным для хорошей оценки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB2A7A" w:rsidRDefault="00AB2A7A">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00AB2A7A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="75"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0021271A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00CC65FF"/>
+    <w:rsidRoot w:val="007F092D"/>
+    <w:rsid w:val="00751739"/>
+    <w:rsid w:val="007F092D"/>
+    <w:rsid w:val="00AB2A7A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5348,60 +789,76 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B020D3"/>
+    <w:rsid w:val="00751739"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00751739"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00751739"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -5555,68 +1012,84 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B020D3"/>
+    <w:rsid w:val="00751739"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00751739"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00751739"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="931547664">
+    <w:div w:id="1311246736">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -5886,54 +1359,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>309</Words>
-  <Characters>1763</Characters>
+  <Words>471</Words>
+  <Characters>2686</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2068</CharactersWithSpaces>
+  <CharactersWithSpaces>3151</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>