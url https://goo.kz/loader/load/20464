--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -1,3895 +1,3837 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p>
+    <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="004A5559" w:rsidP="004A5559">
       <w:pPr>
-        <w:pStyle w:val="style22"/>
-        <w:spacing w:after="0" w:before="0" w:line="268" w:lineRule="atLeast"/>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D77276">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
-          <w:b/>
           <w:szCs w:val="28"/>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                               </w:t>
+        <w:t xml:space="preserve">                                                                                                              </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D77276">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
-          <w:b/>
           <w:szCs w:val="28"/>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«Бекітемін»</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="004A5559" w:rsidP="004A5559">
       <w:pPr>
-        <w:pStyle w:val="style22"/>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
-        <w:spacing w:after="0" w:before="0" w:line="268" w:lineRule="atLeast"/>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
-          <w:b/>
           <w:szCs w:val="28"/>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77276">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
-          <w:b/>
           <w:szCs w:val="28"/>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар  қаласының</w:t>
+        <w:t xml:space="preserve">    Павлодар  қаласының</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="004A5559" w:rsidP="004A5559">
       <w:pPr>
-        <w:pStyle w:val="style22"/>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
-        <w:spacing w:after="0" w:before="0" w:line="268" w:lineRule="atLeast"/>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
-          <w:b/>
           <w:szCs w:val="28"/>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">№ </w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77276">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
-          <w:b/>
           <w:szCs w:val="28"/>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>41 ЖОБМ директоры</w:t>
+        <w:t>№ 41 ЖОБМ директоры</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="004A5559" w:rsidP="004A5559">
       <w:pPr>
-        <w:pStyle w:val="style22"/>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
-        <w:spacing w:after="0" w:before="0" w:line="268" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D77276">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
-          <w:b/>
           <w:szCs w:val="28"/>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>____________А.Ж.Ерубаева</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="004A5559" w:rsidP="004A5559">
       <w:pPr>
-        <w:pStyle w:val="style22"/>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
-        <w:spacing w:after="0" w:before="0" w:line="268" w:lineRule="atLeast"/>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
-          <w:b/>
           <w:szCs w:val="28"/>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">« 2»  қыркүйек 2013 жыл </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="002F587D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы «</w:t>
+      </w:r>
+      <w:r w:rsidR="00852642" w:rsidRPr="00D77276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F587D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00852642" w:rsidRPr="00D77276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»  қыркүйек</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="003D2098" w:rsidRPr="00D77276" w:rsidRDefault="003D2098" w:rsidP="004A5559">
       <w:pPr>
-        <w:pStyle w:val="style0"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr/>
+    </w:p>
+    <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="004A5559" w:rsidP="004A5559">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>План мероприятий по подготовке к ЕНТ</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="004A5559" w:rsidP="004A5559">
       <w:pPr>
-        <w:pStyle w:val="style22"/>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D77276">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>на 201</w:t>
+      </w:r>
+      <w:r w:rsidR="002F587D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">2013-2014 оқу жылына </w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-201</w:t>
+      </w:r>
+      <w:r w:rsidR="002F587D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D77276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="004A5559" w:rsidP="004A5559">
       <w:pPr>
-        <w:pStyle w:val="style22"/>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblBorders>
-[...6 lines deleted...]
-        <w:tblInd w:type="dxa" w:w="-817"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="10899" w:type="dxa"/>
+        <w:tblInd w:w="-601" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="733"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2545"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5386"/>
+        <w:gridCol w:w="2535"/>
       </w:tblGrid>
-      <w:tr>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:tr w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidTr="004A5559">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="004A5559" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...95 lines deleted...]
-              <w:t xml:space="preserve">Жауаптылар </w:t>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="004A5559" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сроки </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00D113A4" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="004A5559" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ответственные </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:tr w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidTr="004A5559">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F587D" w:rsidRDefault="002F587D" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...163 lines deleted...]
-              <w:t>ОТЖ ДО</w:t>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D113A4" w:rsidRPr="00D77276" w:rsidRDefault="00D113A4" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00D113A4" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00D113A4" w:rsidP="002F587D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Провести анализ итогов ЕНТ – 201</w:t>
+            </w:r>
+            <w:r w:rsidR="002F587D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и организовать работу по устранению пробелов в знаниях выпускников      (СД)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00D113A4" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бондар Е.В.           ЗД по УВР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:tr w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidTr="004A5559">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F587D" w:rsidRDefault="002F587D" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...201 lines deleted...]
-              <w:t>ОТЖ ДО</w:t>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="004A5559" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D113A4" w:rsidRPr="00D77276" w:rsidRDefault="00D113A4" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00D113A4" w:rsidP="00D113A4">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Провести совещание для учителей по вопросам подготовки к ЕНТ, изучить нормативные документы                     (СЗ) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F6576D" w:rsidRPr="00D77276" w:rsidRDefault="00F6576D" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ерубаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Ж.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00D113A4" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бондар Е.В.           ЗД по УВР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...80 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:tr w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidTr="004A5559">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F587D" w:rsidRDefault="002F587D" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F587D" w:rsidRDefault="002F587D" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F587D" w:rsidRDefault="002F587D" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F587D" w:rsidRDefault="002F587D" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F587D" w:rsidRDefault="002F587D" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...226 lines deleted...]
-              <w:pStyle w:val="style22"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="004A5559" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Февраль</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Апрель - май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00D113A4" w:rsidP="00D113A4">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Провести родительские </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD1825" w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>собрания по вопросам:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="00FD1825">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0" w:before="0" w:line="100" w:lineRule="atLeast"/>
-[...30 lines deleted...]
-              <w:pStyle w:val="style22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Результаты ЕНТ, правила проведения итоговой аттестации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="00FD1825">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0" w:before="0" w:line="100" w:lineRule="atLeast"/>
-[...31 lines deleted...]
-              <w:pStyle w:val="style22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Результаты успеваемости учащихся, профориентационная работа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="00FD1825">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0" w:before="0" w:line="100" w:lineRule="atLeast"/>
-[...21 lines deleted...]
-              <w:pStyle w:val="style22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Анализ качества результатов пробных тестирований, профориентационная работа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="00FD1825">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0" w:before="0" w:line="100" w:lineRule="atLeast"/>
-[...128 lines deleted...]
-              <w:t>сынып жетекшілері</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Правила проведения ЕНТ-2012, правила поведения учащихся, профориентационная работа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="004A5559" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бондар Е.В.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...60 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:tr w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidTr="004A5559">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F587D" w:rsidRDefault="002F587D" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F587D" w:rsidRDefault="002F587D" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F587D" w:rsidRDefault="002F587D" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...178 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="004A5559" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сентябрь </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Март – апрель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Май </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00030384" w:rsidP="00D113A4">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r>
-[...19 lines deleted...]
-              <w:pStyle w:val="style22"/>
+            <w:r w:rsidR="00FD1825" w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Провести ученические собрания по вопросам:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="00FD1825">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:before="0" w:line="100" w:lineRule="atLeast"/>
-[...30 lines deleted...]
-              <w:pStyle w:val="style22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Технология проведения ЕНТ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="00FD1825">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:before="0" w:line="100" w:lineRule="atLeast"/>
-[...21 lines deleted...]
-              <w:pStyle w:val="style22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Профориентационная работа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="00FD1825">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:before="0" w:line="100" w:lineRule="atLeast"/>
-[...30 lines deleted...]
-              <w:pStyle w:val="style22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Типовые правила приёма в ВУЗы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственный образовательный заказ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="00FD1825">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0" w:before="0" w:line="100" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Правила поведения на ЕНТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="004A5559" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="00FD1825">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бондар Е.В.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD1825" w:rsidRPr="00D77276" w:rsidRDefault="00FD1825" w:rsidP="00FD1825">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidTr="004A5559">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F587D" w:rsidRDefault="002F587D" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00030384" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Январь - апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00030384" w:rsidP="00D113A4">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Принять меры по завершению документирования выпускников        (АС)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00030384" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F6576D" w:rsidRPr="00D77276" w:rsidRDefault="00F6576D" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Паскарь</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.П.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidTr="004A5559">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F587D" w:rsidRDefault="002F587D" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00030384" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В каждой четверти</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00030384" w:rsidP="00D113A4">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   Провести анализ результатов пробных тестирований                                           (АС)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00030384" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бондар Е.В.   </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>уч.предметники</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00030384" w:rsidRPr="00D77276" w:rsidRDefault="00030384" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidTr="004A5559">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="00340FAE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В течение года </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="00030384">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00030384" w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организовать пробные тестирования, с привлечением</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к сотрудничеству ВУЗы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бондар Е.В.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidTr="004A5559">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="00340FAE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="00030384">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Организовать дополнительные занятия по предметам ЕНТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЗД по УВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>уч. предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidTr="004A5559">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F587D" w:rsidRDefault="002F587D" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="00030384">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   Организовать контроль за успеваемостью и посещаемостью </w:t>
+            </w:r>
+            <w:r w:rsidR="00F6576D" w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> уроков </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учащихся 10-11 классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="00F6576D" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Шакенова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.Ж.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidTr="004A5559">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="0003168A" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Второе полугодие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="00030384">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   Организовать работу психологической службы с учащимися и их родителями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="00852642" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Карпова И.В.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidTr="004A5559">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F587D" w:rsidRDefault="002F587D" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="00340FAE" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0003168A" w:rsidRPr="00D77276" w:rsidRDefault="0003168A" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="0003168A" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="005B6D13" w:rsidP="00030384">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="0003168A" w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организовать по мере необходимости индивидуальные собеседования с учащимися и родителями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00340FAE" w:rsidRPr="00D77276" w:rsidRDefault="0003168A" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ерубаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Ж.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0003168A" w:rsidRPr="00D77276" w:rsidRDefault="0003168A" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77276">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00137DA2" w:rsidRPr="00D77276" w:rsidTr="004A5559">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00137DA2" w:rsidRDefault="00137DA2" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-              <w:spacing w:after="0" w:before="0" w:line="100" w:lineRule="atLeast"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00137DA2" w:rsidRPr="00D77276" w:rsidRDefault="00137DA2" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr/>
-[...6 lines deleted...]
-              <w:spacing w:after="0" w:before="0" w:line="100" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00137DA2" w:rsidRPr="00D77276" w:rsidRDefault="00137DA2" w:rsidP="00030384">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr/>
-[...6 lines deleted...]
-              <w:spacing w:after="0" w:before="0" w:line="100" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организовать встречи и посещение ВУЗов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00137DA2" w:rsidRDefault="00137DA2" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-              <w:spacing w:after="0" w:before="0" w:line="100" w:lineRule="atLeast"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бондар Е.В. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00137DA2" w:rsidRPr="00D77276" w:rsidRDefault="00137DA2" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-              <w:t>сынып жетекшілері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЗД УВР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:before="0" w:line="100" w:lineRule="atLeast"/>
+      <w:tr w:rsidR="00137DA2" w:rsidRPr="00D77276" w:rsidTr="004A5559">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00137DA2" w:rsidRDefault="00137DA2" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr/>
-[...6 lines deleted...]
-              <w:spacing w:after="0" w:before="0" w:line="100" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00137DA2" w:rsidRDefault="00137DA2" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00137DA2" w:rsidRDefault="00137DA2" w:rsidP="00137DA2">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Контроль за</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> посещением </w:t>
+            </w:r>
+            <w:r w:rsidR="00C63E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> консультаций и пробных тестирований претендентами школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00137DA2" w:rsidRDefault="00C63E42" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...28 lines deleted...]
-              <w:spacing w:after="0" w:before="0" w:line="100" w:lineRule="atLeast"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бондар Е.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C63E42" w:rsidRDefault="00C63E42" w:rsidP="004A5559">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...1478 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Турсунбаева Н.К.</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidRDefault="004A5559" w:rsidP="004A5559">
       <w:pPr>
-        <w:pStyle w:val="style22"/>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr>
-[...5 lines deleted...]
-      <w:pgMar w:bottom="1134" w:left="1134" w:right="850" w:top="1134"/>
+    <w:sectPr w:rsidR="004A5559" w:rsidRPr="00D77276" w:rsidSect="00F05A8D">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:altName w:val="MV Boli"/>
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-    <w:charset w:val="02"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-  </w:font>
-[...13 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="02D95B06"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="37063E44"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
-      <w:lvlText w:val="%1)"/>
       <w:pPr>
-        <w:ind w:hanging="360" w:left="720"/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
-      <w:lvlText w:val="%2."/>
       <w:pPr>
-        <w:ind w:hanging="360" w:left="1440"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
-      <w:lvlText w:val="%3."/>
       <w:pPr>
-        <w:ind w:hanging="180" w:left="2160"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
-      <w:lvlText w:val="%4."/>
       <w:pPr>
-        <w:ind w:hanging="360" w:left="2880"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
-      <w:lvlText w:val="%5."/>
       <w:pPr>
-        <w:ind w:hanging="360" w:left="3600"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
-      <w:lvlText w:val="%6."/>
       <w:pPr>
-        <w:ind w:hanging="180" w:left="4320"/>
-[...26 lines deleted...]
-        <w:ind w:hanging="180" w:left="6480"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="6F074239"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9BFCACA4"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:lvlText w:val="%1."/>
       <w:pPr>
-        <w:ind w:hanging="360" w:left="720"/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
-      <w:lvlText w:val="%2."/>
       <w:pPr>
-        <w:ind w:hanging="360" w:left="1440"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
-      <w:lvlText w:val="%3."/>
       <w:pPr>
-        <w:ind w:hanging="180" w:left="2160"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
-      <w:lvlText w:val="%4."/>
       <w:pPr>
-        <w:ind w:hanging="360" w:left="2880"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
-      <w:lvlText w:val="%5."/>
       <w:pPr>
-        <w:ind w:hanging="360" w:left="3600"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
-      <w:lvlText w:val="%6."/>
       <w:pPr>
-        <w:ind w:hanging="180" w:left="4320"/>
-[...109 lines deleted...]
-        <w:ind w:hanging="1584" w:left="1584"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
-[...2 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="75"/>
+  <w:doNotDisplayPageBoundaries/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00F05A8D"/>
+    <w:rsid w:val="00030384"/>
+    <w:rsid w:val="0003168A"/>
+    <w:rsid w:val="00137DA2"/>
+    <w:rsid w:val="002F587D"/>
+    <w:rsid w:val="00340FAE"/>
+    <w:rsid w:val="003D2098"/>
+    <w:rsid w:val="004A5559"/>
+    <w:rsid w:val="005B6D13"/>
+    <w:rsid w:val="00613A72"/>
+    <w:rsid w:val="00790AC4"/>
+    <w:rsid w:val="00852642"/>
+    <w:rsid w:val="00C63E42"/>
+    <w:rsid w:val="00D113A4"/>
+    <w:rsid w:val="00D77276"/>
+    <w:rsid w:val="00F05A8D"/>
+    <w:rsid w:val="00F6576D"/>
+    <w:rsid w:val="00FD1825"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+</w:settings>
+</file>
+
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...2 lines deleted...]
-    <w:next w:val="style0"/>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="004A5559"/>
     <w:pPr>
-      <w:jc w:val="left"/>
-[...5 lines deleted...]
-      <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="atLeast"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="004A5559"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00790AC4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="00000A"/>
-[...3 lines deleted...]
-      <w:lang w:bidi="ar-SA" w:eastAsia="en-US" w:val="ru-RU"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="style15" w:type="character">
-[...4 lines deleted...]
-  <w:style w:styleId="style16" w:type="character">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
-    <w:basedOn w:val="style15"/>
-[...10 lines deleted...]
-    </w:pPr>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00790AC4"/>
     <w:rPr>
-      <w:sz w:val="28"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Arial" w:cs="Tahoma" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
-  </w:style>
-[...69 lines deleted...]
-    <w:rPr/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="004A5559"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="004A5559"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00790AC4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00790AC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Application>OpenOffice.org/3.1$Win32 OpenOffice.org_project/310m19$Build-9420</Application>
+  <Pages>1</Pages>
+  <Words>365</Words>
+  <Characters>2084</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>School_41</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2445</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Computer</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>Computer</dc:creator>
-[...1 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>