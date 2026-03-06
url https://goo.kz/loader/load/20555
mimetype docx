--- v0 (2025-12-19)
+++ v1 (2026-03-06)
@@ -1,11943 +1,2262 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ТҮЛЕКТІҢ  ЖАДЫНАМАСЫ</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+        <w:t>ПАМЯТКА ВЫПУСКНИКА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">2014 </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Единое национальное тестирование 2014 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...150 lines deleted...]
-          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...78 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+        <w:t>1.Сроки подачи заявлений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҰБТ </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Заявление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> на участие в ЕНТ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қатысуға</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>подается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> выпускником с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...325 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+        <w:t>10 марта по 25 апреля 2014 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в свое общеобразовательное учреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Документы, необходимые для подачи заявления:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Документ, удостоверяющий личность;2 фотокарточки (размер 3х4).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>После внесения заявления в базу данных, выпускнику выдается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Справка о регистрации выпускника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пропуск на тестирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>беруге</w:t>
-[...100 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+        <w:t>2. Порядок проведения ЕНТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
-[...132 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЕНТ проводится по пяти предметам: казахскому или русскому языку (язык обучения), математике, истории Казахстана, казахскому языку в школах с русским языком обучения и русскому языку в школах с казахским языком обучения и одному из предметов по выбору в зависимости от избранной специальности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Предметы по выбору выпускника, сдаваемые в форме ЕНТ: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Өтіні</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">география, физика, биология, химия, всемирная история, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>шт</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>і</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>әдебиеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>деректер</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> (русская литература), иностранный язык.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для выпускников, избравших специальности, требующие специальной или творческой подготовки, предмет по выбору – произвольный.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЕНТ проводится с помощью тестовых заданий, разработанных на основе общеобразовательных учебных программ, их содержание не может выходить за рамки программ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Количество тестовых заданий – 25 по каждому предмету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Результаты оцениваются по 125-балльной системе и переводятся в оценки по пятибалльной системе для получения аттестата об общем среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...364 lines deleted...]
-          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. ҰБТ </w:t>
-[...48 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+        <w:t>3. Сроки экзаменов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...730 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҰБТ  </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Тестирование проводится в ППЕНТ с 1 по 10 июня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...1677 lines deleted...]
-          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. </w:t>
-[...48 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+        <w:t>4. Продолжительность экзаменов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Тестілеу</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Время начала ЕНТ – 09.00 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ҰБТӨ</w:t>
+        <w:t xml:space="preserve">Продолжительность ЕНТ – 3,5 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A96C0B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>П</w:t>
+        <w:t>астрономических</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A96C0B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-10 </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> часа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В первый и последний часы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>маусым</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>покидать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> аудиторию запрещается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...105 lines deleted...]
-          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. </w:t>
-[...78 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+        <w:t>5. Апелляция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҰБТ  </w:t>
-[...101 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+        <w:t>Апелляция по результатам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> тестирования подается до 13 часов следующего дня после объявления результатов тестирования и рассматривается апелляционной комиссией в течение суток.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҰБТ  </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Заявитель должен иметь при себе документы, удостоверяющие его личность, пропуск на ЕНТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...366 lines deleted...]
-          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5. Апелляция</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+        <w:t>6. Выставление отметок в аттестат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Перевод баллов в оценки производится в соответствии со шкалой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...946 lines deleted...]
-          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">6. </w:t>
-[...94 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+        <w:t>7. Срок действия сертификата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выпускникам, сдавшим </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A96C0B">
-[...29 lines deleted...]
-        <w:t>бағ</w:t>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЕНТ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A96C0B">
-[...159 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыдается</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сертификат о результатах ЕНТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Срок действия сертификата истекает 31 декабря 2014 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">7. Сертификат </w:t>
-[...78 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+        <w:t>8.Образовательный грант</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...130 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В конкурсе на получение образовательного гранта учитываются баллы по казахскому или русскому языку (язык обучения), истории Казахстана, математике и предмету по выбору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для участия в конкурсе необходимо набрать </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сертификат </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>не менее 50 баллов (для специальности «Общая медицина» - 55 баллов)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, в том числе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қолданылу</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">не менее 7 баллов по профильному </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>пред-мету</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>мерзі</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> (не менее 10 по каждому творческому экзамену), а по остальным предметам - не менее 4 баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>м</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Прием заявлений на творческие специальности проводится приемными комиссиями вузов с 20 июня по 1 июля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>і</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Творческие экзамены сдаются со 2 по 7 июля в приемных комиссиях избранных ими вузов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2014 </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Прием заявлений на конкурс по присуждению образовательного гранта проводится с 23 по 31 июля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>жылғы</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Конкурс проводится с 1 по 10 августа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>желтоқсан</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Внимание!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...58 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+        <w:t>Выпускник должен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> явиться в пункт проведения единого национального тестирования в день и время, указанные в пропуске, имея при себе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
-[...87 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...437 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>пропуск на ЕНТ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...623 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>документ, удостоверяющий личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ручку с черной пастой;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Шығармашылық</w:t>
-[...408 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+        <w:t>                                                                                                                                                                                    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Шығармашылық</w:t>
-[...339 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+        <w:t>Во время ЕНТ выпускникам запрещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...274 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>разговоры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...599 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вставания с мест;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...51 lines deleted...]
-    <w:p w:rsidR="00164977" w:rsidRPr="00A96C0B" w:rsidRDefault="00164977" w:rsidP="00164977">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пересаживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обмен любыми материалами и предметами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занос в аудиторию и пользование мобильными телефонами или иными средствами связи, фото и видеоаппаратурой, портативными персональными компьютерами (ноутбуками, КПК и другими)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пользование справочными материалами и шпаргалками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хождение по ППЕНТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F078"/>
+      </w:r>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В целях предотвращения нарушений во время тестирования и защиты самих тестируемых, во время запуска на тестирование, все будут подвергаться досмотру с применением </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>метал-</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A96C0B">
-[...18 lines deleted...]
-        <w:t>лғаны</w:t>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лоискателей</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A96C0B">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005314DD" w:rsidRPr="00D3310C" w:rsidRDefault="005314DD" w:rsidP="005314DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F078"/>
+      </w:r>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае нарушения выпускником правил поведения в аудитории и использовании им запрещенных предметов, решением государственной комиссии выпускник удаляется с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тести-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A96C0B">
-[...7 lines deleted...]
-        <w:t>куәландыратын</w:t>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рования</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A96C0B">
-[...367 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A96C0B">
-[...1840 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00D3310C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без права пересдачи, его результаты аннулируются.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C9670B" w:rsidRDefault="00C9670B">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C9670B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0103709D"/>
+    <w:nsid w:val="1A9A2990"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="0F5EEBE4"/>
+    <w:tmpl w:val="43625238"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12011,82 +2330,82 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="158C5815"/>
+    <w:nsid w:val="1B3857DA"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D2A49BA0"/>
+    <w:tmpl w:val="1B222F6A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12160,82 +2479,82 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="25C700C5"/>
+    <w:nsid w:val="25A73F79"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="89CE160E"/>
+    <w:tmpl w:val="AB24F1C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12309,82 +2628,82 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="26C57E40"/>
+    <w:nsid w:val="33AD29A8"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="4E22C702"/>
+    <w:tmpl w:val="A0D6A786"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12458,82 +2777,82 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="28E216EC"/>
+    <w:nsid w:val="39E544C1"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1F66D6DE"/>
+    <w:tmpl w:val="D0085E62"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12607,82 +2926,82 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="2B017A50"/>
+    <w:nsid w:val="440704D2"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="24B20FFC"/>
+    <w:tmpl w:val="3ADC806A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12756,82 +3075,82 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="419A75E6"/>
+    <w:nsid w:val="46740845"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B948748E"/>
+    <w:tmpl w:val="EBC6B844"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12905,82 +3224,82 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="60D06482"/>
+    <w:nsid w:val="46A86CD4"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="10D4F9FE"/>
+    <w:tmpl w:val="BBF09E94"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13054,380 +3373,82 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="68C221F0"/>
+    <w:nsid w:val="78D4218A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5AE22906"/>
+    <w:tmpl w:val="E0EC75BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...297 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13501,100 +3522,94 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-[...2 lines deleted...]
-  <w:num w:numId="4">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="8"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00164977"/>
-    <w:rsid w:val="00164977"/>
+    <w:rsidRoot w:val="005314DD"/>
+    <w:rsid w:val="005314DD"/>
     <w:rsid w:val="00C9670B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -13738,51 +3753,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00164977"/>
+    <w:rsid w:val="005314DD"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -13929,51 +3944,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00164977"/>
+    <w:rsid w:val="005314DD"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -14262,65 +4277,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>620</Words>
-  <Characters>3539</Characters>
+  <Words>615</Words>
+  <Characters>3509</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4151</CharactersWithSpaces>
+  <CharactersWithSpaces>4116</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Татьяна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>