--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,2264 +1,1368 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003843F3" w:rsidRPr="0014388C" w:rsidRDefault="003843F3" w:rsidP="00CE1FB6">
+    <w:p w:rsidR="00C3220F" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Жас</w:t>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>Психологические кризисы подростков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Переходный», «трудный», «критический» – так зачастую называют подростковый возраст. Подростковый возраст - это тот период в жизни вашего ребенка, когда детство уже почти закончилось, а взрослая жизнь еще не началась. И именно этот момент перехода по шаткому мосту от детства к взрослости является чуть ли не самым важным временем на пути развития. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Для того чтобы лучше понимать своего взрослеющего ребенка, каждому родителю необходимо знать о психологических причинах и проявлениях подросткового кризиса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Существует два возможных пути протекания кризиса подросткового возраста:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>өспі</w:t>
+        </w:rPr>
+        <w:t>1. «Кризис независимости». Основные проявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Негативизм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Упрямство</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Грубость</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бунтарство</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стремление во всем поступать по-своему</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Противостояние авторитетам и иконоборчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ревностное отношение к личному пространству</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2. «Кризис зависимости». Основные проявления:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Чрезмерное послушание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Возврат к детским интересам и формам поведения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Зависимость от взрослых</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Несамостоятельность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Инфантильность в суждениях и поступках</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Подчинение мнению большинства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стремление быть «как все»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> «Кризис зависимости», как проявление кризиса подросткового возраста</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...9 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...191 lines deleted...]
-      <w:r w:rsidRPr="009A266C">
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куда больше устраивает большинство родителей, так как им кажется, что им удалось сохранить «правильные» и «гармоничные» отношения с подростком, то есть отношения по типу «взрослый – ребенок». Однако так ли это хорошо, как кажется на первый взгляд?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> Одной из первостепенных психологических задач кризиса подросткового возраста является обретение самостоятельности в принятии решений, суждениях, поступках, т.е. формирование более зрелой, взрослой позиции по отношению к себе и своей жизни. Поэтому, как бы нам, взрослым, ни хотелось обратного, путь «кризиса независимости» является наиболее продуктивным, т.к. дает возможность развивающейся личности подростка принимать и адаптироваться к новообразованиям, которые несет в себе подростковый возраст. Такими новообразованиями, помимо обретения самостоятельности, являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>Появление интереса к своему внутреннему миру.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>До 11-13 лет для ребенка первостепенную роль играет внешний мир, который он познает и с огромным интересом изучает, на который он проецирует свою фантазию, переживания и эмоции. А в процессе подросткового кризиса ребенок начинает заглядывать внутрь себя, обретая интерес к собственным переживаниям, своему положению в окружающем его мире людей и явлений, осознавать свою уникальность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="009A266C">
+        </w:rPr>
+        <w:t>Бурное развитие критического мышления.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рассудочная, т.е. формальная, жесткая логика владеет умом подростка. Она требует на любой вопрос однозначного ответа и оценки: истина или ложь, да или нет. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Отсюда берется не особенно жалуемая взрослыми особенность подросткового сознания - максимализм, который в сочетании с бушующими эмоциями порой заставляет подростка «навсегда» ссориться с друзьями и родителями, впадать в глубочайшее уныние в связи с «отсутствием смысла жизни», поскольку человеческие отношения и жизнь вообще настолько противоречивы и многообразны, что не укладываются в рамки формальной логики.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...32 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Потребность в близких отношениях и признании окружающих.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Друзья для подростка зачастую становятся важнее и роднее членов семьи. Вспыхивают искры первой романтической влюбленности, порой разгорающиеся до настоящего пожара личной драмы. Именно в человек начинает учиться любить и строить близкие отношения. И именно в этот период мнение окружающих о нем приобретает колоссальное значение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A теперь давайте обрисуем наиболее распространенные результаты взаимодействия физиологических и психологических изменений, происходящих в процессе кризиса подросткового возраста:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>·        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57291">
-[...36 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Повышенный интерес к собственной внешности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>·        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C57291">
-[...1176 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стре</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00285A58">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мление к независимости и свободе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>·        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00285A58">
-[...48 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Группирование со сверстниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>·        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00285A58">
-[...36 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Потребность в уединении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>·        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00285A58">
-[...51 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Потребность в личном пространстве и ревностное к нему отношение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>·        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00285A58">
-[...68 lines deleted...]
-    <w:p w:rsidR="003843F3" w:rsidRPr="0020711E" w:rsidRDefault="003843F3" w:rsidP="00CE1FB6">
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Резкость и безапелляционность суждений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>·        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ранимость в сочетании с показной холодностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE1FB6">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> Кризис подросткового возраста – самый сложный из всех возрастных кризисов для ребенка, т.к. именно в этот период он впервые по-настоящему глубоко заглядывает внутрь себя и оказывается способным осознавать многое из того, что с ним происходит, но далеко не всегда может понять причины происходящего. Поэтому перед вами встает непростая задача – осознавая физиологическую и психологическую суть кризиса подросткового возраста стараться поддерживать и помогать вашему ребенку на пути взросления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="003843F3" w:rsidRPr="0020711E" w:rsidRDefault="003843F3" w:rsidP="00CE1FB6">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidRDefault="00CE1FB6" w:rsidP="00CE1FB6">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="003843F3" w:rsidRPr="0020711E" w:rsidSect="003A4AD7">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00CE1FB6" w:rsidRPr="00CE1FB6" w:rsidSect="003A4AD7">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
-  <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
-  <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:doNotValidateAgainstSchema/>
-  <w:doNotDemarcateInvalidXml/>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...14 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E60662"/>
-    <w:rsid w:val="000025EC"/>
-[...15 lines deleted...]
-    <w:rsid w:val="003843F3"/>
+    <w:rsid w:val="002C1DF4"/>
     <w:rsid w:val="003A4AD7"/>
-    <w:rsid w:val="003C4C0E"/>
-[...36 lines deleted...]
-    <w:rsid w:val="00C23899"/>
     <w:rsid w:val="00C3220F"/>
-    <w:rsid w:val="00C57291"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CC6CD6"/>
     <w:rsid w:val="00CE1FB6"/>
-    <w:rsid w:val="00CE5418"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00E35E96"/>
     <w:rsid w:val="00E60662"/>
-    <w:rsid w:val="00FA36B3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...246 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -2393,203 +1497,501 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE1FB6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE1FB6"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00CE1FB6"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE1FB6"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE1FB6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE1FB6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE1FB6"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00CE1FB6"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE1FB6"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE1FB6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1180310975">
+    <w:div w:id="54284538">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1180310976">
+    <w:div w:id="1473524071">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -2721,55 +2123,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3219</Characters>
+  <Pages>2</Pages>
+  <Words>682</Words>
+  <Characters>3894</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>soswpa7</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3776</CharactersWithSpaces>
+  <CharactersWithSpaces>4567</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Романюк</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>