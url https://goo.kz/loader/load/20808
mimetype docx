--- v0 (2025-12-26)
+++ v1 (2026-02-07)
@@ -1,689 +1,887 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="002178B3">
+    <w:p w:rsidR="006C2197" w:rsidRPr="002178B3" w:rsidRDefault="006C2197" w:rsidP="002178B3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002178B3">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C3220F" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="002178B3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалардың қорқынышы. Балалар неден қорқады?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002178B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRPr="00FE2BD3" w:rsidRDefault="006C2197" w:rsidP="002178B3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002178B3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002178B3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Зерттеулерде көрсетілгендей әрбір екінші бала жас ерекшелігіне қарамастан қорқыныш сезімін басынан өткізеді. Көбінесе бұл жағдай 2 мен 9 жас аралығындағы балаларда кездеседі. Бұл жаста бала көп нәрсені көріп, білсе де барлығын бірден түсіне алмағандықтан, баланың өмірге деген көзқарасы шынайылықпен жанаспайды. Бірақ қорқыныш бұл жастардағы балаларда басқа да эмоцианальды ауытқулар сияқты балаларда әсірелеу болады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE2BD3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE2BD3">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rStyle w:val="apple-converted-space"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRPr="00C8096A" w:rsidRDefault="006C2197" w:rsidP="002178B3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...54 lines deleted...]
-    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="002178B3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балалардың қорқыныш диапазоны тек қана әсірелеумен байланысты болғандықтан, оның шегі болмайды. Сондықтан да психологтар бала қорқынышымен жұмыс жасағанда мазмұнына ғана емес, сонымен қатар себебі, көлемі және ауырлығына мән береді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRPr="00C8096A" w:rsidRDefault="006C2197" w:rsidP="002178B3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="002178B3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Белгісіздік алдындағы қорқыныш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRPr="00C8096A" w:rsidRDefault="006C2197" w:rsidP="002178B3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...46 lines deleted...]
-    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="002178B3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бастауыш сынып оқушыларындағы қорқыныш сезімі көбіне балабақшаға бармай, үйде отырған балаларда кездеседі. Мұндай балаларда анасының жанында жоқтығы, бейтаныс балалармен араласу, мектеп дәлізінде адасып кетем деген қорқынышпен әжетханаға бара алмауы, олармен достаспайды деген қорқыныш болады. Бұндай балаларға түсіндіріп айтып, талқылып көрсету қажет. Балаға өз басыңыздан өткен қорқыныш жайлы айтып, оны қалай жеңгеніңізді түсіндіру керек.Мектепте болған әңгімелеріңіз жайлы бала қорқынышы туындамайтындай етіп айтып беріңіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRPr="002178B3" w:rsidRDefault="006C2197" w:rsidP="002178B3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="002178B3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жағымсыз тәжірибе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197" w:rsidP="002178B3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дайындық алдында бірінші сынып оқушысында жағымсыз тәжірибе болуы мүмкін. Оған себеп оның алдындағы оқудың қиынға соғуы болып табылады.  Әрине, бала содан кейін сол қорқыныштың қайталануынан қорқады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRPr="002178B3" w:rsidRDefault="006C2197" w:rsidP="002178B3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Егер де баланың оқытушымен келіспеушіліктері болса, мұндай жағдайда мұғалімді жамандауға болмайды. Бірінші сынып оқушысы үшін мұғалім абырой болуы тиіс. </w:t>
+      </w:r>
       <w:r w:rsidRPr="002178B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Первоклашка уже может иметь негативный опыт, “благодаря” подготовке к школе. Где у него могли быть проблемы – обучение давалось с трудом. Конечно же, ребёнок боится повторения этого ужаса.</w:t>
-[...21 lines deleted...]
-    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="002178B3">
+        <w:t>Посмотрите на ситуацию адекватно, постарайтесь разобраться, кто прав, а кто виноват, рассудите и объясните. Научите ребёнка решать конфликты со сверстниками. Конечно, он может на вас рассчитывать, ведь вы всегда на его стороне, но с одноклассниками разбираться всё же придётся ему самому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRPr="004304EC" w:rsidRDefault="006C2197" w:rsidP="002178B3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="002178B3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Менің қолымнан келмейді </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRPr="002178B3" w:rsidRDefault="006C2197" w:rsidP="002178B3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002178B3">
-[...27 lines deleted...]
-    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="002178B3">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ересектердің барлық істі өздері жасағандықтан, бастауыш сынып оқушылары мен мектепке дейінгі балаларда бұл мәселе сәби кезінен өсуі мүмкін. Балалар жақсы оқи алмай қаламын, сондықтан да жақсы оқитын балалармен дос бола алмаймын деген қорқыныш болады. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7910">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Баланы жиі мақтап, еңсесін көтеріп отыруға тырысыңыз.Оның жетістіктерге жеткен кездерін естеріңізге түсіріп, бағалап, жетістігіне қуаныш сезіміңізді білдіріңіз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E7910">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балаға маңызды істерді сеніп тапсырып, өзінің жұмыс жасауына көбірек мүмкіндік беріңіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRPr="002178B3" w:rsidRDefault="006C2197" w:rsidP="002178B3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="002178B3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қолдау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197" w:rsidP="00823C96">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...26 lines deleted...]
-          <w:b/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...32 lines deleted...]
-    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="002178B3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балаңыз өзіне сенімді болу үшін, арқа сүйер адамның бар екенін сезіну үшін, алға талпыну үшін, сабағын жақсы оқу үшін сіздің мақтауыңыз бен қолдауыңыз қажет. Оған сіздің «Біз сені өте жақсы көреміз! Біз әрқашан сенімен біргеміз!»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00823C96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRPr="00C8096A" w:rsidRDefault="006C2197" w:rsidP="002178B3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="002178B3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бейімдеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRPr="002178B3" w:rsidRDefault="006C2197" w:rsidP="002178B3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002178B3">
-[...8 lines deleted...]
-    <w:p w:rsidR="002178B3" w:rsidRPr="002178B3" w:rsidRDefault="002178B3" w:rsidP="002178B3">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқушы мектепке бірінші тоқсанда немесе жаңа жылға дейін үйренуі мүмкін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D468C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D468C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балаңызға осындай қиын сәтте көбірек көңіл бөліп (не салатынын, қандай ойын ойнайтынын, неге қызығып, неге уайымдайтынын), демеу беріп, сыныптастарымен, мұғалімдерімен қарым-қатынаста болу керек. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRPr="00C8096A" w:rsidRDefault="006C2197" w:rsidP="002178B3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәртіп</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRPr="00C8096A" w:rsidRDefault="006C2197" w:rsidP="002178B3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="002178B3" w:rsidSect="003A4AD7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәртіп тек қана бірінші сынып оқушыларына ғана емес, сонымен қатар барлық мектеп оқушыларына маңызы бар.Балалар кешке жатқанда, таңертең тұрғанда белгілі бір уақыт болуы тиіс.Таңертеңгі мектеп баруына, жаттығу жасауына, таңғы ас ішуіне жеткілікті уақыт болу үшін, мектепке керек-жарақтарын түнде дайындап қоюы тиіс.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8096A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRDefault="006C2197">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C2197" w:rsidRPr="007B39F5" w:rsidRDefault="006C2197" w:rsidP="007B39F5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006C2197" w:rsidRPr="007B39F5" w:rsidSect="003A4AD7">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="90"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:embedSystemFonts/>
   <w:defaultTabStop w:val="708"/>
+  <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:underlineTabInNumList/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F47718"/>
     <w:rsid w:val="002178B3"/>
+    <w:rsid w:val="002831BC"/>
+    <w:rsid w:val="002A5C9A"/>
+    <w:rsid w:val="002F1D79"/>
     <w:rsid w:val="003A4AD7"/>
+    <w:rsid w:val="0040024F"/>
+    <w:rsid w:val="004304EC"/>
+    <w:rsid w:val="004E7910"/>
+    <w:rsid w:val="004F2DD1"/>
+    <w:rsid w:val="00520E1A"/>
+    <w:rsid w:val="005B553C"/>
+    <w:rsid w:val="006C2197"/>
+    <w:rsid w:val="007B39F5"/>
+    <w:rsid w:val="007F7715"/>
+    <w:rsid w:val="008200FD"/>
+    <w:rsid w:val="00823C96"/>
+    <w:rsid w:val="009B7883"/>
+    <w:rsid w:val="00A84EA8"/>
+    <w:rsid w:val="00A94823"/>
+    <w:rsid w:val="00B27851"/>
+    <w:rsid w:val="00B46052"/>
     <w:rsid w:val="00C3220F"/>
+    <w:rsid w:val="00C8096A"/>
+    <w:rsid w:val="00CD424A"/>
+    <w:rsid w:val="00D36E74"/>
+    <w:rsid w:val="00D468C7"/>
+    <w:rsid w:val="00DD558A"/>
+    <w:rsid w:val="00DE1B23"/>
+    <w:rsid w:val="00E679BE"/>
     <w:rsid w:val="00F47718"/>
+    <w:rsid w:val="00F87EFD"/>
+    <w:rsid w:val="00FE2BD3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
+  <w:uiCompat97To2003/>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...4 lines deleted...]
-  </w:shapeDefaults>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...24 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -752,546 +950,314 @@
     <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="004F2DD1"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Calibri"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
-    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="002178B3"/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="002178B3"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="002178B3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-[...2 lines deleted...]
-    <w:link w:val="a4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002178B3"/>
-[...233 lines deleted...]
-    <w:semiHidden/>
+    <w:locked/>
     <w:rsid w:val="002178B3"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="107162273">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="792673277">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="266738720">
+        <w:div w:id="792673278">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="784619621">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="792673279">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1648587905">
+        <w:div w:id="792673280">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1421,57 +1387,57 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal_Wordconv</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...2 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Pages>2</Pages>
+  <Words>495</Words>
+  <Characters>2822</Characters>
+  <Application>Microsoft Office Outlook</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <Company>soswpa7</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3421</CharactersWithSpaces>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Романюк</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>