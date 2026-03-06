--- v0 (2025-12-18)
+++ v1 (2026-03-06)
@@ -1,16279 +1,7436 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="007C5CC2" w:rsidRPr="007C5CC2" w:rsidRDefault="007C5CC2" w:rsidP="007C5CC2">
-[...8 lines deleted...]
-          <w:kern w:val="36"/>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C5CC2">
-[...4 lines deleted...]
-          <w:kern w:val="36"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«БАЛАЛАРДЫҢ ҚҰҚ</w:t>
+        <w:t>О правах ребенка в Республике Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 8 августа 2002 года N 345</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ведомости Парламента Республики Казахстан, 2002 г., № 17, ст. 154; "</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...9 lines deleted...]
-        <w:t>Ы</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Казахстанская</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...382 lines deleted...]
-      <w:r w:rsidRPr="007C5CC2">
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правда" от 13 августа 2002 года № 174; "Юридическая газета" от 14 августа 2002 года № 33</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_i1025" style="width:0;height:.75pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#aca899" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C5CC2" w:rsidRPr="007C5CC2" w:rsidRDefault="007C5CC2" w:rsidP="007C5CC2">
-[...44 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ОГЛАВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> З</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящий Закон регулирует отношения, возникающие в связи с реализацией основных прав и интересов ребенка, гарантированных Конституцией Республики Казахстан, исходя из принципов приоритетности подготовки детей к полноценной жизни в обществе, развития у них общественно значимой и творческой активности, воспитания в них высоких нравственных качеств, патриотизма и гражданственности, формирования национального самосознания на основе общечеловеческих ценностей мировой цивилизации.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">аң балаларды қоғамдағы толымды өмiрге даярлау, олардың қоғамдық мәнi бар және шығармашылық белсендiлiгiн дамыту, әлемдiк өркениеттiң жалпы адамзатқа тән құндылықтары негiзiнде оларды жоғары имандылық қасиеттерге, елжандылық пен азаматтыққа тәрбиелеу, олардың бойында ұлттық сана-сезiмдi қалыптастыру принциптерiнiң басымдығына сүйенiп, баланың Қазақстан Республикасының Конституциясында кепiлдiк берiлген негiзгi құқықтары мен мүдделерiн iске </w:t>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="atLeast"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) ребенок - лицо, не достигшее восемнадцатилетнего возраста (совершеннолетия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) законные представители ребенка - родители, усыновители (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>удочерители</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>), опекун, попечитель, патронатный воспитатель, другие заменяющие их лица, осуществляющие в соответствии с законодательством Республики Казахстан заботу, образование, воспитание, защиту прав и интересов ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>асыру</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) ребенок, оставшийся без попечения родителей, - ребенок, который остался без попечения единственного или обоих родителей в связи с ограничением или лишением их родительских прав, признанием родителей безвестно отсутствующими, объявлением их умершими, признанием недееспособными (ограниченно дееспособными), отбыванием родителями наказания в местах лишения свободы, уклонением родителей от воспитания ребенка или от защиты его прав и интересов, в том числе при отказе родителей</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...60 lines deleted...]
-        <w:t>      1-бап. Осы</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взять своего ребенка из воспитательного или лечебного учреждения, а также в иных случаях отсутствия родительского попечения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) ребенок-сирота - ребенок, у которого умерли оба или единственный родитель;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) ребенок-инвалид - лицо в возрасте до восемнадцати лет, имеющее нарушение здоровья со стойким расстройством функций организма, обусловленное заболеваниями, травмами, их последствиями, дефектами, приводящее к ограничению жизнедеятельности и необходимости его социальной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) опека - правовая форма защиты прав и интересов детей, не достигших четырнадцати лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) попечительство - правовая форма защиты прав и интересов детей в возрасте от четырнадцати до восемнадцати лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      8) патронат - форма воспитания, при которой ребенок, оставшийся без попечения родителей, передается на воспитание в семью граждан по договору, заключаемому уполномоченным государственным органом и лицом (патронатным воспитателем), выразившим желание взять ребенка на воспитание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) социальная адаптация ребенка - процесс активного приспособления ребенка, находящегося в трудной жизненной ситуации, к условиям социальной среды путем усвоения и восприятия ценностей, правил и норм поведения, принятых в обществе, а также процесс преодоления последствий психологической и (или) моральной травмы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) организации, осуществляющие функции по защите прав ребенка, - это организации, независимо от организационно-правовой </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> З</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формы</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...32 lines deleted...]
-        <w:t>      Осы</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляющие социальную поддержку, оказание социально-бытовых, медико-социальных, социально-педагогических, психолого-педагогических, правовых услуг и материальной помощи, социальной реабилитации детей, находящихся в трудной жизненной ситуации, обеспечение занятости таких детей по достижении ими трудоспособного возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) государственные минимальные социальные стандарты - основные показатели обеспечения качества жизни детей, включающие в себя установленный государством минимальный объем социальных услуг, норм и нормативов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) дети, находящиеся в трудной жизненной ситуации, - дети, жизнедеятельность которых нарушена в результате сложившихся обстоятельств и которые не могут преодолеть данные обстоятельства самостоятельно или с помощью семьи. &lt;*&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сноска. В статью 1 внесены изменения - Законом РК от 13 апреля 2005 г. N 40 (вводится в действие с 1 января 2005 г.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  Статья 2. Действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Настоящий Закон распространяется на граждан Республики Казахстан, иностранцев и лиц без гражданства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Действие норм настоящего Закона, устанавливающих права и обязанности ребенка, не распространяется на детей, которые приобрели гражданскую дееспособность в полном объеме до наступления совершеннолетия в соответствии с законодательными актами Республики Казахстан. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прим</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> З</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...18 lines deleted...]
-        <w:t>      1) ата-анасының қамқорлығынсыз қалған бала – ата-ана құқықтарының шектелуіне немесе олардан айрылуына, ата-анасы хабар-ошарсыз кетті деп танылуына, олардың қайтыс болды деп жариялануына, әрекетке қабілетсіз (әрекет қабілеті шектеулі) деп танылуына, ата-анасының бас бостандығынан айыру орындарында жазасын өтеуіне, ата-анасының баласын тәрбиелеуден немесе оның құқық</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦПИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: см.  (п.2 ст.17).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Статья 3. Законодательство Республики Казахстан о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                правах ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Законодательство Республики Казахстан о правах ребенка основывается на  Конституции Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан в области защиты прав ребенка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора, за исключением случаев, когда из международного договора следует, что для его применения требуется издание закона Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Статья 4. Равноправие детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Все дети имеют равные права независимо от происхождения, расовой и национальной принадлежности, социального и имущественного положения, пола, языка, образования, отношения к религии, места жительства, состояния здоровья и иных обстоятельств, касающихся ребенка и его родителей или других </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>законных представителей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2. Равной и всесторонней защитой пользуются дети, рожденные в браке и </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...18 lines deleted...]
-        <w:t>     2) бала – он сегіз жасқа (кәмелетке) толмаған адам;</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вне</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...8 lines deleted...]
-        <w:t>     3) бала құқықтарын қорғау жөніндегі функцияларды жүзеге асыратын ұйымдар – бұл балаларды әлеуметтік қолдауды, әлеуметтік-тұрмыстық, медициналық-әлеуметтік, әлеуметтік-педагогикалық, психологиялы</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>қ-</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>его</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">педагогикалық, құқықтық қызметтер көрсету мен материалдық көмек көрсетуді, өмірде қиын ахуалға тап болған балаларды әлеуметтік оңалтуды, мұндай балалар еңбекке қабілетті </w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 5. Запрещение ограничения прав ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     1. Права ребенка не могут быть ограничены, за исключением случаев, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     2. Нормативные правовые акты, направленные на ограничение прав ребенка, являются недействительными с момента их принятия и не должны применяться.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="atLeast"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 2. Государственная политика в интересах детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 6. Цели государственной политики в интересах детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>жас</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Целями государственной политики Республики Казахстан в интересах детей являются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) обеспечение прав и законных интересов детей, недопущение их дискриминации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) упрочение основных гарантий прав и законных интересов детей, а также восстановление их прав в случаях нарушений;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) формирование правовых основ гарантий прав ребенка, создание соответствующих органов и организаций по защите прав и законных интересов ребенка;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...29 lines deleted...]
-        <w:t>     5) баланың әлеуметтік бейімделуі – өмірде қиын ахуалға тап болған баланың қоғамдағы құндылықтарды, міне</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) содействие физическому, интеллектуальному, духовному и нравственному развитию детей, воспитанию в них патриотизма, гражданственности и миролюбия, а также реализации личности ребенка в интересах общества, традиций народов государства, достижений национальной и мировой культуры;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) обеспечение целенаправленной работы по формированию у несовершеннолетнего правосознания и правовой культуры.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>з-</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная политика в интересах детей является приоритетной областью деятельности государственных органов и основана на:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) законодательном обеспечении прав ребенка;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) государственной поддержке семьи в целях обеспечения полноценного воспитания детей, защиты их прав, подготовки их к полноценной жизни в обществе;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) установлении и соблюдении государственных минимальных социальных стандартов, направленных на улучшение жизни детей с учетом региональных особенностей;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="007C5CC2">
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) ответственности должностных лиц, граждан за нарушение прав и законных интересов ребенка, причинение ему вреда;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) государственной поддержке общественных объединений и иных организаций, осуществляющих функции по защите прав и законных интересов ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 7. Полномочия центральных и местных исполнительных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                органов Республики Казахстан по вопросам защиты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                прав ребенка в государстве</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К полномочиям центральных исполнительных органов по обеспечению гарантий прав ребенка относятся:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) разработка основ государственной политики в интересах детей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) выбор приоритетных направлений деятельности по обеспечению прав и законных интересов ребенка, охраны его здоровья и нравственности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) принятие в пределах своей компетенции нормативных правовых актов по регулированию и защите прав и свобод ребенка;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) установление государственных минимальных социальных стандартов, направленных на улучшение жизни детей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>белсенді түрде бейімделу процесі, сондай-ақ басынан кешірген психологиялық және (немесе) моральдық зардаптарды еңсеру процесі;</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">     6) баланың </w:t>
+        <w:t>      5) осуществление мероприятий по реализации государственной политики в интересах детей за счет бюджетных средств и иных источников, не запрещенных законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) исполнение международных обязательств государства и представительство интересов государства в международных организациях по вопросам защиты прав ребенка;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) определение круга мероприятий по реализации государственной политики в интересах детей в области воспитания, образования, здравоохранения, науки, культуры, физической культуры и спорта, социального обслуживания и социальной защиты семьи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>заңды</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...18 lines deleted...]
-        <w:t>     7) баланы экономикалық жағынан қанау – бұл бала еңбегінің ең нашар нысандары, оның ішінде кәмелетке толмағандармен сауда жасау, оларды қылмыстық әрекетке немесе қоғамға жат і</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>с-</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К полномочиям местных исполнительных органов по осуществлению гарантий прав ребенка относятся:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) обеспечение реализации государственных, местных программ защиты прав и законных интересов детей, поддержки семьи и детства;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) участие в формировании социальной инфраструктуры для детей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) определение порядка информирования и проведения консультаций, осуществления мероприятий по защите прав и законных интересов ребенка;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">әрекеттер жасауға, жезөкшелікпен айналысуға, порнографиялық суреттер шығаруға немесе кәмелетке толмағандарды порнографиялық сипаттағы ойын-сауық іс-шараларына қатысуға тарту, сондай-ақ </w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) осуществление мероприятий по реализации государственной политики в интересах детей в области воспитания, образования, здравоохранения, науки, культуры, физической культуры и спорта, социального обслуживания и социальной защиты семьи, определенных центральными исполнительными органами. &lt;*&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сноска. В статью 7 внесены изменения - Законом РК от 20 декабря 2004 г. N 13 (вводится в действие с 1 января 2005 г.).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="atLeast"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 3. Основные права и обязанности ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Статья 8. Право ребенка на охрану здоровья</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     1. Каждый ребенок имеет неотъемлемое право на охрану здоровья.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     2. Государство создает условия матери по охране ее здоровья для обеспечения рождения здорового ребенка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">     3. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>ж</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Право ребенка на охрану здоровья обеспечивается:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     1) принятием законодательства Республики Казахстан в области охраны здоровья ребенка;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     2) пропагандой и стимулированием здорового образа жизни детей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     3) государственной поддержкой научных исследований в области охраны здоровья детей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     4) контролем за состоянием здоровья ребенка, его родителей и профилактикой детских заболеваний;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     5) оказанием квалифицированной медицинской помощи;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...29 lines deleted...]
-        <w:t xml:space="preserve">     9) қамқоршылық – он төрт жастан он сегіз жасқа дейінгі балалардың құқығы мен </w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     6) созданием благоприятной окружающей среды, необходимой для здорового развития ребенка;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">     7) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>заңды</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контролем за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...29 lines deleted...]
-        <w:t>     11) мемлекеттік ең төменгі әлеуметтік стандарттар – мемлекет белгілеген әлеуметтік қызметтер көрсетудің, нормалар мен нормативтердің ең төменгі көлемін қамтитын, балалар өмі</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> производством и продажей продуктов питания для детей надлежащего качества.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Государство гарантирует детям бесплатный объем медицинской помощи в соответствии с законодательством Республики Казахстан. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прим</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...18 lines deleted...]
-        <w:t>     12) мүгедек бала – тіршілік етуінің шектелуіне және оны әлеуметтік қорғау қажеттігіне әкеп соқтыратын аурулардан, жарақаттардан, олардың салдарынан, кемі</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦПИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: см.  ).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Запрещаются любые научные опыты или иные эксперименты с ребенком, наносящие вред его жизни, здоровью и нормальному развитию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Статья 9. Право ребенка на индивидуальность и ее сохранение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Каждый ребенок с момента рождения имеет право на имя, отчество и фамилию, национальность и гражданство, а в случаях, предусмотренных законодательными актами Республики Казахстан, право на их сохранение. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прим</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>ст</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">     13) патронат – ата-анасының қамқорлығынсыз қалған баланы уәкілетті мемлекеттік орган мен баланы тәрбиелеуге </w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦПИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: см.  ст.56, 86 (п.4), 98 (п.3);  (ст.24,26,27,28).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   Статья 10. Право ребенка на жизнь, личную свободу,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 неприкосновенность достоинства и частной жизни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. Каждый ребенок имеет право на жизнь, личную свободу, неприкосновенность достоинства и частной жизни.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Государство обеспечивает личную неприкосновенность ребенка, осуществляет его защиту от физического и (или) психического насилия, жестокого, грубого или унижающего человеческое достоинство обращения, действий сексуального характера, вовлечения в преступную деятельность и совершения антиобщественных действий и иных видов деятельности, ущемляющих закрепленные  Конституцией Республики Казахстан права и свободы человека и гражданина.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Статья 11. Право ребенка на свободу слова и совести,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 информацию и участие в общественной жизни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Каждый ребенок имеет право на свободу слова и выражение своего мнения, свободу совести, развитие своей общественной активности, получение и распространение информации, соответствующей его возрасту, добровольное участие в общественных объединениях, а также в других формах некоммерческих организаций и мирных собраниях, разрешенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>алу</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственные органы содействуют деятельности тех общественных объединений, которые имеют своей целью развитие личности детей, их творческих задатков, социальной активности, научного, технического и художественного творчества, защиту их интеллектуальной собственности, охрану жизни и здоровья детей, охрану окружающей природной среды, памятников истории и культуры, участвующих в благотворительной деятельности, приобщающих к участию в культурной и спортивной жизни, организации досуга.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...18 lines deleted...]
-        <w:t>     14) өмірде қиын ахуалға тап болған балалар – қалыптасқан мән-жайлардың салдарынан тіршілі</w:t>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 12. Право ребенка на необходимый уровень жизни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Каждый ребенок имеет право на уровень жизни и условия, необходимые для полноценного физического, психического, нравственного и духовного развития.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Государство обеспечивает создание этих условий через систему социальных и экономических мер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 13. Имущественные права ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Ребенок имеет право на получение содержания от своих родителей и других членов семьи в порядке и размерах, установленных законом. Суммы, причитающиеся ребенку в качестве алиментов, пособий и других социальных выплат, поступают в распоряжение родителей (лиц, их заменяющих) и расходуются ими на содержание, образование и воспитание ребенка. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прим</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>к ету</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...26 lines deleted...]
-        <w:t>      Ескерту. 1-бап жаңа редакцияда - Қ</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦПИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: см.  (разд.5).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Каждый ребенок в установленном законодательством порядке вправе самостоятельно или через своих законных представителей совершать сделки, иметь вклады в банках и распоряжаться заработком, стипендией или иными доходами и объектами права интеллектуальной собственности, приобретать и осуществлять иные имущественные права. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прим</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...6 lines deleted...]
-        <w:t>Р</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...50 lines deleted...]
-        <w:t>      2-бап. Осы</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦПИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: см.  ст.22-25).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Родители или законные представители вправе вносить на имя ребенка в банки денежные средства, выделяемые государством в качестве детского пособия или материальной помощи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Каждый ребенок имеет право собственности на полученные им доходы, имущество, полученное им в дар или в порядке наследования, а также на любое другое имущество, приобретенное на средства ребенка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ребенок, получающий доходы с собственного труда, вправе участвовать в расходах по содержанию семьи, если он проживает у родителей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Право ребенка на распоряжение принадлежащим ему на праве собственности имуществом определяется гражданским законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 14. Право ребенка на жилище</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Каждый ребенок имеет право на жилище в соответствии с жилищным законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2. Ребенок-сирота, ребенок, оставшийся без попечения родителей и находящийся в воспитательных, лечебных и других учреждениях, сохраняют право собственности на жилое помещение или право пользования жилым помещением, а при его отсутствии имеют право на получение жилого помещения в соответствии с жилищным законодательством Республики Казахстан. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прим</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> З</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...32 lines deleted...]
-        <w:t>      1. Осы</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦПИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: см.  (гл.9-10).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Дети, оставшиеся без попечения родителей, в том числе дети-сироты, не могут быть выселены из занимаемого ими жилища без предоставления другого жилого помещения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 15. Право ребенка на образование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Каждый ребенок имеет право на образование и ему гарантируется получение бесплатного начального, основного среднего и общего среднего образования и на конкурсной основе - бесплатного технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и высшего образования в соответствии с законодательством Республики Казахстан об образовании.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Отчисление ребенка из государственного образовательного учреждения до получения бесплатного общего среднего образования или технического и профессионального образования, помимо соблюдения общего порядка отчисления, может быть проведено только с уведомления органов опеки и попечительства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. На детей с ограниченными возможностями, нуждающихся в специальных педагогических подходах, из государственного бюджета выделяются дополнительные средства, гарантирующие получение ими образования на уровне установленных стандартов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Государство полностью или частично несет расходы на содержание детей, нуждающихся в социальной защите, в период получения ими образования. Размеры и источники социальной помощи в период получения ими образования определяются Правительством Республики Казахстан. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прим</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> З</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...30 lines deleted...]
-        <w:t>      2. Осы</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦПИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: см.  ).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменением, внесенным Законом РК от 27 июля 2007 года N 320 (порядок введения в действие </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> З</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>см</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...27 lines deleted...]
-        <w:t>Ескерту. 2-бап жаңа редакцияда - Қ</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. ст.2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Статья 16. Право ребенка на свободу труда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Каждый ребенок имеет право на свободу труда, свободный выбор рода деятельности и профессии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Дети с четырнадцатилетнего возраста вправе по разрешению родителей в свободное от учебы время участвовать в общественно-полезном труде, доступном им по состоянию здоровья и развитию, не наносящем вреда физическому, нравственному и психическому состоянию ребенка, а также имеют право на получение профессии. Это право обеспечивается службой занятости населения и органами местного государственного управления.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Порядок заключения и расторжения трудового договора и другие особенности трудовых отношений с детьми, не достигшими восемнадцатилетнего возраста, устанавливаются трудовым законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Запрещается принимать или привлекать ребенка на тяжелые физические работы и работы с вредными и (или) опасными условиями труда.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Выполнение работ не должно нарушать процесс обучения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сноска. Статья 16 с изменениями, внесенными Законом РК от 15 мая 2007 г. N 253.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 17. Право ребенка на государственную помощь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государственная помощь назначается каждому ребенку, имеющему право на ее получение. Размер, условия и порядок оказания государственной помощи устанавливаются законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Дети, оставшиеся без попечения родителей, в том числе дети-сироты, находятся на полном государственном обеспечении в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Государственные органы каждому ребенку, оставшемуся без попечения родителей, обеспечивают одинаковые материальные и иные условия, независимо от формы опеки или попечительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  Статья 18. Установление государственных минимальных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 социальных стандартов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государственная политика в интересах детей осуществляется на основе государственных минимальных социальных стандартов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...6 lines deleted...]
-        <w:t>Р</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственные минимальные социальные стандарты включают в себя установленный минимальный объем социальных услуг по:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) гарантированному, общедоступному бесплатному начальному, основному среднему и общему среднему образованию и на конкурсной основе в соответствии с государственным образовательным заказом бесплатному техническому и профессиональному, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднему</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и высшему образованию;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) бесплатному медицинскому обслуживанию детей, обеспечению их питанием в соответствии с минимальными нормами питания;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...56 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) гарантированному обеспечению детям по достижении ими возраста пятнадцати лет права на профессиональную ориентацию, выбор сферы деятельности, трудоустройство, охрану труда, оплату труда в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) социальному обслуживанию, социальной защите детей, в том числе обеспечению гарантированной материальной поддержки путем выплаты государственных пособий гражданам, имеющим детей, в связи с их рождением и воспитанием, а также меры по социальной адаптации и социальной реабилитации детей, находящихся в трудной жизненной ситуации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) обеспечению права на жилище в соответствии с жилищным законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) организации оздоровления и отдыха, в том числе детей, проживающих в экстремальных условиях, а также на территориях, неблагоприятных в экологическом отношении и признанных таковыми в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) оказанию квалифицированной юридической помощи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Государственные минимальные социальные стандарты определяются с учетом региональных различий в условиях их проживания. В соответствии с законодательством Республики Казахстан органы местного государственного управления могут устанавливать дополнительные социальные стандарты.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Дети, находящиеся в соответствующей образовательной организации, специальной учебно-воспитательной организации, организации здравоохранения, социального обслуживания или ином учреждении и организации, имеют право на периодическую оценку соответствия предоставляемых им услуг государственным минимальным социальным стандартам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Сноска. Статья 18 с изменением, внесенным Законом РК от 27 июля 2007 года N 320 (порядок введения в действие </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>см</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. ст.2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  Статья 19. Право ребенка на отдых и досуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Каждый ребенок имеет право на отдых и досуг, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствующие</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> его возрасту, здоровью и потребностям.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Родители или лица, их заменяющие, обеспечивают в соответствии со своими способностями и возможностями условия жизни, необходимые для содержания и всестороннего развития ребенка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Государственными органами учреждаются и поддерживаются детские оздоровительные, спортивные, творческие и иные организации досуга, лагеря и санатории в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Государство осуществляет мероприятия по обеспечению права детей на отдых, оздоровление и досуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  Статья 20. Обязанности ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Каждый ребенок обязан соблюдать  Конституцию и законодательство Республики Казахстан, уважать права, свободы, честь и достоинство других лиц, государственные символы Республики, заботиться о нетрудоспособных родителях, сохранении исторического и культурного наследия, беречь памятники истории и культуры, сохранять природу и бережно относиться к природным богатствам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="atLeast"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Глава 4. Ребенок и семья</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Статья 21. Право ребенка жить и воспитываться в семье</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Каждый ребенок имеет право жить и воспитываться в семье, право знать своих родителей, право на их заботу и воспитание, за исключением случаев, когда это противоречит его интересам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C5CC2">
-[...42 lines deleted...]
-        <w:t>      1. Қазақстан Республикасының баланың құқықтары туралы заңдары Қазақстан Республикасының Конституциясына негiзделедi және осы</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 22. Права ребенка в семье</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ребенок в семье обладает правами, установленными  Конституцией Республики Казахстан, настоящим Законом и иными законодательными актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 23. Государственная поддержка семей, воспитывающих детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Государство оказывает поддержку семьям, воспитывающим детей, предоставлением социальной помощи в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Статья 24. Обязанности родителей по воспитанию ребенка,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 уходу за ним и содержанию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Родители или другие законные представители обязаны создать в пределах своих способностей и финансовых возможностей условия жизни, необходимые для всестороннего развития ребенка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Родители обязаны воспитывать ребенка, осуществлять уход за ним, содержать его материально, заботиться о его благосостоянии, обеспечивать жилищем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Статья 25. Право ребенка на проживание с родителями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Ребенок имеет право на совместное проживание со своими родителями или другими законными представителями.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Запрещается разлучать ребенка с родителями или другими законными представителями против воли ребенка, родителей или законных представителей. Решение о разлучении принимается только судом в исключительных случаях и лишь в той мере, в какой это необходимо в целях защиты ребенка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Место жительства ребенка при раздельном проживании родителей устанавливается соглашением родителей, а при его отсутствии спор между родителями разрешается судом. При этом суд учитывает личные качества и положение родителей, а также интересы и мнение ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  Статья 26. Право ребенка на общение с отдельно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 проживающими родителями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Ребенок имеет право на получение информации о родителе, проживающем отдельно от него, на встречи и общение с ним, за исключением случаев наличия угрозы для жизни и здоровья ребенка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Споры, возникающие в связи с ограничением прав ребенка, предусмотренных настоящей статьей, разрешаются в судебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="atLeast"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 5. Права ребенка, оставшегося без попечения родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 27. Опека, попечительство и патронат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. Над ребенком, оставшимся без попечения родителей, устанавливается опека или попечительство для защиты его имущественных и личных неимущественных прав в соответствии с законодательством Республики Казахстан. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прим</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> З</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="007C5CC2">
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦПИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: см.  (разд.4); Р991346_ ).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Опека устанавливается над детьми, не достигшими возраста четырнадцати лет, а попечительство устанавливается над несовершеннолетними в возрасте от четырнадцати до восемнадцати лет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Органами опеки и попечительства являются местные исполнительные органы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Над ребенком, оставшимся без попечения родителей, в том числе находящимся в воспитательном, лечебном или другом учреждении, может устанавливаться патронат в соответствии с законодательством Республики Казахстан. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прим</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦПИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: см.  (гл.16); Р991346_ ).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Если у ребенка, над которым устанавливается опека или попечительство, имеются братья и сестры, создаются условия для их совместного проживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Статья 28. Усыновление (удочерение)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В целях создания условий для развития и воспитания в семье ребенок, оставшийся без попечения родителей, может быть передан на усыновление (удочерение) в порядке, установленном законодательством Республики Казахстан. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прим</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦПИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: см.  (гл.12).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Статья 29. Содержание и воспитание ребенка в воспитательных,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 лечебных и иных аналогичных учреждениях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Ребенок, оставшийся без попечения родителей, при невозможности передать его на воспитание в семью подлежит устройству в воспитательное, лечебное или иное аналогичное учреждение.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Алименты, пособия и другие социальные выплаты, причитающиеся ребенку, перечисляются на его лицевой счет и выплачиваются в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3. Ребенку, находящемуся в воспитательных, лечебных и иных аналогичных учреждениях для детей, оставшихся без попечения родителей, создаются условия, приближенные </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семейным. Ребенок имеет право на содержание, воспитание, образование, всестороннее развитие, уважение его чести и достоинства, обеспечение своих интересов, сохранение родного языка, культуры, национальных обычаев и традиций.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Работники воспитательных, лечебных и иных аналогичных учреждений для детей, оставшихся без попечения родителей, совершившие антипедагогические или аморальные действия в отношении ребенка, находящегося в указанных учреждениях, несут ответственность в соответствии с законодательными актами Республики Казахстан. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прим</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦПИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: см.  (ст.131,132,137);  (ст.111).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Защита прав и интересов ребенка, находящегося в воспитательных, лечебных и других учреждениях для детей, оставшихся без попечения родителей, содействие в трудоустройстве осуществляются местными исполнительными органами. Детям-сиротам, потерявшим родителей до совершеннолетия, предоставляются жилища из государственного жилищного фонда в пользование в соответствии с жилищным законодательством Республики Казахстан. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прим</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦПИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: см.  (гл.9-10).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  Статья 30. Организации, осуществляющие функции по защите</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 прав ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. В Дома ребенка принимаются дети-сироты и дети, оставшиеся без попечения родителей, от рождения до трех лет. Для временного содержания детей в Доме ребенка открывается специальное отделение.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В специализированные Дома ребенка принимаются дети с дефектами психического и физического развития от рождения до четырех лет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В специальные организации образования помещаются дети с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>девиантным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поведением в возрасте от одиннадцати до восемнадцати лет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернатные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации принимаются дети-сироты и дети, оставшиеся без попечения родителей, в возрасте от трех до восемнадцати лет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В общеобразовательную школу-интернат общего типа принимаются дети-сироты, дети, оставшиеся без </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      2. Егер Қазақстан Республикасы бекiткен халықаралық шартта осы</w:t>
+        <w:t xml:space="preserve">попечения родителей, а также дети из малообеспеченных и многодетных семей в возрасте от шести до восемнадцати лет, не имеющие медицинских противопоказаний для содержания в организациях данного типа. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Интернатные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации обеспечивают государственные гарантии на воспитание, образование и содержание несовершеннолетних с предоставлением места проживания.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В дом-интернат для умственно отсталых детей принимаются дети, нуждающиеся в уходе, медицинском, бытовом обслуживании и социально-трудовой адаптации в возрасте от четырех до восемнадцати лет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В детскую деревню семейного типа принимаются дети-сироты и дети, оставшиеся без попечения родителей, в возрасте до восемнадцати лет. Порядок приема и условия содержания детей в детских деревнях семейного типа определяются законодательством Республики Казахстан о детских деревнях семейного типа и Домах юношества. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прим</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> З</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...55 lines deleted...]
-        <w:t>      1. Тегiне, нәсiлiне және қай ұлтқа жататындығына, әлеуметтiк және мүлiктiк жағдайына, жынысына, тiліне, бiлiмiне, дiнге көзқарасына, тұ</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦПИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: см.  ;  ).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В Доме юношества на основании решения администрации детской деревни (детского дома) могут проходить социальную адаптацию выпускники детских домов и детских деревень в возрасте до двадцати трех лет, воспитанники в возрасте от шестнадцати лет, переведенные из детской деревни и детских домов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В центры временной изоляции, адаптации и реабилитации несовершеннолетних принимаются безнадзорные и беспризорные дети в возрасте от трех до восемнадцати лет для установления родителей или других законных представителей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Условия приема и содержания детей в организациях, осуществляющих функции по защите прав ребенка, в части, не установленной настоящим Законом, определяются положением об этих организациях, утвержденным органом, уполномоченным Правительством Республики Казахстан. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прим</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...30 lines deleted...]
-        <w:t>      2. Некеден де және некесіз де туған балалар тең әр</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦПИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: см.  ;  ).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="atLeast"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 6. Права ребенка-инвалида</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 31. Права ребенка-инвалида на полноценную жизнь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Ребенок-инвалид имеет равные со здоровыми детьми права на полноценную жизнь в условиях, обеспечивающих его достоинство, способствующих активному включению в жизнь общества.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Ребенок-инвалид вправе получить образование, соответствующее его физическим, умственным способностям и желаниям, выбрать род деятельности и профессию, участвовать в творческой и общественной деятельности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Дети-инвалиды, включая детей с недостатками умственного или физического развития, имеют право на получение медико-социальной помощи в специализированных детских организациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 32. Государственные гарантии в сфере занятости</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 ребенка-инвалида</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государственные органы и органы местного самоуправления обязаны создавать необходимые условия для обучения, профессиональной подготовки, подбора подходящей работы и трудоустройства ребенка-инвалида с учетом его состояния здоровья, потребностей и возможностей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Законодательными актами Республики Казахстан могут быть установлены льготы для физических и юридических лиц, осуществляющих деятельность по обеспечению занятости детей-инвалидов, организации их профессиональной подготовки и переподготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 33. Государственная помощь для детей-инвалидов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государство осуществляет комплекс медицинских, правовых, социально-экономических мер, направленных на поддержку детей-инвалидов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Государственная помощь, оказываемая детям-инвалидам, устанавливается законодательными актами Республики Казахстан. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прим</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>i</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...27 lines deleted...]
-        <w:t>Ескерту. 4-бапқа өзгеріс енгізілді - Қ</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦПИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: см.  ).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Родители и другие законные представители, воспитывающие ребенка-инвалида и осуществляющие уход за ним, имеют право на получение государственной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="atLeast"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Глава 7. Ребенок и общество</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Статья 34. Приобщение к национальной и мировой культуре</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государство обеспечивает детям возможность приобщения к истории, традициям и духовным ценностям народа Казахстана и достижениям мировой культуры.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Государство поощряет создание организации для развития творческих и научных способностей детей, выпуск кино- и видеофильмов, теле- и радиопередач, издание детских газет, журналов и книг, обеспечивает их доступность в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Использование средств массовой информации, литературы, зрелищных и других мероприятий, распространяющих порнографию, культ жестокости и насилия, оскорбляющих человеческое достоинство, оказывающих вредное воздействие на детей и способствующих совершению правонарушений, преследуется по закону.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   Статья 35. Ребенок и религия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...6 lines deleted...]
-        <w:t>Р</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государство гарантирует невмешательство в воспитание ребенка, основанное на религиозном мировоззрении родителей или лиц, их заменяющих, соблюдение традиций и совершение за пределами организаций образования, воспитательных, лечебных и иных аналогичных учреждений религиозных обрядов с участием ребенка, за исключением случаев, когда указанные действия угрожают жизни и здоровью ребенка, нарушают его права и ограничивают ответственность.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...93 lines deleted...]
-        <w:t>Ескерту. 5-бап жаңа редакцияда - Қ</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В отношении детей, не достигших совершеннолетнего возраста, религиозные обряды совершаются с согласия родителей или лиц, их заменяющих.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Не допускаются принудительные меры по привлечению детей к религии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 36. Защита ребенка от отрицательного воздействия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 социальной среды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Государственные органы, физические и юридические лица обязаны защищать ребенка от отрицательного воздействия социальной среды, информации, пропаганды и агитации, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...6 lines deleted...]
-        <w:t>Р</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>причиняющих</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...53 lines deleted...]
-        <w:t>2-тарау. БАЛАЛАР МҮДДЕС</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вред его здоровью, нравственному и духовному развитию.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Пропаганду здорового образа жизни и правовое просвещение детей государство признает одним из приоритетных направлений своей политики.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Ребенку, перенесшему физическую или психологическую травму вследствие преступления, насилия или иного незаконного деяния, должна быть оказана необходимая помощь в восстановлении здоровья и социальной адаптации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   Статья 37. Защита ребенка от вредного воздействия алкогольной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 продукции и табачных изделий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Родители, другие законные представители ребенка, государственные органы, а также организации, осуществляющие функции воспитания и образования ребенка, обязаны пропагандировать здоровый образ жизни и вред алкогольной продукции и табачных изделий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Запрещается продажа ребенку алкогольных напитков, табака и табачных изделий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Запрещается использование детского труда в производстве или реализации алкогольной продукции и табачных изделий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Запрещаются курение табачных изделий, продажа табачных изделий в торговых организациях, реализующих детские товары, и в учреждениях культуры, а также во время проведения мероприятий для детей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5. Запрещается реализация алкогольной продукции в детских учреждениях, организациях образования и на прилегающих к ним территориях в радиусе ста метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 38. Защита ребенка от наркотических средств,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 психотропных, сильнодействующих или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 ядовитых веществ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Ребенок должен быть защищен от употребления наркотических средств, психотропных, сильнодействующих или ядовитых веществ, от их изготовления, продажи или иного распространения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. За склонение ребенка к потреблению наркотических средств, психотропных веще</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...9 lines deleted...]
-        <w:t>I</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ств пр</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...34 lines deleted...]
-        <w:t>      6-бап. Балалар мүддес</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>именяются меры ответственности, установленные законодательными актами Республики Казахстан. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прим</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...9 lines deleted...]
-        <w:t>i</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...17 lines deleted...]
-          <w:sz w:val="18"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦПИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: см.  (ст.132).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   Статья 39. Ребенок и средства массовой информации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Запрещается осуществлять для детей показ, продажу, дарение, размножение и прокат игрушек, кинофильмов, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>звуко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- и видеозаписей, распространение литературы, газет, журналов и других средств массовой информации, направленных на разжигание расовой, национальной, социальной и религиозной вражды, пропагандирующих сословную исключительность, войну, содержащих призывы к насильственному изменению конституционного строя и нарушению территориальной целостности Республики Казахстан, порнографию или иным образом причиняющих вред духовному и нравственному развитию</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ребенка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. За совершение деяний, указанных в пункте 1 настоящей статьи, применяются меры ответственности, установленные законодательными актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C5CC2">
-[...42 lines deleted...]
-        <w:t>      1. Қазақстан Республикасының балалар мүддес</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Статья 40. Защита ребенка от проституции и порнографии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      За вовлечение ребенка в занятие проституцией, распространение, рекламирование или продажу ребенку порнографических материалов или предметов, печатных изданий, кино- или видеоматериалов, изображений или иных предметов порнографического характера и эротического содержания устанавливается ответственность в порядке, предусмотренном законодательными актами Республики Казахстан. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прим</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>i</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">      1) балалардың құқықтары мен </w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦПИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: см.  ст.132).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 41. Запрещение участия детей в военных действиях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Запрещаются привлечение ребенка к участию в военных действиях, вооруженных конфликтах, создание детских военизированных формирований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="atLeast"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 8. Защита прав и охраняемых законом интересов ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 42. Защита ребенка от незаконного перемещения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Государство в соответствии с законодательством Республики Казахстан и международными обязательствами принимает меры по предупреждению и пресечению незаконного перемещения, похищения детей, торговли ими, независимо от целей, форм и методов исполнения, а также возвращению их в страну постоянного проживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Статья 43. Законные представители ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. Законные представители ребенка осуществляют представительство детей и защиту их прав и охраняемых законом интересов в отношениях с любыми лицами во всех государственных органах и организациях, в том числе в судах, без специального полномочия на основании свидетельства о рождении (или усыновлении) ребенка, паспорта родителей, удостоверения личности опекуна.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Права и охраняемые законом интересы несовершеннолетних в возрасте от четырнадцати до восемнадцати лет защищаются их законными представителями, за исключением случаев, когда законодательством Республики Казахстан предусмотрено право несовершеннолетнего самостоятельно вступать в гражданские, брачно-семейные, трудовые и иные правоотношения и защищать свои права и интересы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Представительство и защита интересов детей, находящихся в воспитательных, лечебных организациях, организациях социальной защиты населения или других организациях, осуществляются этими организациями в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Представительство и защита прав и охраняемых законом интересов ребенка, оставшегося без попечения родителей, временно, до устройства ребенка в семью или организацию, осуществляющую функции по защите прав детей, возлагаются на орган опеки и попечительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   Статья 44. Государственные органы и защита прав ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Защита прав и охраняемых законом интересов детей осуществляется государственными органами в соответствии с их полномочиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  Статья 45. Судебный порядок разрешения споров при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 исполнении настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>заңды</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Родители (лица, их заменяющие), а также лица, осуществляющие мероприятия по образованию, воспитанию, развитию, охране здоровья, социальной защите и социальному обслуживанию ребенка, содействию его социальной адаптации, социальной реабилитации и (или) иные мероприятия с его участием, вправе обратиться в установленном законодательством Республики Казахстан порядке в суд с иском о возмещении ребенку вреда, причиненного его здоровью, имуществу, а также морального вреда.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">      2) балалардың құқықтары мен </w:t>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   Статья 46. Государственный доклад о положении детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 в Республике Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ежегодный государственный доклад о положении детей в Республике Казахстан представляется уполномоченным органом в области защиты прав детей Президенту Республики Казахстан и публикуется в официальном издании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  Статья 47. Защита прав детей-беженцев и вынужденных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 переселенцев</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Дети-беженцы и вынужденные переселенцы имеют право на защиту своих интересов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Органы опеки и попечительства по месту нахождения ребенка, территориальные службы миграции содействуют в получении сведений о наличии и месте проживания родителей либо иных законных представителей, при необходимости определяют ребенка в лечебно-профилактические или иные организации, осуществляющие функции по защите прав ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="atLeast"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 9. Особенности ответственности ребенка и воздействия на его поведение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   Статья 48. Особенности ответственности ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Ребенок, совершивший противоправное деяние, несет ответственность в соответствии с законодательными актами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. При назначении вида наказания государственные органы и должностные лица должны учитывать условия жизни и воспитания ребенка, уровень психического развития, иные особенности личности, а также влияние на него старших по возрасту лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   Статья 49. Особенности воздействия на поведение ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При осуществлении родительских прав родители и другие законные представители не вправе причинять вред физическому и психическому здоровью ребенка, его нравственному развитию. Способы воспитания ребенка должны исключать пренебрежительное, жестокое, грубое, унижающее человеческое достоинство обращение, оскорбление или эксплуатацию ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="atLeast"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 10. Заключительные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Статья 50. Ответственность за нарушение законодательства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 Республики Казахстан о правах ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Лица, виновные в нарушении законодательства Республики Казахстан о правах ребенка, несут ответственность в соответствии с законодательными актами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>заңды</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Уклонение от выполнения родительских обязанностей, ненадлежащее исполнение родителями (лицами, их заменяющими) обязанностей по воспитанию и содержанию детей, отказ родителей от ребенка в родильном доме (отделении) или детском лечебном учреждении, оставление детей без надзора, жестокое обращение с детьми, их эксплуатация влекут лишение родительских прав или их ограничение у лиц, их заменяющих.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">      3) бала құқықтары кепілдiктерiнiң құқықтық негiздерiн қалыптастыру, баланың құқықтары мен </w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С момента отобрания ребенка выплата пособия, а также иные выплаты на ребенка прекращаются по решению суда.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. В случае использования родителями (лицами, их заменяющими) пособий и иных выплат на детей не по назначению, если это существенно ущемляет интересы ребенка, органы социальной защиты, органы опеки и попечительства, комиссии по защите прав несовершеннолетних или прокурор в интересах ребенка предъявляют иск о возмещении ему необоснованно израсходованных средств. Взысканные судом средства перечисляются на лицевой счет ребенка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Родители, лишенные родительских прав, не освобождаются от обязанности по уплате алиментов на детей, в отношении которых они лишены родительских прав.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Статья 51. Координация уполномоченным органом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 реализации соблюдения законодательства Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 Казахстан о правах ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган в области защиты прав детей определяется Правительством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Уполномоченный орган в области защиты прав детей:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) координирует и направляет деятельность других заинтересованных уполномоченных органов в области защиты прав ребенка;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) разрабатывает различные программы по реализации основных прав ребенка;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) обеспечивает ежегодный пересмотр в сторону улучшения минимальных социальных стандартов, норм и нормативов показателей жизни детей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) координирует деятельность уполномоченных органов в области защиты прав детей в деле международного сотрудничества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 52. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>заңды</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Контроль за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...30 lines deleted...]
-        <w:t>      4) балалардың дене бiтiмi, интеллектуалдық, рухани және имандылық тұ</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдением законодательства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 Республики Казахстан о правах ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Контроль за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C5CC2">
-[...366 lines deleted...]
-          <w:sz w:val="18"/>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдением законодательства Республики Казахстан о правах ребенка направлен на обеспечение прав и законных интересов ребенка и осуществляется уполномоченными государственными органами в пределах компетенции, определенной законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Объектом контроля является деятельность физических и юридических лиц, направленная на реализацию прав ребенка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Контроль осуществляется в виде проверок (плановых, внеплановых).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Плановые проверки осуществляются с периодичностью один раз в год в соответствии с графиками, утверждаемыми уполномоченными государственными органами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Внеплановые проверки осуществляются в случаях, требующих немедленного устранения угрозы нарушения охраняемых прав и законных интересов ребенка, а также требующих немедленного реагирования на обращения граждан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Срок проведения проверок не должен превышать пять дней.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сноска. Статья 52 в новой редакции - Законом Республики Казахстан от 31 января 2006 года N 125.      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  Статья 53. Координация деятельности государственных органов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                и организаций, осуществляющих функции по защите</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                прав ребенка     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Координацию деятельности государственных органов и организаций, осуществляющих функции по защите прав ребенка, осуществляет Правительство Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A4194" w:rsidRPr="005A4194" w:rsidRDefault="005A4194" w:rsidP="005A4194">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="360" w:after="360" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C5CC2">
-[...13397 lines deleted...]
-    <w:sectPr w:rsidR="00282D65" w:rsidRPr="007C5CC2" w:rsidSect="00282D65">
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    Президент</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005A4194">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00282D65" w:rsidRDefault="00282D65"/>
+    <w:sectPr w:rsidR="00282D65" w:rsidSect="00282D65">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...271 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="007C5CC2"/>
+    <w:rsidRoot w:val="005A4194"/>
     <w:rsid w:val="00282D65"/>
-    <w:rsid w:val="007C5CC2"/>
-    <w:rsid w:val="00D51986"/>
+    <w:rsid w:val="005A4194"/>
+    <w:rsid w:val="006179DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -16421,594 +7578,228 @@
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00282D65"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...19 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="007C5CC2"/>
+    <w:rsid w:val="005A4194"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
-[...18 lines deleted...]
-      <w:szCs w:val="27"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="007C5CC2"/>
+    <w:rsid w:val="005A4194"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...4 lines deleted...]
-    <w:rsid w:val="007C5CC2"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtecenter">
+    <w:name w:val="rtecenter"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="005A4194"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:b/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007C5CC2"/>
-[...13 lines deleted...]
-    <w:rsid w:val="007C5CC2"/>
+    <w:rsid w:val="005A4194"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="007C5CC2"/>
+    <w:rsid w:val="005A4194"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...17 lines deleted...]
-    <w:name w:val="note"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="007C5CC2"/>
-[...44 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="005A4194"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="481000516">
+    <w:div w:id="1057971732">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1048186334">
+        <w:div w:id="395977055">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="631791379">
+            <w:div w:id="1121460437">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1032875343">
+                <w:div w:id="316418953">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
-                  <w:divsChild>
-[...230 lines deleted...]
-                  </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bala-kkk.kz/kk/node/%D2%9B%D0%B0%D0%B7%D0%B0%D2%9B%D1%81%D1%82%D0%B0%D0%BD-%D1%80%D0%B5%D1%81%D0%BF%D1%83%D0%B1%D0%BB%D0%B8%D0%BA%D0%B0%D1%81%D1%8B%D0%BD%D1%8B%D2%A3-%D0%B7%D0%B0%D2%A3%D0%B4%D0%B0%D1%80%D1%8B" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bala-kkk.kz/kk/zannama" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bala-kkk.kz/kk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -17254,55 +8045,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>45450</Characters>
+  <Pages>15</Pages>
+  <Words>6728</Words>
+  <Characters>38355</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>378</Lines>
-  <Paragraphs>106</Paragraphs>
+  <Lines>319</Lines>
+  <Paragraphs>89</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>53317</CharactersWithSpaces>
+  <CharactersWithSpaces>44994</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Student</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>