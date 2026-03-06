--- v0 (2026-03-05)
+++ v1 (2026-03-06)
@@ -1,2552 +1,12390 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="006D5588">
-[...17 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00A826BB" w:rsidRPr="00401255" w:rsidRDefault="00523328">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            Тест   10  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="006D5588">
-[...252 lines deleted...]
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="00523328" w:rsidRPr="005E031E" w:rsidRDefault="00523328" w:rsidP="00523328">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:t>- Жылсайын 8,8 миллион адам туберкулезбен аурады</w:t>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Махамбет Өтемісұлының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жауынгер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>абзал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>досын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өтеріліс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>басшысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> табыңыз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Шернияз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Есет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> батыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>C) Жәңгі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>D) Әбілқайыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Исатай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="00523328" w:rsidRPr="005E031E" w:rsidRDefault="00523328" w:rsidP="00523328">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">- Ем қабылдамайтын әp6ip наукас 10 адамнан 15 </w:t>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Махамбет Өтемісұлының ө</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D30644">
-        <w:t>адам</w:t>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>леңін</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D30644">
-        <w:t>ға дейін ауруын жұктырады</w:t>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> табыңыз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>A) «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ереуі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа ер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>салмай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>B) «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Айналайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, Ақ Жайық».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>C) «Мен – қазақ».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>D) «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әкірт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E) «Ей, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Абылай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Абылай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="00523328" w:rsidRPr="005E031E" w:rsidRDefault="00523328" w:rsidP="00523328">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...10 lines deleted...]
-          <w:rStyle w:val="apple-converted-space"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D30644">
-        <w:t>Туберкулезге шалдыққандардың 75% 20 - 40 жастағы адамдарды кұрайды</w:t>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Пейзаж терминінің мағынасын анықтаңыз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) Оқиғаны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>баяндау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) Оқиға болған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адамның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>портретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) Табиғатты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>суреттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>E) Адамның сыртқы тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сипаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="00523328" w:rsidRPr="005E031E" w:rsidRDefault="00523328" w:rsidP="00523328">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:t>- Жылсайын 2 миллион адам қайтыс болады</w:t>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Айтыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – сөз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>барымтасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>зерттеушіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> табыңыз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>A) І.Жансүгіров.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>B) М.Әуезов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Б.Кенжебаев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>D) С.Мұқанов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>E) С.Сейфуллин.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="00523328" w:rsidRPr="005E031E" w:rsidRDefault="00523328" w:rsidP="00401255">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:t>- Туберкулезді дуниежүзінде ә</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="782" w:hanging="357"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Махамбет Өтемісұлының туған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жылын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D30644">
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>леңіз</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D30644">
-        <w:t xml:space="preserve"> секундта 1 адам жұктырады</w:t>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) 1846 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) 1835 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C) 1904 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) 1865 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E) 1804 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="00134BA8" w:rsidRPr="005E031E" w:rsidRDefault="00134BA8" w:rsidP="00401255">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">- </w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="782" w:hanging="357"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Айтысқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>түсетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ақынның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бірден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бастырмалатып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қарсыласының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>апшысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қуыра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сескендіре</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сөйлейтіні</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D30644">
-        <w:t>Ж</w:t>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>н</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D30644">
-        <w:t>ұқтырғандардың тек 5 -10%-ында ғaнa ауру дамуы мумкін</w:t>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>себебін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>көрсетіңіз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Елдің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>көңілін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>аудару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>амалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Айтыстың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>шарты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Шабыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>шақыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мақсаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Қарсыласын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жеңіп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кетудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>амалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Асқақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ақын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дәріптеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="00134BA8" w:rsidRPr="005E031E" w:rsidRDefault="00134BA8" w:rsidP="00523328">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...13 lines deleted...]
-          <w:rStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Мақалдың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D30644">
-[...7 lines deleted...]
-          <w:rStyle w:val="a4"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>екінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D30644">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> БОЛАДЫ</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жартысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>көрсетіңіз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Батыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>туса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ырысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, …</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Жаңбыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жауса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ырысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>үмітін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ақтар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Айласыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>батыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>алдырар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ырыстың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кілті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>E) Батыр елдің сә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>улет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>і.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="006D5588">
+    <w:p w:rsidR="00134BA8" w:rsidRPr="005E031E" w:rsidRDefault="00134BA8" w:rsidP="00523328">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...7 lines deleted...]
-      </w:r>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D30644">
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Махамбет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ақынның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>атын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>табыңыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Зұлқарнайын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Жәңгір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Өтеміс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Исатай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>E) Бекмағамбет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134BA8" w:rsidRPr="005E031E" w:rsidRDefault="00134BA8" w:rsidP="00523328">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Мінездеменің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ерекшелігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>анықтаңыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Шығармаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қатысушының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мінезін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дүниеге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>көзқарасын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сипаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Оқиғаның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Табиғат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>көркін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>суреттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Шығарманың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>оқиғасын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>желілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>көркем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>әңгімелеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Екі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адамның өзара </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кезектесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөйлеуі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134BA8" w:rsidRPr="005E031E" w:rsidRDefault="00134BA8" w:rsidP="00401255">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Тарбағатай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тауынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Тоқсан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қосылып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Тоғыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>өзен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>түйісі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>п</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D30644">
-        <w:t xml:space="preserve"> түшкірсе, туберкулез қоздырушысы ayaғa түседі. Залалданған ауамен айналадағы адамдар демалатын болса,  бактериялар тыныс алу жолдарымен өкпеге түседі. Туберкулезді осылайша жүқтыруға болады.</w:t>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ақтың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>төмен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жосылып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ... – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>үзінді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>өлеңнен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>алынған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>табыңыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A) «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Толағай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B) «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Арқалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>аясында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C) «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Тарланым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D) «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Жетісу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>суреттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>E) «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Аягөз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қайда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>барасың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>?!»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="00134BA8" w:rsidRPr="005E031E" w:rsidRDefault="00134BA8" w:rsidP="00523328">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...15 lines deleted...]
-          <w:bCs/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Махамбет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ханның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тұсында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сүрген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>белгілеңіз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Абылай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>хан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Тәуке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>хан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Жәңгір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>хан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Әбілқайыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>хан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Жолбарыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>хан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D30644">
-[...9 lines deleted...]
-          <w:bCs/>
+    </w:p>
+    <w:p w:rsidR="00134BA8" w:rsidRPr="005E031E" w:rsidRDefault="00134BA8" w:rsidP="00523328">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Махамбет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Өтемісұлының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ағасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Жәңгі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ханның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>биінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бірін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>табыңыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Қарауылқожа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Исатай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Жәңгір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Бекмағамбет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Баймағамбет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D30644">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="00134BA8" w:rsidRPr="005E031E" w:rsidRDefault="00134BA8" w:rsidP="00523328">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Махамбет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Өтемісұлының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>леңін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>табыңыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>A) «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B) «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Шәкірт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C) «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Айналайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Жайық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) «Ей, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Абылай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Абылай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>E) «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ереуі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа ер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>салмай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134BA8" w:rsidRPr="005E031E" w:rsidRDefault="00134BA8" w:rsidP="00523328">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Мақалдағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>көркемдік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>әді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>табыңыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Біреу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тойып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>секіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>біреу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тоңып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>секіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>A) Метонимия.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Шендестіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>C) Метафора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>D) Теңеу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>E) Эпитет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134BA8" w:rsidRPr="005E031E" w:rsidRDefault="00134BA8" w:rsidP="00523328">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Махамбет Өтемісұлының туған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> табыңыз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Батыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) Атырау </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Алматы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) Қызылорда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E) Ақмола </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134BA8" w:rsidRPr="005E031E" w:rsidRDefault="00134BA8" w:rsidP="00523328">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Өтемістен туған он </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ед</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Онымыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мінгенде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Жер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қайысқан қол </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>едік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">...» ,- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үзінді Махамбеттің қай өлеңінен алынған, белгілеңіз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) «Әй, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Махамбат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жолдасым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>B) «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ереуіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқа ер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>салмай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>C) «Қызғыш құс»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>D) «Махамбеттің Баймағанбет сұлтанға айтқаны»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>E) «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Беркіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> садақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>асынбай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134BA8" w:rsidRPr="005E031E" w:rsidRDefault="0001708E" w:rsidP="00523328">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Мақалдағы көркемдік өрнекті табыңыз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Терін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> төксе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тілеуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Елін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сүйген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>еріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ел </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тілеуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>A) Метафора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>B) Эпитет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>C) Метонимия.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Синтаксисті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> параллелизм.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>E) Теңеу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0001708E" w:rsidRPr="005E031E" w:rsidRDefault="0001708E" w:rsidP="00523328">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Исатай-Махамбет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бастаған көтеріліс жыршысының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, күрескер ақынды табыңыз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Шернияз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарылғасұлы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>B) Мұрат Мөңкеұлы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C) Үмбетей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жырау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Алмажан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Азаматқызы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E) Балқы Базар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жырау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ңдасұлы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0001708E" w:rsidRPr="005E031E" w:rsidRDefault="0001708E" w:rsidP="00523328">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мұрат Мөңкеұлының өмірге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, өмірден өткен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жылдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетіңіз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) 1843-1906 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) 1858-1931 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C) 1858-1912 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) 1870-1904 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E) 1818-1881 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0001708E" w:rsidRPr="005E031E" w:rsidRDefault="0001708E" w:rsidP="00523328">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Мұрат Мөңкеұлының өлеңдерін көрсетіңіз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>A) «Сырым», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Елі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>м-ай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) «Әсемпаз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>болма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әрнеге», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Жаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>C) «Үш қиян», «Өлім».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>D) «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Замана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Насихат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>E) «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Анама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хат», «Қазақ қалпы».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0001708E" w:rsidRPr="005E031E" w:rsidRDefault="0001708E" w:rsidP="00523328">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Абыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілеуұлы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туған жыл</w:t>
+      </w:r>
+      <w:r w:rsidR="003505BE" w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003505BE" w:rsidRPr="005E031E" w:rsidRDefault="003505BE" w:rsidP="003505BE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1843-1906 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) 1858-1931 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C) 1858-1912 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) 1870-1904 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>E) 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>777</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>-18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>64</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003505BE" w:rsidRPr="005E031E" w:rsidRDefault="003505BE" w:rsidP="003505BE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>« Арғымақ атта сын болмас» жыр-толғаудың авторы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003505BE" w:rsidRPr="005E031E" w:rsidRDefault="003505BE" w:rsidP="003505BE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...43 lines deleted...]
-        <w:t>;</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Абыл Тілеуұлы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>B) Сүінбай Аронұлы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>C)  Махамбет Өтемісұлы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>D)  Мұрат Мөңкеұлы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>E)  Ш.Уалиханов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="00886EE7" w:rsidRPr="005E031E" w:rsidRDefault="00886EE7" w:rsidP="003505BE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> - 1-1,5 ай;</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сүйінбай Аронұлының туған жері</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
-[...414 lines deleted...]
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="00886EE7" w:rsidRPr="005E031E" w:rsidRDefault="00886EE7" w:rsidP="00886EE7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...14 lines deleted...]
-        <w:t>үргізілетін фактор-иммунитеттің әлсізденуі. Жеткіліксіз тамақтану;</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Батыс Қазақстан облысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>B) Атырау облысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>C) Алматы облысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>D) Қызылорда облысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>E) Ақмола облысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="00886EE7" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="00886EE7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...14 lines deleted...]
-        <w:t>.);</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сүйінбай ненің шебері?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
-[...248 lines deleted...]
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...14 lines deleted...]
-        <w:t>қа созылған жөтел,</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қара басының қамын ойлаушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>B) Тойымсыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>C) Мақтаншақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>D)  озбыр.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>E) айтыс</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:t>- әлсіздік,</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сүйінбай қандай ғасырдың ірі өкілі?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>A)  XIX ғасыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>B)  XX ғасыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>C)  XXI ғасыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>D) XVIII ғасыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>E) XVII ғасыр</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00401255" w:rsidRDefault="00401255" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00401255" w:rsidRDefault="00401255" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00401255" w:rsidRPr="005E031E" w:rsidRDefault="00401255" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00401255" w:rsidRDefault="00401255" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00401255" w:rsidRDefault="00401255" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00401255" w:rsidRDefault="00401255" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шығарма « Махамбет –әрі батыр, әрі ақын»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жоспар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...14 lines deleted...]
-        <w:t>epiлуi,</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кіріспе</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:t>- тершендік,</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Негізгі бөлім</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а/  Елі үщін жанын беруге дайын зар заман ақыны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә/ М. Өтемісұлының шығармалары-бұқара өмірінің рухани –поэтикалық шежіресі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б/ Өлмейді ісі мәңгілік,өшпейді абзал есімдер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...7 lines deleted...]
-      </w:r>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...18 lines deleted...]
-        <w:t>үдеу,</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E031E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="005E031E" w:rsidRPr="005E031E" w:rsidRDefault="005E031E" w:rsidP="005E031E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...11 lines deleted...]
-      </w:r>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
+    <w:p w:rsidR="003505BE" w:rsidRPr="005E031E" w:rsidRDefault="003505BE" w:rsidP="00886EE7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...11 lines deleted...]
-      </w:r>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D5588" w:rsidRPr="00D30644" w:rsidRDefault="006D5588" w:rsidP="00D76012">
-[...306 lines deleted...]
-    <w:sectPr w:rsidR="000717D9" w:rsidRPr="00D30644">
+    <w:sectPr w:rsidR="003505BE" w:rsidRPr="005E031E" w:rsidSect="00A826BB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...13 lines deleted...]
-    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="234D09CA"/>
+    <w:nsid w:val="45992F15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C24EDD8E"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:tmpl w:val="F9167716"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...31 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4DD94035"/>
+    <w:nsid w:val="54E93736"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0A36398E"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:tmpl w:val="71BEEF1A"/>
+    <w:lvl w:ilvl="0" w:tplc="FBB01C64">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...31 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="64EA314A"/>
+    <w:nsid w:val="5B593B71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3B8A8D44"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:tmpl w:val="0888A504"/>
+    <w:lvl w:ilvl="0" w:tplc="55029D0A">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...31 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="67DF3538"/>
+    <w:nsid w:val="69025062"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B0C4E49A"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:tmpl w:val="851AB69C"/>
+    <w:lvl w:ilvl="0" w:tplc="0486C552">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="885" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1605" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2325" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3045" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3765" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4485" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5205" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5925" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...31 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6645" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="741F25B7"/>
+    <w:nsid w:val="6B3641FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4ABA44E2"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:tmpl w:val="B2AE4896"/>
+    <w:lvl w:ilvl="0" w:tplc="622CBDD2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="773331D5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="625E26FA"/>
+    <w:lvl w:ilvl="0" w:tplc="EEE8FE4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...19 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
-[...5 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00EE261A"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00EE261A"/>
+    <w:rsidRoot w:val="00523328"/>
+    <w:rsid w:val="0001708E"/>
+    <w:rsid w:val="000851BB"/>
+    <w:rsid w:val="00134BA8"/>
+    <w:rsid w:val="003505BE"/>
+    <w:rsid w:val="00401255"/>
+    <w:rsid w:val="00523328"/>
+    <w:rsid w:val="005E031E"/>
+    <w:rsid w:val="00886EE7"/>
+    <w:rsid w:val="008879A2"/>
+    <w:rsid w:val="00A826BB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -2660,420 +12498,109 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00A826BB"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...25 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="006D5588"/>
-[...219 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:rsid w:val="00523328"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006D5588"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00523328"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...50 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3321,70 +12848,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3444</Characters>
+  <Pages>1</Pages>
+  <Words>672</Words>
+  <Characters>3835</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
+  <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4040</CharactersWithSpaces>
+  <CharactersWithSpaces>4499</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>