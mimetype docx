--- v0 (2025-12-12)
+++ v1 (2025-12-13)
@@ -1,4485 +1,3141 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="007A52E0" w:rsidRDefault="007A52E0" w:rsidP="007A52E0">
-[...6 lines deleted...]
-          <w:bCs/>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="003F29BB" w:rsidRDefault="00601DB4" w:rsidP="00E74374">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00672754">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E74374" w:rsidRPr="00EA0BBE" w:rsidRDefault="00E74374" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкімдігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E74374" w:rsidRPr="00EA0BBE" w:rsidRDefault="00E74374" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E74374" w:rsidRPr="00EA0BBE" w:rsidRDefault="00E74374" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқармасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E74374" w:rsidRPr="00EA0BBE" w:rsidRDefault="00E74374" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E74374" w:rsidRPr="00EA0BBE" w:rsidRDefault="00E74374" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиелеуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орталығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E74374" w:rsidRPr="00EA0BBE" w:rsidRDefault="00E74374" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E74374" w:rsidRPr="00E74374" w:rsidRDefault="003D24DC" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...15 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00E74374" w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыныпқа арналған биология пәнінен </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...104 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r w:rsidR="00E74374" w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру мектебінің емтихан материалдары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E74374" w:rsidRPr="00E74374" w:rsidRDefault="00E74374" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00370105">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...591 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Тіршілік деңгейлері. Тірі организмдердің қасиеттері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Адамның және сүтқоректі жануарлардың қанайналым мүшелері, олардың       организмнің тіршілік әрекетіндегі рөлі. Қан, оның құрылысы мен қызметі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Кеппешөп үлгілерінен бунақденелілер және жел арқылы тозаңданатын өсімдіктерді анықтаңдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00370105">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Организмдердің көбею формалары. Жынысты және жыныссыз  көбеюге сипаттама.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Паразит организмдер. Паразит құрттардың тіршілік ету ерекшеліктері. Адамда ішекқұрт ауруларының алдын алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Пияздың өңінен препарат дайындау, жасушаның суретін салып, бөліктерін жазу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Түр, түр критерийлері,  түрөзгерістер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Адамның және омыртқалы жануарлардың тыныс алу мүшелерінің құрылысы. Организмдердің тіршілігіндегі тыныс алудың маңызы. Өкпедегі және ұлпадағы газ алмасу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Тұщысу гидрасының микропрепаратын қарап, құрылыс ерекшелігін ашу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Жасушаның бөлінуі. Митоз бен мейоздың биологиялық маңызы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Біржасушалы жәндіктердің саналуандығы, құрылыс ерекшіліктері, тіршілік әрекеті, адам өміріндегі және табиғаттағы маңызы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Кеппешөп үлгілерінің көмегімен даражарнақтылар класына жататын өсімдіктерді анықтаңдар, қандай белгілеріне қарап анықтағандарыңды айтың</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Билет № 5</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
-[...303 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Жасушаның химиялық құрамы. Органикалық заттар, олардың құрылысы мен қызметі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Сүйектің құрамы, құрылысы мен өсуі. Сүйектердің байланысу түрлері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Өсімдіктердің кеппешөп үлгілерінен гүлшоғырларды тауып, оларды атаңдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Жасушадағы энергия және зат алмасу, өсімдік жасушасындағы зат алмасудың ерекшеліктері. Фотосинтез процесіне сипаттама.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Адам мен сүтқоректі жануарлардың қаңқаларының ұқсастығы, олардың туыстықтарының дәлелі. Тік жүруге және еңбек етуге байланысты адам қаңқасының ерекшеліктері. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Самырсынның бұтағынан аталық және аналық бүрлерді тауып, олардың өсімдік тіршілігіндегі рөлін анықтаңдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Жасушадағы зат және энергия алмасу, тыныс алу процесіне сипаттама.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Тері және оның организмдегі рөлі. Тері гигиенасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Обмен веществ и энергии в клетке, характеристика процесса дыхания.</w:t>
-[...804 lines deleted...]
-        <w:ind w:left="192"/>
+        <w:t>3. Микроскоппен жасыл эвленаның дайын микропрепаратын қарап, неліктен бұл организмді өсімдік пен жануар арасындағы аралық формаға жатқызатынын түсіндіріңдер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...134 lines deleted...]
-        <w:ind w:left="163"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Адамның және омыртқалы жануарлардың зәр шығару мүшелерінің құрылысы. Организмдердің тіршілігіндегі зәр шығарудың маңызы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Табиғи бірлестік, қоректік тізбектің негізгі звеносы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Асбұршақ өсімдігінің фенотипін анықтаңдар, (сары тұқым- А, жасыл- а, тегіс –В, кедір-бұдырлы- в), генотиптері: ААВв, АаВв, аавв, ааВВ. Генотиптері АаВВ * аавв асбұршақ өсімдіктерін шағылыстырғанда ұрпағында генотиптері мен фенотиптері қандай болуы мүмкін?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Экологиялық факторлар, оларға сипаттама. Факторлардың организмге әсері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Тамыр—минералды қоректену мүшесі. Тамырдың және тамыр жүйесінің түрлері, тамырдың түрөзгерістері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Барлық азотты негіздердің жалпы санынан ДНК молекуласында 30 тимин нуклеотидтері бар. Осы молекуладағы басқа нуклеотидтер санын анықтаңдар. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Табиғи және қолдан сұрыптау. Сұрыптаудың салыстырмалы сипаттамасы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сұрыптау туралы білімнің практикалық маңызы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Дәрумендер, олардың организм тіршілігіндегі маңызы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Бунақденелілердің коллекциясын қолдана отырып, идиоадаптацияны анықтап, бунақденелілер тіршілігіндегі оның рөлін ашыңдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Тіршілік үшін күрес. Тірі организмдер эволюциясындағы тіршілік үшін күрестің рөлі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Өсімдік ұлпаларының түрлері, олардың құрылысы мен қызметі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Өсімдік және бактерия жасушаларының дайын микропрепараттарын қараңдар. Жасушаның суретін салып, оның бөліктерін көрсетіңдер. Жасушаларды салыстырып, олардың ұқсастықтары мен айырмашылықтарының себептерін түсіндіріңдер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Организмдердің тіршілік ортасы. Организмдердің тіршілік ортасына бейімделгіштігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Жануар ұлпасының түрлері, олардың құрылысы мен қызметі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Белгілердің өзгергіштігінің вариациялық қатарын құрыңдар. Вариациялық қисықты сызып, алынған нәтижелерді түсіндіріңдер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №13</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Нуклеин қышқылдары, олардың түрлері, құрылысы, белок биосинтезі процесіндегі маңызы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Жүректің құрылысы мен жұмысы. Жүректің жұмысын реттеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Кеппешөп үлгілерінен бір тұқымдасқа жататын екі түрді таңдап алыңдар, олардың морфологиялық ерекшіліктерін сипаттаңдар. Өсімдіктерді салыстырып,ұқсастығы мен айырмашылықтарынң себептерін түсіндіріңдер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет № 14</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Жасушаның құрылысы, оның органоидтарының қызметі. Жасушадағы органоидтардың құрылысы мен қызметінің өзара байланысы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Билет № 14</w:t>
-[...434 lines deleted...]
-        <w:spacing w:before="269" w:line="274" w:lineRule="exact"/>
+        <w:t>2. Сабақ, оның құрылысы, қызметі, түрлердің саналуандығы, сабақтың түрөзгерісі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Дайын микропрепараттан адам мен бақаның қандарын анықтаңдар. Адам мен бақаның эритроциттерін салыстырыңдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...268 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №15</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Ч.Дарвиннің эволюциялық ілімі. Эволюцияның қозғаушы күштері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Ішкі секреция бездері. Гормондар, олардың адам өміріндегі маңызы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Егер тышқандарда сұр түс ақ түске қарағанда  доминантты болса, сұр түсті гетерозиготалы аталық пен ақ түсті гомозиготалы аналықты шағылыстырғанда қандай ұрпақ алуға болады?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №16</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Организмдердің эмбриондық және постэмбриондық дамуы.Органогенез.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Жапырақтың ішкі және сыртқы құрылысы. Жапырақтың түрлері, жүйкелену, сабақта орналасу тәсілдері,  жапырақтың түрөзгерістері. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Эпителий және дәнекерлеуші ұлпалардың микропрепараттарын микроскоппен қарап, айырмашылықтарын табыңдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №17</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Прогресс және регресс. Эволюциялық прогреске жету жолдары. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Жүйке жүйесінің құрылысы мен қызметі. Шартты және шартсыз рефлекстер және рефлекторлық доға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Жауын құртын қарап, құрылысы мен қозғалуындағы ерекшеліктерін ашыңдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Органикалық дүниенің даму тарихы. Тірі организмдердің саналуандығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Гүлдің құрылысы. Гүлдердің түрлері, формулалары. Гүлшоғырлар. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Микроскоппен бұлшықет және жүйке ұлпаларының микропрепараттарын қарап, айырмашылықтарын табу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Билет № 19</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
-[...139 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Адамның шығу тегі және оның даму стадиялары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Орталық жүйке жүйесінің құрылысы мен қызметі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Өсімдіктердің кеппешөп үлгілерінен жүйкелену түрін, жапырақтың түрлерін және сабаққа бекіну тәсілдерін анықтаңдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Билет № 20</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
-[...133 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Белгілердің тұқым қуалау заңдылықтары. Моногибридті және дигибридті шағылыстыру бойынша Мендельдің тәжірибелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Жемістер, олардың жіктелуі, табиғатта таралу жолдары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Билет № 21</w:t>
-[...258 lines deleted...]
-        <w:ind w:left="182"/>
+        <w:t>3. Шешесі түсті ажырата алмау генін тасымалдаушы, әкесі түстерді жақсы ажыратады. Олардың балаларында түсті ажырата алмау тұқым қуалауы мүмкін бе?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...184 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №21</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Популяциядағы организмдердің қарым-қатынастарының түрлері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Жабықтұқымды өсімдіктердің сипаттамасы. Жабықтұқымды өсімдіктерді жүйелеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Былқылдақденелілердің бақалшақтарын қарап, бақалшақтардың ұқсастығы мен айырмашылықтарын табыңдар.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №22</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.Биосфера, оның құрылымы мен қызметі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Адам организмінің сенсорлық жүйесі. Көру анализаторының құрылысы мен қызметі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Өзен шаянының ылғалды препараты бойынша тіршілік ортасына бейімділік  белгілерін табыңдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №23</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Қазақстандағы табиғи ресурстарды тиімді пайдалану. Қазақстанда табиғатты қорғау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Жоғары споралы өсімдіктердің сипаттамалары. Өсімдіктердің құрылыс ерекшеліктері мен маңызы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Бунақденелілер коллекциясы бойынша олардың тіршілік ортасына бейімділіктерін анықтаңдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Билет № 24</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
-[...118 lines deleted...]
-        <w:ind w:left="154"/>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Адам генетикасы. Тұқымқуалаушылықты зерттеу әдістері. Денсаулықты сақтаудың  генетикалық мәселелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Құстар класына сипаттама.  Олардың құрылыс ерекшеліктері, ұшуға бейімділігі. Құстарды жіктеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Бунақденелілер коллекциясын қарап, оларды тиісті отрядтарға бөлу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00CB7692">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...142 lines deleted...]
-    <w:sectPr w:rsidR="00A10861" w:rsidRPr="005634D8" w:rsidSect="0089371F">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Билет №25</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Селекция. Жануарлардың жаңа қолтұқымдары мен өсімдіктердің жаңа іріктемелерін алу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Адамның және сүтқоректілердің ас қорыту жүйесі. Ас қорыту процесі, ас қорыту бездерінің ролі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Тамырдың ішкі құрылысының микропрепаратын қарап, тамыр түзетін ұлпалар мен тамыр аймақтарын  анықтаңдар.             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601DB4" w:rsidRPr="00E74374" w:rsidRDefault="00601DB4" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC46F7" w:rsidRPr="00601DB4" w:rsidRDefault="00AC46F7" w:rsidP="00530BA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00AC46F7" w:rsidRPr="00601DB4" w:rsidSect="00CC2F40">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="KZ Times New Roman">
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...633 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D833CC"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00D833CC"/>
+    <w:rsidRoot w:val="00601DB4"/>
+    <w:rsid w:val="00351BF8"/>
+    <w:rsid w:val="00370105"/>
+    <w:rsid w:val="003D24DC"/>
+    <w:rsid w:val="00530BA7"/>
+    <w:rsid w:val="00601DB4"/>
+    <w:rsid w:val="00836CE2"/>
+    <w:rsid w:val="00AC46F7"/>
+    <w:rsid w:val="00CB7692"/>
+    <w:rsid w:val="00CC2F40"/>
+    <w:rsid w:val="00E74374"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -4501,51 +3157,51 @@
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
@@ -4622,150 +3278,93 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0089371F"/>
+    <w:rsid w:val="00CC2F40"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...27 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...26 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5012,54 +3611,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1089</Words>
-  <Characters>6208</Characters>
+  <Words>1187</Words>
+  <Characters>6766</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>56</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7283</CharactersWithSpaces>
+  <CharactersWithSpaces>7938</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>админ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>