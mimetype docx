--- v0 (2025-12-12)
+++ v1 (2026-03-06)
@@ -1,5597 +1,3276 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00EA0BBE" w:rsidRPr="00EA0BBE" w:rsidRDefault="00EA0BBE" w:rsidP="00BB7AFA">
+    <w:p w:rsidR="00DC4ADE" w:rsidRPr="00EE56FB" w:rsidRDefault="00DC4ADE" w:rsidP="00DC4ADE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA0BBE">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00EE56FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар </w:t>
-[...5 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE56FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>облысы</w:t>
+        <w:t>«Инновационный центр развития образования и воспитания»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC4ADE" w:rsidRPr="00EE56FB" w:rsidRDefault="00DC4ADE" w:rsidP="00DC4ADE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE56FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Управления образования Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC4ADE" w:rsidRDefault="00DC4ADE" w:rsidP="00DC4ADE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE56FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EA0BBE">
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00EE56FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC4ADE" w:rsidRPr="00EE56FB" w:rsidRDefault="00DC4ADE" w:rsidP="00DC4ADE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00DC4ADE" w:rsidRDefault="00DC4ADE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Экзаменационные</w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="00DC4ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> билеты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по биологии 11 класс за курс средней общеобразовательной школы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="00DC4ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Современная экологическая обстановка в Казахстане.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Гуморальная регуляция.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...59 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Эндокринный аппарат человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Рассмотреть под микроскопом готовые микропрепараты,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>бі</w:t>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>определить вид растительной ткани.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Клеточная теория. Методы исследования клетки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Нервная система человека.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Строение, функции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рефлекторная дуга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Объяснить приспособленность рыб к среде обитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Химический состав клетки. Неорганические и органические вещества клетки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Анализаторы человека. Строение, значение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91419">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Используя гербарные образцы (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>натуральные объекты</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00EA0BBE">
-[...6 lines deleted...]
-        <w:t>л</w:t>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00EA0BBE">
-[...118 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> определить тип корневой системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Строение и функции клетки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Опорно-двигательный аппарат человека.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Строение и значение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Рассмотреть микропрепарат корешка лука,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>определить зоны корня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Дыхание организма. Бескислородный и кислородный этапы гликолиза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Внутренняя среда организма. Состав значение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91419">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Используя гербарные образцы (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>натуральные объекты) определить виды стебля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Фотосинтез. Хемосинтез.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Сердечно</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91419">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- сосудистая система человека.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...254 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Газообмен в легких и тканях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Используя гербарные образцы (натуральные объекты) определить видоизменения побега.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 7.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Биосинтез белка, его биологическая роль.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Дыхательная система человека. Газообмен в легких и тканях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91419">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Используя гербарные образцы (натуральные объекты</w:t>
+      </w:r>
+      <w:r w:rsidR="00362FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91419">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> определить листорасположение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005667EA" w:rsidRDefault="005667EA" w:rsidP="00BB7AFA">
-[...94 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00F91419" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Деление клетки</w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Митоз, его биологическое значение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Пищеварительная система человека.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Процесс пищеварения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91419">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Используя гербарные образцы (натуральные объекты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) определить тип жилкования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 9.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Формы размножения организмов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Мочевыделительная система человека.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кожа. Строение и значение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Используя гербарные образцы (натуральные объекты) отобрать растения с простыми и сложными листьями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 10.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Деление половой клетки. Мейоз, его биологическое значение. Овогенез и сперматогенез.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. ВНД. Условные и безусловные рефлексы. Особенности ВНД человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Объяснить приспособленность лягушки к среде обитания.                                            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 11</w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Оплодотворение и его генетическое значение. Двойное оплодотворение у растений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Бактерии. Вирусы Строение, жизнедеятельность,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>многообразие.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91419">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Значение для человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Рассмотреть под микроскопом готовые микропрепараты поперечного разреза стебля, назвать его части.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Типы растения. Этапы онтогенеза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Надкласс рыбы. Общая характеристика. Особенности жизнедеятельности и </w:t>
+      </w:r>
+      <w:r w:rsidR="00C041D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB7AFA">
-[...50 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>классификация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Рассмотреть под микроскопом готовые микропрепараты поперечного разреза листа, назвать его части.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 13.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Законы Менделя. Цитологические основы наследственности и изменчивости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Царство грибы. Основные группы грибов. Лишайники.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Составить формулу цветка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 14</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Закон Т. Моргана. Хромосомная теория наследственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Водоросли. Биологические особенности, циклы развития, классификация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Объяснить приспособленность птиц к полету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 15.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Генетика пола. Сцепленное с полом наследование. Наследственные заболевания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Мхи. Биологические особенности, циклы развития, классификация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Используя гербарные образцы определить тип соцветия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 16.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Изменчивость и ее виды. Мутации, их виды и пр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>чины возникновения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Папоротникообразные. Биологические особенности, циклы развития,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...366 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>классификация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C041D4" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Используя гербарные образцы (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>натуральные объекты) определить класс и семейство данного растения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 17.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Генетика популяций. Закон Харди-Вайбер</w:t>
+      </w:r>
+      <w:r w:rsidR="00C041D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Голосеменные. Биологические особенности, циклы развития, классификация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Используя гербарные образцы определить тип соцветия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 18.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Генетические основы селекции, методы селекции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Покрытосеменные. Основные признаки,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>классификация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C041D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Используя гербарные образцы (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>натуральные объекты) определить класс и семейство данного растения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 19.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Центры происхождения культурных растений. Закон гомологических рядов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>2.   Жүрек –қан тамырлар жүйесі. Жүректің құрылысы мен қызметі. Үлкен және кіші  қан     айналым.</w:t>
-[...1322 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>2.Подцарство одноклеточные. Общая характеристика. Особенности жизнедеятельности и классификация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Рассмотреть под микроскопом готовые микропрепараты, определить вид животной ткани.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 20.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Происхождение и начальные этапы развития жизни на Земле. Гипотеза Опарина.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Кишечнополостные. Общая характеристика. Особенности жизнедеятельности и классификация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Рас</w:t>
+      </w:r>
+      <w:r w:rsidR="00C041D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>смотреть под микроскопом готовый</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB7AFA">
-[...393 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>микропрепарат,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...53 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005667EA" w:rsidRPr="00BB7AFA">
-[...537 lines deleted...]
-    <w:sectPr w:rsidR="00886785" w:rsidRPr="005667EA" w:rsidSect="00AB4B10">
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">определить вид животной ткани.                                                                                                                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 21.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Учение о микро</w:t>
+      </w:r>
+      <w:r w:rsidR="002D18D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>эволюции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Движущие силы эволюции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Плоские, круглые, кольчатые черви. Характеристика. Особенности жизнедеятельности и классификация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Решить задачу (моногибридное скрещивание).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 22.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Учение о макроэволюции. Доказательства эволюции. Основные пути и </w:t>
+      </w:r>
+      <w:r w:rsidR="002D18D0" w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>направления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> эволюции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Тип членистоногие. Общая характеристика. Особенности жизнедеятельности и классификация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00DC4ADE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Решить задачу (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дигибридное скрещивание).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 23.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. История развития органического мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Земноводные и </w:t>
+      </w:r>
+      <w:r w:rsidR="002D18D0" w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пресмыкающиеся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Характеристика. Особенности жизнедеятельности и классификация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00DC4ADE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Решить задачу (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>промежуточный характер наследования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 24.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Антропогенез. Место человека в орг</w:t>
+      </w:r>
+      <w:r w:rsidR="002D18D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ническом мире. Факторы антропогенеза. Этапы </w:t>
+      </w:r>
+      <w:r w:rsidR="002D18D0" w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>эволюции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Класс птицы. Общая характеристика. Особенности жизнедеятельности и классификация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="002D18D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Решить задачу (</w:t>
+      </w:r>
+      <w:r w:rsidR="00362FC8" w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наследование,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C041D4" w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сцепленное с полом).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="001C177C" w:rsidRDefault="001C177C" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944AE" w:rsidRPr="001C177C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет 25.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Учение Вернадского о биосфере.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Млекопитающие. Общая характеристика. Особенности жизнедеятельности и классификация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C944AE" w:rsidRPr="00C944AE" w:rsidRDefault="00C944AE" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Решить задачу (определение последовательности нуклеотидов </w:t>
+      </w:r>
+      <w:r w:rsidR="002D18D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в ДНК по известной молекуле РНК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C944AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB3384" w:rsidRPr="00C944AE" w:rsidRDefault="00DB3384" w:rsidP="00C944AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00DB3384" w:rsidRPr="00C944AE" w:rsidSect="0097095F">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="719" w:right="566" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="KZ Times New Roman">
-    <w:altName w:val="Times New Roman"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...2005 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005667EA"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00EA0BBE"/>
+    <w:rsidRoot w:val="00C944AE"/>
+    <w:rsid w:val="001C177C"/>
+    <w:rsid w:val="00280FDB"/>
+    <w:rsid w:val="002D18D0"/>
+    <w:rsid w:val="00362FC8"/>
+    <w:rsid w:val="004548FE"/>
+    <w:rsid w:val="00845F3D"/>
+    <w:rsid w:val="00C041D4"/>
+    <w:rsid w:val="00C944AE"/>
+    <w:rsid w:val="00DB3384"/>
+    <w:rsid w:val="00DB4F7B"/>
+    <w:rsid w:val="00DC4ADE"/>
+    <w:rsid w:val="00F91419"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
@@ -5668,93 +3347,122 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB4B10"/>
+    <w:rsid w:val="00280FDB"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC4ADE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00DC4ADE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6001,54 +3709,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>995</Words>
-  <Characters>5675</Characters>
+  <Words>956</Words>
+  <Characters>5454</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6657</CharactersWithSpaces>
+  <CharactersWithSpaces>6398</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>админ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>