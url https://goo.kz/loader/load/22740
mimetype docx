--- v0 (2025-12-15)
+++ v1 (2026-03-05)
@@ -1,879 +1,1389 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="009E77C2" w:rsidRPr="009E77C2" w:rsidRDefault="009E77C2" w:rsidP="009E77C2">
+    <w:p w:rsidR="009D246A" w:rsidRPr="003343CF" w:rsidRDefault="009D246A" w:rsidP="009D246A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Конкурс туралы хабарландыру </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003343CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Объявление о конкурсе</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A214E3" w:rsidRPr="00A214E3" w:rsidRDefault="009E7130" w:rsidP="00A214E3">
+    <w:p w:rsidR="001A4B9C" w:rsidRPr="008B39B6" w:rsidRDefault="00E613E0" w:rsidP="001A4B9C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-        <w:r w:rsidR="00BC4B9E" w:rsidRPr="004F6BAD">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственное учреждение «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidR="001A4B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 40 города Павлодара», 140017, г. Павлодар, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Павлодарское, ул. Береговая 60/1, </w:t>
+      </w:r>
+      <w:r w:rsidR="0030753B" w:rsidRPr="001A4B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="001A4B9C" w:rsidRPr="004F6BAD">
           <w:rPr>
-            <w:rStyle w:val="a4"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>http://goo.kz/index/fromorg/47?lang=kz</w:t>
+          <w:t>http</w:t>
+        </w:r>
+        <w:r w:rsidR="001A4B9C" w:rsidRPr="004F6BAD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidR="001A4B9C" w:rsidRPr="004F6BAD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>goo</w:t>
+        </w:r>
+        <w:r w:rsidR="001A4B9C" w:rsidRPr="004F6BAD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="001A4B9C" w:rsidRPr="004F6BAD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>kz</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="001A4B9C" w:rsidRPr="004F6BAD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidR="001A4B9C" w:rsidRPr="004F6BAD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>index</w:t>
+        </w:r>
+        <w:r w:rsidR="001A4B9C" w:rsidRPr="004F6BAD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="001A4B9C" w:rsidRPr="004F6BAD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>fromorg</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="001A4B9C" w:rsidRPr="004F6BAD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>/47?</w:t>
+        </w:r>
+        <w:r w:rsidR="001A4B9C" w:rsidRPr="004F6BAD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>lang</w:t>
+        </w:r>
+        <w:r w:rsidR="001A4B9C" w:rsidRPr="004F6BAD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>=</w:t>
+        </w:r>
+        <w:r w:rsidR="001A4B9C" w:rsidRPr="004F6BAD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A214E3" w:rsidRPr="00A214E3">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="008B39B6">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:history="1">
-[...7 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidR="008B39B6" w:rsidRPr="008B39B6">
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidR="008B39B6">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r w:rsidR="008B39B6" w:rsidRPr="008B39B6">
+        <w:t>@</w:t>
+      </w:r>
+      <w:r w:rsidR="008B39B6">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidR="008B39B6" w:rsidRPr="008B39B6">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008B39B6">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00A214E3" w:rsidRPr="00A214E3" w:rsidRDefault="00A214E3" w:rsidP="00A214E3">
+    <w:p w:rsidR="00254D39" w:rsidRDefault="00254D39" w:rsidP="001A4B9C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC4B9E" w:rsidRDefault="00BC4B9E" w:rsidP="009E77C2">
-[...27 lines deleted...]
-    <w:p w:rsidR="009E77C2" w:rsidRPr="009E77C2" w:rsidRDefault="009E77C2" w:rsidP="009E77C2">
+    <w:p w:rsidR="00254D39" w:rsidRDefault="00254D39" w:rsidP="009D246A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="0061346A" w:rsidRDefault="009E77C2" w:rsidP="009E77C2">
-[...407 lines deleted...]
-    <w:p w:rsidR="009E77C2" w:rsidRPr="009E77C2" w:rsidRDefault="00171053" w:rsidP="00171053">
+    <w:p w:rsidR="009D246A" w:rsidRPr="002A22CD" w:rsidRDefault="009D246A" w:rsidP="009D246A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет о проведении конкурса по организации питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E613E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D246A" w:rsidRDefault="009D246A" w:rsidP="009D246A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Услуга должна быть оказана: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E613E0" w:rsidRPr="00E51C91" w:rsidRDefault="00E613E0" w:rsidP="00E613E0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В столовой школы с о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бщ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>им</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> количество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получателей услуги по организации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E51C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>питания</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E51C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся 692 обучающихся, в том числе 120 обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidR="0030753B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>из малообеспеченных семей, дети-сироты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E613E0" w:rsidRPr="00E51C91" w:rsidRDefault="00E613E0" w:rsidP="00E613E0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E51C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сумма, выделяемая на организацию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">бесплатного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>питания обучающихся за счет бюджетных средств составляет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E51C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 424 000,00 тенге с учетом НДС.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E613E0" w:rsidRPr="00E51C91" w:rsidRDefault="00E613E0" w:rsidP="00E613E0">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стоимость питания одного обучающегося составляет 200 тенге в день с учетом НДС.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D246A" w:rsidRPr="003343CF" w:rsidRDefault="009D246A" w:rsidP="009D246A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Срок оказания услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="0030753B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 1 сентября 2014 года по 31 декабря 2014 года</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-        <w:t>23 маусымда сағат 10.00-ге дейін.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E77C2" w:rsidRPr="009E77C2" w:rsidRDefault="009E77C2" w:rsidP="00BC4B9E">
+    <w:p w:rsidR="009D246A" w:rsidRPr="003343CF" w:rsidRDefault="009D246A" w:rsidP="009D246A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003343CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D246A" w:rsidRDefault="009D246A" w:rsidP="009D246A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...51 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К конкурсу допускаются все потенциальные поставщики, отвечающие требованиям конкурсной документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D246A" w:rsidRDefault="009D246A" w:rsidP="009D246A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="180"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пакет копии конкурсной документации можно получить в срок до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="0030753B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0030753B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> июня 2014 года в течение дня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> включительно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по адресу: </w:t>
+      </w:r>
+      <w:r w:rsidR="0030753B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          с. Павлодарское, ул. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0030753B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Береговая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0030753B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 60/1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, кабинет №</w:t>
+      </w:r>
+      <w:r w:rsidR="0030753B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 401</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:r w:rsidR="0030753B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до </w:t>
+      </w:r>
+      <w:r w:rsidR="0030753B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> часов и/или на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E77C2">
-[...16 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidR="001A4B9C" w:rsidRPr="001A4B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>http://goo.kz/index/fromorg/47?lang=kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007269CB" w:rsidRDefault="009E77C2" w:rsidP="009E77C2">
+    <w:p w:rsidR="009D246A" w:rsidRPr="00C572D1" w:rsidRDefault="009D246A" w:rsidP="001A4B9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="720"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсные заявки на участие в конкурсе, запечатанные в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-        <w:t>болады: 8 (7182)318-415</w:t>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t xml:space="preserve"> конверты, представляются (направляются) потенциальными поставщиками в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0030753B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственное учреждение «Средняя общеобразовательная школа № 40 города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по адресу: </w:t>
+      </w:r>
+      <w:r w:rsidR="0030753B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">140017, г. Павлодар, с. Павлодарское, ул. Береговая, 60/1, </w:t>
+      </w:r>
+      <w:r w:rsidR="00415CB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>каб.</w:t>
+      </w:r>
+      <w:r w:rsidR="0030753B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 401</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="009C165E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="009E77C2" w:rsidRPr="00844D78" w:rsidRDefault="00844D78" w:rsidP="009E77C2">
+    <w:p w:rsidR="009D246A" w:rsidRPr="002A22CD" w:rsidRDefault="009D246A" w:rsidP="009D246A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="720"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s1"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Окончательный срок представления заявок на участие в конкурсе до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B4358">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>23 июня 2014 года до 10.00 часов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D246A" w:rsidRDefault="009D246A" w:rsidP="009D246A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конверты с заявками на участие в конкурсе будут вскрываться </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">по следующему адресу: </w:t>
+      </w:r>
+      <w:r w:rsidR="006B4358">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">140017, г. Павлодар, с. Павлодарское, ул. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006B4358">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Береговая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006B4358">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 60/1, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00415CB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>каб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00415CB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4358">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 401, 23 июня 2014 года в 10.00 часов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D246A" w:rsidRDefault="009D246A" w:rsidP="009D246A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дополнительную информацию и справку можно получить по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A22CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> телефону: </w:t>
+      </w:r>
+      <w:r w:rsidR="006B4358">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8(7182)318-415</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">                        </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00752450" w:rsidRPr="009E77C2" w:rsidRDefault="00752450">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="009D246A" w:rsidRPr="00C572D1" w:rsidRDefault="009D246A" w:rsidP="009D246A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00752450" w:rsidRPr="009E77C2" w:rsidSect="00B854DB">
+    <w:p w:rsidR="009D246A" w:rsidRDefault="009D246A" w:rsidP="009D246A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D246A" w:rsidRDefault="009D246A" w:rsidP="009D246A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C6A07" w:rsidRDefault="007C6A07"/>
+    <w:sectPr w:rsidR="007C6A07" w:rsidSect="008F6970">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="09176FA1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="157CBA38"/>
+    <w:lvl w:ilvl="0" w:tplc="FC18D050">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1050" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1770" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2490" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3210" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3930" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4650" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5370" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6090" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6810" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="145"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009E77C2"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00F05E9F"/>
+    <w:rsidRoot w:val="009D246A"/>
+    <w:rsid w:val="001A4B9C"/>
+    <w:rsid w:val="001A5282"/>
+    <w:rsid w:val="00254D39"/>
+    <w:rsid w:val="0030753B"/>
+    <w:rsid w:val="003A74D3"/>
+    <w:rsid w:val="00415CB1"/>
+    <w:rsid w:val="006B4358"/>
+    <w:rsid w:val="007C6A07"/>
+    <w:rsid w:val="008B39B6"/>
+    <w:rsid w:val="008F6970"/>
+    <w:rsid w:val="009C165E"/>
+    <w:rsid w:val="009D246A"/>
+    <w:rsid w:val="00D477CF"/>
+    <w:rsid w:val="00D75C83"/>
+    <w:rsid w:val="00E613E0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="7170"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -999,154 +1509,134 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B854DB"/>
+    <w:rsid w:val="008F6970"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="009E77C2"/>
+    <w:rsid w:val="009D246A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
-[...1 lines deleted...]
-    <w:rsid w:val="009E77C2"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E613E0"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...10 lines deleted...]
-      <w:effect w:val="none"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC4B9E"/>
+    <w:rsid w:val="001A4B9C"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:40school@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://goo.kz/index/fromorg/47?lang=kz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://goo.kz/index/fromorg/47?lang=kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1393,69 +1883,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>277</Words>
-  <Characters>1582</Characters>
+  <Words>302</Words>
+  <Characters>1722</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1856</CharactersWithSpaces>
+  <CharactersWithSpaces>2020</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>