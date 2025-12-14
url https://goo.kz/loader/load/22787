--- v0 (2025-12-14)
+++ v1 (2025-12-14)
@@ -8,1146 +8,1102 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+    <w:p w:rsidR="00812B9C" w:rsidRPr="006C0BBD" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="5400"/>
+        <w:ind w:left="5387"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00A82C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> жөніндегі </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006C0BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к конкурсной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C0BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006C0BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документации по выбору поставщика услуги по организации питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006C0BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006C0BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в организации среднего образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+    <w:p w:rsidR="00812B9C" w:rsidRPr="006C0BBD" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="5400"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRPr="006C0BBD" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRPr="006C0BBD" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRPr="003D3265" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">конкурстық құжаттамаға </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D3265">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Техническое задание </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+    <w:p w:rsidR="00812B9C" w:rsidRPr="003D3265" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4962"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">-қосымша </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D3265">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к конкурсной документации по выбору поставщика услуги по организации питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003D3265">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003D3265">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidR="007C700B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГУ «Школа-лицей  № 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00434C40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+    <w:p w:rsidR="00812B9C" w:rsidRPr="003D3265" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+    <w:p w:rsidR="00812B9C" w:rsidRPr="00C7616B" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008753F6" w:rsidRPr="00821621" w:rsidRDefault="008753F6" w:rsidP="008753F6">
+    <w:p w:rsidR="00812B9C" w:rsidRPr="00725AF6" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-        <w:jc w:val="center"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D605C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Общее количество получателей услуги в </w:t>
+      </w:r>
+      <w:r w:rsidR="007C700B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГУ «Школа-лицей  № 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725AF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> составляет </w:t>
+      </w:r>
+      <w:r w:rsidR="007C700B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="006962A4">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">200 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094019C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся, в том </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1E31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">числе </w:t>
+      </w:r>
+      <w:r w:rsidR="007C700B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> ММ білім алушылардың тамақтандыруын  </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">9 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094019C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся отдельных категорий</w:t>
+      </w:r>
+      <w:r w:rsidR="007C700B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (7 - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">из </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033413F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>малообеспеченных</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033413F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="007C700B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2 – из многодетных семей)</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008753F6" w:rsidRPr="00821621" w:rsidRDefault="008753F6" w:rsidP="008753F6">
-[...445 lines deleted...]
-    <w:p w:rsidR="00876A91" w:rsidRPr="009368CE" w:rsidRDefault="00876A91" w:rsidP="00876A91">
+    <w:p w:rsidR="00812B9C" w:rsidRPr="00E67963" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="57" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033413F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стоимость питания</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391" w:rsidRPr="0094019C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> одного обучающегося не превышает</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391" w:rsidRPr="00580C96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 200</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге для плательщиков НДС, для неплательщиков НДС - </w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391" w:rsidRPr="0094019C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391" w:rsidRPr="00EF4723">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">178,57 </w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391" w:rsidRPr="00B967B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тенге.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="008753F6" w:rsidRPr="00CC1144" w:rsidRDefault="008753F6" w:rsidP="008753F6">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00812B9C" w:rsidRPr="00E734C4" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CC1144">
+        </w:rPr>
+        <w:t xml:space="preserve">          3. М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C7616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есто предоставления услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E734C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E734C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00876A91">
+        </w:rPr>
+        <w:t>Казахстан, Павлодарская область, г.</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>ысы, Павлодар қаласы, М. Горький  к., 102/4</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар, ул. М. Горького, 102/4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E734C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008753F6" w:rsidRDefault="008753F6" w:rsidP="008753F6">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E0191C">
+        </w:rPr>
+        <w:t xml:space="preserve">          4. Сроки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C7616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставления услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E734C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E734C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с 1 сентября 2014 года по 31 декабря 2014 года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008753F6" w:rsidRDefault="008753F6" w:rsidP="008753F6">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00876A91">
+        </w:rPr>
+        <w:t xml:space="preserve">5. Опыт работы на рынке услуг по организации питания детей школьного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033413F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и дошкольного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">возраста не менее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A2391">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>жылдан кем болмау керек.</w:t>
+        </w:rPr>
+        <w:t>6. Наличие сертификата соответствия, удовлетворяющего систему экологического менеджмента, применительно к услугам по организации школьного питания.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008753F6" w:rsidRDefault="008753F6" w:rsidP="008753F6">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Мектеп балаларының тамақтандыруын ұйымдастыру бойынша қызмет көрсетудің экология менеджменті жүйесін қанағаттандырылатын сертификаттың сай болуы.</w:t>
+        </w:rPr>
+        <w:t>7. Наличие сертификата системы менеджмента качества, применительно к услугам школьного питания.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008753F6" w:rsidRDefault="008753F6" w:rsidP="008753F6">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Мектеп балаларының тамақтандыруына қызмет көрсетудің сапа менеджменті жүйесінің сертификаттың бар болуы.</w:t>
+        </w:rPr>
+        <w:t>8. Наличие сертификата соответствия требованиям безопасности не менее 2 лет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008753F6" w:rsidRDefault="008753F6" w:rsidP="008753F6">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Қауіпсіздік талаптарына сай келетін сертификаттың 2 жылдан кем болмауы.</w:t>
+        </w:rPr>
+        <w:t>9. Наличие квалифицированных поваров школьного питания со специальным образованием.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008753F6" w:rsidRDefault="008753F6" w:rsidP="008753F6">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Арнайы білімі бар білікті аспазшылардың болуы. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004245F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наличие квалифицированного повара </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с опытом работы не менее 2-х ле</w:t>
+      </w:r>
+      <w:r w:rsidR="00924240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т в организации образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004245F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>со специальным образованием</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008753F6" w:rsidRDefault="008753F6" w:rsidP="008753F6">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Балабақшада немесе шағын-орталықта 2 жылдан кем емес тәжірибесі, арнайы білімі бар білікті аспазшының болуы. </w:t>
+        </w:rPr>
+        <w:t>11. Наличие диетолога.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008753F6" w:rsidRPr="001B371A" w:rsidRDefault="008753F6" w:rsidP="008753F6">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12. Наличие технолога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13. Наличие кондитера со специальным образованием.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008753F6" w:rsidRDefault="008753F6" w:rsidP="008753F6">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Технологтың болуы.</w:t>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00217FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Наличие</w:t>
+      </w:r>
+      <w:r w:rsidR="001F315D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A54282">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медицинских книжек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с допуском к работе для всех потенциальных работников.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008753F6" w:rsidRDefault="00B0532C" w:rsidP="008753F6">
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00B0532C" w:rsidP="00B0532C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="118283A3" wp14:editId="5700C819">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-497840</wp:posOffset>
+              <wp:posOffset>-403225</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-207645</wp:posOffset>
+              <wp:posOffset>-2540</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="6355080" cy="9017635"/>
-            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:extent cx="6494780" cy="9216390"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="3810"/>
             <wp:wrapSquare wrapText="bothSides"/>
-            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Пользователь\Desktop\на сайт питание\20140605_134136.jpg"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Пользователь\Desktop\на сайт питание\20140605_134349.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Пользователь\Desktop\на сайт питание\20140605_134136.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Пользователь\Desktop\на сайт питание\20140605_134349.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6355080" cy="9017635"/>
+                      <a:ext cx="6494780" cy="9216390"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="008753F6" w:rsidSect="00372C4D">
+    <w:sectPr w:rsidR="00926E70" w:rsidSect="00372C4D">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="003E0BE7" w:rsidRDefault="003E0BE7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -1281,56 +1237,56 @@
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00BC0D07">
+    <w:r w:rsidR="0077052B">
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="001815AB" w:rsidRDefault="001815AB">
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="001815AB" w:rsidRDefault="001815AB">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
@@ -2463,75 +2419,75 @@
     <w:rsid w:val="003E0BE7"/>
     <w:rsid w:val="003E3645"/>
     <w:rsid w:val="00410286"/>
     <w:rsid w:val="004B7681"/>
     <w:rsid w:val="004C2F02"/>
     <w:rsid w:val="004C3431"/>
     <w:rsid w:val="004C6A2C"/>
     <w:rsid w:val="004E0D4A"/>
     <w:rsid w:val="00504E3A"/>
     <w:rsid w:val="00530CAC"/>
     <w:rsid w:val="0053215A"/>
     <w:rsid w:val="00535F69"/>
     <w:rsid w:val="00542785"/>
     <w:rsid w:val="005736CD"/>
     <w:rsid w:val="00580C96"/>
     <w:rsid w:val="00592A80"/>
     <w:rsid w:val="005C20C8"/>
     <w:rsid w:val="005E6737"/>
     <w:rsid w:val="006111B7"/>
     <w:rsid w:val="00677F2C"/>
     <w:rsid w:val="006A7078"/>
     <w:rsid w:val="006C60CC"/>
     <w:rsid w:val="00712904"/>
     <w:rsid w:val="00722A04"/>
     <w:rsid w:val="00755D8C"/>
+    <w:rsid w:val="0077052B"/>
     <w:rsid w:val="007805F1"/>
     <w:rsid w:val="00792D36"/>
     <w:rsid w:val="007C700B"/>
     <w:rsid w:val="007D06D2"/>
     <w:rsid w:val="00812B9C"/>
     <w:rsid w:val="008753F6"/>
     <w:rsid w:val="00876A91"/>
     <w:rsid w:val="00877A14"/>
     <w:rsid w:val="0092035C"/>
     <w:rsid w:val="00923FD3"/>
     <w:rsid w:val="00924240"/>
     <w:rsid w:val="00926E70"/>
     <w:rsid w:val="009368CE"/>
     <w:rsid w:val="009476F2"/>
     <w:rsid w:val="00977E24"/>
     <w:rsid w:val="00980D71"/>
     <w:rsid w:val="009A522A"/>
     <w:rsid w:val="009F075F"/>
     <w:rsid w:val="00A41AD4"/>
     <w:rsid w:val="00A613CB"/>
     <w:rsid w:val="00A87238"/>
     <w:rsid w:val="00AE33C7"/>
     <w:rsid w:val="00B0532C"/>
     <w:rsid w:val="00B5600D"/>
-    <w:rsid w:val="00BC0D07"/>
     <w:rsid w:val="00BE228D"/>
     <w:rsid w:val="00C33C7C"/>
     <w:rsid w:val="00C768C5"/>
     <w:rsid w:val="00CA4EF7"/>
     <w:rsid w:val="00CA63B2"/>
     <w:rsid w:val="00CC1144"/>
     <w:rsid w:val="00CD2E66"/>
     <w:rsid w:val="00CF39AD"/>
     <w:rsid w:val="00D30744"/>
     <w:rsid w:val="00D7289B"/>
     <w:rsid w:val="00D7528A"/>
     <w:rsid w:val="00D7638B"/>
     <w:rsid w:val="00D823D7"/>
     <w:rsid w:val="00D939A1"/>
     <w:rsid w:val="00DB21CE"/>
     <w:rsid w:val="00DC486B"/>
     <w:rsid w:val="00DF3C73"/>
     <w:rsid w:val="00E0191C"/>
     <w:rsid w:val="00E27FAD"/>
     <w:rsid w:val="00E4779F"/>
     <w:rsid w:val="00E4782C"/>
     <w:rsid w:val="00E620B8"/>
     <w:rsid w:val="00E734C4"/>
     <w:rsid w:val="00E77125"/>
     <w:rsid w:val="00E94E71"/>
@@ -3735,78 +3691,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8E02F0C-A013-44E0-A591-ADD810392968}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4FEEEBA-17E5-4A6E-8AA8-DFEC42D4059D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>249</Words>
-  <Characters>1422</Characters>
+  <Words>247</Words>
+  <Characters>1411</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1668</CharactersWithSpaces>
+  <CharactersWithSpaces>1655</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Customer</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>