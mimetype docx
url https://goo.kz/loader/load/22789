--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -7,12796 +7,8760 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
-[...2 lines deleted...]
-        <w:ind w:left="5400"/>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00D84F8C" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5387"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D84F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D84F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к конкурсной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D84F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D84F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документации по выбору поставщика услуги по организации питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D84F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D84F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в организации среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00D84F8C" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00D84F8C" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00A10D6F" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A10D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заявка на участие в конкурсе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00A10D6F" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A10D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(для юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00D84F8C" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D84F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кому</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...92 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00C94FF3" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C94FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    (наименование организатора конкурса) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...78 lines deleted...]
-        <w:ind w:firstLine="720"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">От кого_______________________________________________________             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00C94FF3" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="28"/>
-[...41 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C94FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="28"/>
-[...8 lines deleted...]
-        <w:ind w:firstLine="720"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (полное наименование потенциального поставщика) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...70 lines deleted...]
-        <w:t>1. Конкурсқа қатысуға үміткер әлеуетті өнім беруші туралы мәліметтер:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Сведения о потенциальном поставщике, претендующем на участие в конкурсе </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5045"/>
-        <w:gridCol w:w="4460"/>
+        <w:gridCol w:w="5641"/>
+        <w:gridCol w:w="3930"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00677F2C" w:rsidRPr="00346652" w:rsidTr="009A522A">
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidTr="009A522A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5130" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE55E0">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> мекенжайы және байланыс телефондары</w:t>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Юридический, почтовый адрес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">контактные телефоны, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">потенциального поставщика </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4575" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00677F2C" w:rsidRPr="00346652" w:rsidTr="009A522A">
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidTr="009A522A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5130" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE55E0">
-[...24 lines deleted...]
-              <w:t>), сондай-ақ заңды тұлғаға қызмет көрсететін банктің немесе оның филиалының толық атауы мен мекенжайы</w:t>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Банковские реквизиты юридического</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лица (БИН, БИК), а также</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>полное наименование и адрес банка</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>или его филиала, в котором</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>юридическое лицо обслуживается</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4575" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00677F2C" w:rsidRPr="00346652" w:rsidTr="009A522A">
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidTr="009A522A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5130" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE55E0">
-[...15 lines deleted...]
-              <w:t>Т.А.Ә.</w:t>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И.О. первого руководителя </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">юридического лица </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4575" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EE1A55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
-[...2 lines deleted...]
-        <w:ind w:firstLine="567"/>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:firstLine="720"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>2.___________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. _____________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...125 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD4883">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00677F2C" w:rsidRPr="007673C7" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+        </w:rPr>
+        <w:t>(полное наименование юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="00677F2C" w:rsidRPr="007673C7" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">настоящей заявкой выражает желание принять участие в конкурсе </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...294 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________________________________________________________________________________  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD4883">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(полное наименование конкурса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в качестве потенциального поставщика и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>согласен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществить оказание услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD4883">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00AD4883" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD4883">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(указать необходимое) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">өзге де сипаттамалары туралы дұрыс емес </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии с требованиями и условиями, предусмотренными конкурсной документацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. ______</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD4883">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(полное наименование юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>_______________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">настоящей заявкой подтверждает отсутствие нарушений, предусмотренных законодательством.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00AD4883" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD4883">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>полное наименование юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждает, что он ознакомлен с конкурсной документацией и осведомлен об ответственности за представление организатору конкурса и конкурсной комиссии недостоверных сведений о своей правоспособности, квалификации, качественных и иных характеристиках оказываемой услуги_______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00AD4883" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD4883">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(указать необходимое)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а также иных ограничений, предусмотренных действующим законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00677F2C" w:rsidRPr="003023AC" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00AD4883" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD4883">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(полное наименование юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принимает </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на себя полную ответственность за представление в данной заявке на участие в конкурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и прилагаемых к ней документах таких недостоверных сведений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Настоящая конкурсная заявка действует в течение </w:t>
+      </w:r>
+      <w:r w:rsidR="000039AA" w:rsidRPr="000039AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дней. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. В случае признания ____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD4883">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(наименование юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>победителем конкурса обязуемся внести обеспечение исполнения договора  на сумму, составляющую три процента от общей суммы договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Заявка на участие в конкурсе </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выполняет роль</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обязательного договора между нами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="009B49C3" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B49C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B49C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="009B49C3" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B49C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись  руководителя  ________________________        М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00042A3F" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00042A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(указать Ф.И.О., должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-        <w:ind w:firstLine="720"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...55 lines deleted...]
-        <w:ind w:firstLine="720"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-    <w:p w:rsidR="00677F2C" w:rsidRPr="003023AC" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B7924" w:rsidRDefault="008B7924" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00DC0117" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC0117">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0117">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к конкурсной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0117">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00DC0117">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документации по выбору поставщика услуги по организации питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DC0117">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DC0117">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в организации среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00DC0117" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00226167" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00226167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявка на участие в конкурсе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00226167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (для физического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00226167" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кому________________________________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00226167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (наименование организатора конкурса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00226167" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">От кого_______________________________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(полное наименование потенциального поставщика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...36 lines deleted...]
-        <w:ind w:firstLine="720"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...617 lines deleted...]
-        <w:t>1. Конкурсқа қатысуға үміткер жеке тұлға (әлеуетті өнім беруші) туралы мәліметтер:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Сведения о физическом лице, претендующем на участие в конкурсе (потенциальном поставщике): </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5531"/>
-        <w:gridCol w:w="3974"/>
+        <w:gridCol w:w="5521"/>
+        <w:gridCol w:w="4050"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00677F2C" w:rsidRPr="00346652" w:rsidTr="009A522A">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidTr="009A522A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5625" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5637" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="00DB21CE">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F2518">
-[...44 lines deleted...]
-              <w:t>құжатқа сәйкес Т.А.Ә.</w:t>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И.О. физического лица - потенциального поставщика, в соответствии с документом, удостоверяющим личность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5637" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007673C7" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Данные документа удостоверяющего личность физического лица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> потенциального поставщика (№, кем </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>выдан</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5637" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007673C7" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адрес прописки физического лица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> потенциального  поставщика </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5637" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фактический адрес проживания физического лица - потенциального поставщика </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5637" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Номер свидетельства о регистрации, патента либо иного документа дающего право на занятие, соответствующее предмету конкурса, предпринимательской деятельностью в соответствии с законодательством Республики </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Казахстан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5637" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Банковские реквизиты физического лица – потенциального поставщика (ИИН, БИК, ИИК), а также полное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>наименование и адрес банка или его филиала, в котором</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>обслуживается физическое лицо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5637" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные телефоны, почтовый адрес и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">адрес  электронной почты (при его наличии) физического  лица - потенциального поставщика </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007655D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2. ___________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00226167" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00226167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(указывается Ф.И.О. физического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>настоящей заявкой выражает желание принять участие в конкурсе (указать полное наименование конкурса) в качестве потенциального поставщика и выражает согласие осуществить оказание услуг ______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00226167" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00226167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(указать необходимое) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии с требованиями и условиями, предусмотренными конкурсной документацией. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. _______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00226167" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00226167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(наименование потенциального поставщика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">настоящей заявкой подтверждает отсутствие нарушений ограничений, предусмотренных законодательством. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00226167" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. ________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00226167" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00226167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(наименование потенциального поставщика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждает, что  ознакомлен с конкурсной документацией и осведо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>млен об ответственности за пред</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ставление организатору конкурса  недостоверных сведений о своей правоспособности, квалификации, качес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">твенных и иных характеристиках </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказываемых услуг </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">указать необходимое), а так же иных ограничений, предусмотренных действующим законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00226167" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00226167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(наименование потенциального поставщика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принимает </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на себя полную ответственность за представление в данной заявке на участие в конкурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и прилагаемых к ней документах таких недостоверных сведений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Настоящая конкурсная заявка действует в течение </w:t>
+      </w:r>
+      <w:r w:rsidR="00E94E71" w:rsidRPr="00E94E71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94E71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дней. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00226167" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. В случае признания_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00226167" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00226167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                       (наименование потенциального поставщика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">победителем конкурса обязуется внести обеспечение исполнения договора на сумму, составляющую три </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процентаот</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общей суммы договора (указывается, если внесение обеспечения исполнения договора было предусмотрено в конкурсной документации). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00DC0117" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Заявка на участие в конкурсе </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выполняет роль</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007655D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обязательного договора между нами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00E44E7E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3F09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3F09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Подпись  руководителя  ________________________        М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00226167" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00226167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(указать Ф.И.О., должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение 5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к  конкурсной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документации по выбору поставщика услуги по организации питания обучающихся в организации среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004428EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сведения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="004428EA" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004428EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о квалификации работников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="004428EA" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004428EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(заполняется потенциальным поставщиком)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Наименование потенциального поставщика _____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2.  Для оказания услуги по организации питания обучающихся в организациях среднего образования  у потенциального поставщика ______ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(указать наименование потенциального поставщика)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеются необходимый штат работников. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общее количество составляет____ работников, в том числе____ повара (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>), __ технолога (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>), __ диетолога (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) с приложением копий подтверждающих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1642"/>
+        <w:gridCol w:w="2065"/>
+        <w:gridCol w:w="2036"/>
+        <w:gridCol w:w="2018"/>
+        <w:gridCol w:w="1810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1913" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ф.И.О. работника</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2196" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Образование и специальность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2095" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>таж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> работы по специальности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о курсах повышения квалификации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ведения о допуске к работе (копии медицинских книжек с отметкой о допуске)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1913" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2196" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2095" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00677F2C" w:rsidRPr="00346652" w:rsidTr="009A522A">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidTr="009A522A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5625" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1913" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F2518">
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> деректері (№, кім берген)</w:t>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2196" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...61 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2095" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...98 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...92 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4089" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...279 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
-[...2 lines deleted...]
-        <w:ind w:firstLine="720"/>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>2. ________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    3. Объем аналогичных </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>закупаемым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на конкурсе услуг, оказанных _____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-    <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1436 lines deleted...]
-          <w:spacing w:val="2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004428EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(указать наименование потенциального поставщика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение последних </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ти лет с приложением копий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подтверждающих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9889" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2943"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="3544"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2943" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименовани</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>оказанных услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименовани</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>заказчиков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Место, год</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>оказания услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2943" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">4. Для оказания услуги у </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="004428EA" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>нің</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004428EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...61 lines deleted...]
-        </w:tabs>
+        <w:t>(наименование потенциального поставщика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...307 lines deleted...]
-        <w:t xml:space="preserve"> құрайды:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>имеется специализированный автотранспорт (при наличии), необходимый для предоставления услуги с приложением копии подтверждающих документов на автотранспорт и водителя, допущенного к работе с отметкой о допуске:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1384"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2091"/>
+        <w:gridCol w:w="1668"/>
+        <w:gridCol w:w="1844"/>
+        <w:gridCol w:w="1983"/>
+        <w:gridCol w:w="1668"/>
+        <w:gridCol w:w="2691"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB21CE" w:rsidRPr="00346652" w:rsidTr="00DB21CE">
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidTr="009A522A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Т.А.Ә.</w:t>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Вид</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>транспорта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Марка </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>транспортно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00447147">
-[...23 lines deleted...]
-              <w:t>імі</w:t>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>го</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00DB21CE">
-[...42 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> средства</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Собственное</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>арендованное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(у кого)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00E33612" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ведения о допуске водителя (копии медицин</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00447147">
-[...6 lines deleted...]
-            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00447147">
-[...5 lines deleted...]
-              <w:t>л</w:t>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ских</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> книжек с отметкой о допуске)</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00447147">
-[...88 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2091" w:type="dxa"/>
+            <w:tcW w:w="2691" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00E33612" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E33612">
-[...60 lines deleted...]
-              <w:t>медициналық кітапшалардың көшірмелері)</w:t>
+            <w:r w:rsidRPr="0099628E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Санитарно-эпидемиологическое заключение на автотранспорт с отметкой о допуске</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB21CE" w:rsidRPr="00346652" w:rsidTr="00DB21CE">
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidTr="009A522A">
+        <w:trPr>
+          <w:trHeight w:val="387"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00E33612" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00E33612" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00E33612" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00E33612" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2091" w:type="dxa"/>
+            <w:tcW w:w="2691" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00E33612" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB21CE" w:rsidRPr="00447147" w:rsidTr="00DB21CE">
+    </w:tbl>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Сведения о доступе к финансовым ресурсам (денежные средства:  собственные, кредитные и т.д.). Перечислить ниже</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      _______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6. Потенциальный поставщик указывает дополнительные сведения об имеющихся ресурсах для оказания услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099628E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Достоверность всех сведений о квалификации подтверждаю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="003D43C3" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D43C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D43C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="003D43C3" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D43C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись  руководителя  ________________________        М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00422267" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00422267">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                (указать Ф.И.О., должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E734C4" w:rsidRDefault="00E734C4" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E734C4" w:rsidRDefault="00E734C4" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E734C4" w:rsidRDefault="00E734C4" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E734C4" w:rsidRDefault="00E734C4" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E734C4" w:rsidRDefault="00E734C4" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E734C4" w:rsidRDefault="00E734C4" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E734C4" w:rsidRDefault="00E734C4" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E734C4" w:rsidRDefault="00E734C4" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E734C4" w:rsidRDefault="00E734C4" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E734C4" w:rsidRDefault="00E734C4" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E734C4" w:rsidRDefault="00E734C4" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008966DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение  6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008966DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к конкурсной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008966DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> документации по выбору поставщика услуги по организации питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008966DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008966DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в организации среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00E30F0C" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E30F0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Критерии </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00E30F0C" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E30F0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выбора поставщиков услуг по организации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E30F0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>питания</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E30F0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся в организациях среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9782" w:type="dxa"/>
+        <w:tblInd w:w="-318" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="568"/>
+        <w:gridCol w:w="4820"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1276"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidTr="009A522A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00964795">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00964795">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Критерий </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00964795">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аллы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidTr="009A522A">
+        <w:trPr>
+          <w:trHeight w:val="656"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Опыт работы на рынке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>услуги, являющейся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">предметом конкурса </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По 1 баллу за каждый год, но не более 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidTr="009A522A">
+        <w:trPr>
+          <w:trHeight w:val="656"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие сертификата соответствия, удовлетворяющего систему  экологического менеджмента применительно к услугам по организации  питания </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствует </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(0 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Имеется</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(2 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidTr="009A522A">
+        <w:trPr>
+          <w:trHeight w:val="656"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие сертификата системы менеджмента качества, применительно к услугам по организации питания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствует </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(0 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Имеется</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(3 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidTr="009A522A">
+        <w:trPr>
+          <w:trHeight w:val="983"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="s0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rStyle w:val="s0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="s0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rStyle w:val="s0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификация повара (не более 10 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>среднее специальное образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>разряд 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1 балл)    </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>среднее специальное образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>разряд 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(2 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>разряд 5 и (или) высшее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(3 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="s0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rStyle w:val="s0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="s0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rStyle w:val="s0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие технолога, диетолога (не более 4 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Отсутствуют</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(0 баллов)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Имеется только один из </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>специалис</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(1 балл)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Имеются </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(2 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2091" w:type="dxa"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:rStyle w:val="s0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3637 lines deleted...]
-              <w:t>(2 балл)</w:t>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие ассортиментного перечня выпускаемой продукции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
-[...137 lines deleted...]
-          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Технологтың, диетологтың болуы (4 балдан аспайды)</w:t>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Менее 10 наименований блюд</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...10 lines deleted...]
-          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...110 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRPr="00812404" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Бар</w:t>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>От 10 до 30 наименований блюд</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...52 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(2 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4126" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Шығарылатын өнімнің ассортименттік тізбесінің бар-жоғы</w:t>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>От 30 до 50 наименований блюд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008966DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(3 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00964795">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="s0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00964795">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Условия доставки продуктов питания специализированным транспортом</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...95 lines deleted...]
-              <w:t>(2 балл)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00964795">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеющим санитарно-эпидемиологическое заключение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
-[...90 lines deleted...]
-          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Азық-түлікті санитариялық-эпидемиологиялық қорытындысы бар арнайы көлікпен жеткізу шарттары</w:t>
+            <w:r w:rsidRPr="00964795">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Отсутствие транспорта</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...10 lines deleted...]
-          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...98 lines deleted...]
-              <w:t>(3 балл)</w:t>
+            <w:r w:rsidRPr="00964795">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(0 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00964795">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Аренда транспорта</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>(5 балл)</w:t>
+            <w:r w:rsidRPr="00964795">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(3 балла)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00964795">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие собственного транспорта</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00964795">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(5 баллов)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:t>Ескертпе:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00964795">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Примечание</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00964795">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008966DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пунктах 4, 5 баллы выставляются за каждого специалиста. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00087F52" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00DD426D" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к конкурсной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документации по выбору поставщика услуги по организации питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в организации среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0011691B" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="008F35CF" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F35CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Банковская гарантия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0077242D" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0077242D" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0077242D" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0077242D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F35CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077242D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077242D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F35CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (наименование и реквизиты банка) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F35CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0077242D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кому_____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077242D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0077242D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     (наименование и реквизиты организатора конкурса) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0077242D" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0077242D" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0077242D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Гарантийное обязательство №_______ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="007A105C" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      _________________           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «___»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________ _____________г. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (местонахождение) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s1"/>
-[...11 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мы были проинформированы, что________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(наименование потенциального поставщика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в дальнейшем «поставщик»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принимает участие в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурсе выбора поставщика услуги по организации питания обучающихся  в организации образования, организованном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="008F35CF" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F35CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(наименование организатора конкурса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и готов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказать услугу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="008F35CF" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F35CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(наименование услуги)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s1"/>
-[...20 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурсной док</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-        <w:t>дыруды</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ументацией от «___»__________  20__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г. по проведению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вышеназванного конкурса предусмотрено внесение потенциальными </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поставщиками обеспечения конкурсной заявки в виде банковской гарантии. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В связи с этим</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...194 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мы ______________________ настоящим берем на себя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="003D7C37">
-[...1006 lines deleted...]
-          <w:spacing w:val="2"/>
+      <w:r w:rsidRPr="00A80083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                             (наименование банка)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">безотзывное обязательство выплатить Вам по Вашему требованию сумму, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>равную_____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00A80083" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A80083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(сумма в цифрах и прописью)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по получении Вашего письменного требования на оплату, а также письменн</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="2"/>
-[...289 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ого подтверждения того, что п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оставщик: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s1"/>
-[...11 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>отозвал заявку на участие в конкурсе после истечения окончательного срока представления заявок на участие в конкурсе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s1"/>
-[...11 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определенный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> победителем конкурса, уклонился от заключения дог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>овора об оказании услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s1"/>
-[...11 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заключив договор о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б оказании услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, не исполнил либо несвоевременно исполнил требования, установленные конкурсной документацией, о внесении и (или) сроках внесения обеспечения исполнения дог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>овора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s1"/>
-[...11 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Данное гарантийное обязательство вступает в силу со дня вскрытия ко</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нвертов с конкурсными заявками и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">действует до окончательного срока действия конкурсной заявки </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оставщика на участие в конкурсе и истекает полностью и автоматически, независимо от того, будет ли нам возвращен этот документ или нет, если Ваше письменное требование не будет пол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учено нами к концу _________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Если срок действия конкурсной заявки продлен, то данное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гарантийное обязательство продлевается на такой же срок. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0011691B" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s1"/>
-[...11 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011691B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Все права и обязанности, возникающие в связи с настоящим гарантийным обязательством, регулируются законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00775FA9" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s1"/>
-[...12 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0077242D" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0077242D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077242D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0077242D" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s1"/>
-[...360 lines deleted...]
-    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0077242D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись  руководителя  ________________________        М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="003B5970" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B5970">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          (указать Ф.И.О., должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5245"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к конкурсной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документации по выбору поставщика услуги по организации питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в организации среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00A82C07" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00A82C07" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00B96391" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справка </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00B96391" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>об отсутствии задолженности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00A82C07" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00A82C07" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B15D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>наименование банка)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по состоянию на ______________(указать дату) подтверждает отсутствие просроченной задолженности перед банком, длящейся более трех месяцев, предшествующих дате выдачи справки, согласно типово</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>му</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> плану счетов бухгалтерского учета в банках второго уровня и ипотечных компаниях, утвержденному постановлением Правления Национального Банка Республики Казахстан, _____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(указать полное наименование юридического (физического) лица, тел., адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00A82C07" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обслуживающему</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A82C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в данном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00A82C07" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00A82C07" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00FE6443" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE6443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00FE6443" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE6443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись  руководителя  ________________________        М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00B96391" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...114 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00677F2C" w:rsidRPr="00487A97" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+        </w:rPr>
+        <w:t xml:space="preserve">      (указать Ф.И.О., должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...120 lines deleted...]
-    <w:p w:rsidR="00677F2C" w:rsidRPr="00C67958" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...301 lines deleted...]
-    <w:sectPr w:rsidR="008B7924" w:rsidRPr="009311FE" w:rsidSect="00372C4D">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidSect="00E44E7E">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="850" w:bottom="709" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00563B00" w:rsidRDefault="00563B00">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00563B00" w:rsidRDefault="00563B00">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -12808,57 +8772,50 @@
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="001815AB" w:rsidRDefault="001815AB">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="001815AB" w:rsidRDefault="001815AB">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:ftr>
@@ -12932,51 +8889,51 @@
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00346652">
+    <w:r w:rsidR="00E44E7E">
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:noProof/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="001815AB" w:rsidRDefault="001815AB">
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="001815AB" w:rsidRDefault="001815AB">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:hdr>
@@ -14087,51 +10044,50 @@
     <w:rsid w:val="000C6178"/>
     <w:rsid w:val="000D59DA"/>
     <w:rsid w:val="000D5E2C"/>
     <w:rsid w:val="000E1955"/>
     <w:rsid w:val="000F0819"/>
     <w:rsid w:val="00100E42"/>
     <w:rsid w:val="001535FD"/>
     <w:rsid w:val="00160E0A"/>
     <w:rsid w:val="001815AB"/>
     <w:rsid w:val="00181DBB"/>
     <w:rsid w:val="00183F8E"/>
     <w:rsid w:val="001D43E9"/>
     <w:rsid w:val="001F16A9"/>
     <w:rsid w:val="001F315D"/>
     <w:rsid w:val="00213B60"/>
     <w:rsid w:val="002260FE"/>
     <w:rsid w:val="0029386F"/>
     <w:rsid w:val="002A2391"/>
     <w:rsid w:val="002B4FFC"/>
     <w:rsid w:val="002C634D"/>
     <w:rsid w:val="002F4858"/>
     <w:rsid w:val="002F5BE7"/>
     <w:rsid w:val="0030144C"/>
     <w:rsid w:val="00317F30"/>
     <w:rsid w:val="00333913"/>
-    <w:rsid w:val="00346652"/>
     <w:rsid w:val="00354738"/>
     <w:rsid w:val="00372C4D"/>
     <w:rsid w:val="003E3645"/>
     <w:rsid w:val="00410286"/>
     <w:rsid w:val="004B7681"/>
     <w:rsid w:val="004C2F02"/>
     <w:rsid w:val="004C3431"/>
     <w:rsid w:val="004C6A2C"/>
     <w:rsid w:val="004E0D4A"/>
     <w:rsid w:val="00504E3A"/>
     <w:rsid w:val="00530CAC"/>
     <w:rsid w:val="0053215A"/>
     <w:rsid w:val="00535F69"/>
     <w:rsid w:val="00542785"/>
     <w:rsid w:val="00563B00"/>
     <w:rsid w:val="005736CD"/>
     <w:rsid w:val="00580C96"/>
     <w:rsid w:val="00592A80"/>
     <w:rsid w:val="005C20C8"/>
     <w:rsid w:val="005E6737"/>
     <w:rsid w:val="006111B7"/>
     <w:rsid w:val="00677F2C"/>
     <w:rsid w:val="006A7078"/>
     <w:rsid w:val="006C60CC"/>
     <w:rsid w:val="00712904"/>
@@ -14159,50 +10115,51 @@
     <w:rsid w:val="009F075F"/>
     <w:rsid w:val="00A41AD4"/>
     <w:rsid w:val="00A613CB"/>
     <w:rsid w:val="00A87238"/>
     <w:rsid w:val="00AE33C7"/>
     <w:rsid w:val="00B5600D"/>
     <w:rsid w:val="00BE228D"/>
     <w:rsid w:val="00C33C7C"/>
     <w:rsid w:val="00C768C5"/>
     <w:rsid w:val="00CA4EF7"/>
     <w:rsid w:val="00CA63B2"/>
     <w:rsid w:val="00CC1144"/>
     <w:rsid w:val="00CD2E66"/>
     <w:rsid w:val="00CF39AD"/>
     <w:rsid w:val="00D30744"/>
     <w:rsid w:val="00D7289B"/>
     <w:rsid w:val="00D7528A"/>
     <w:rsid w:val="00D7638B"/>
     <w:rsid w:val="00D823D7"/>
     <w:rsid w:val="00D939A1"/>
     <w:rsid w:val="00DB21CE"/>
     <w:rsid w:val="00DC486B"/>
     <w:rsid w:val="00DF3C73"/>
     <w:rsid w:val="00E0191C"/>
     <w:rsid w:val="00E27FAD"/>
+    <w:rsid w:val="00E44E7E"/>
     <w:rsid w:val="00E4779F"/>
     <w:rsid w:val="00E4782C"/>
     <w:rsid w:val="00E620B8"/>
     <w:rsid w:val="00E734C4"/>
     <w:rsid w:val="00E77125"/>
     <w:rsid w:val="00E94E71"/>
     <w:rsid w:val="00EA2200"/>
     <w:rsid w:val="00EC29C5"/>
     <w:rsid w:val="00ED781F"/>
     <w:rsid w:val="00F27AE8"/>
     <w:rsid w:val="00F86881"/>
     <w:rsid w:val="00F87D96"/>
     <w:rsid w:val="00FD71D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -15387,78 +11344,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A76E4681-88EE-408F-8A79-0477C6785325}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0FE55D9-D8B3-4BBD-9476-4A2B10A4C801}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2038</Words>
-  <Characters>11617</Characters>
+  <Words>2059</Words>
+  <Characters>11738</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
+  <Lines>97</Lines>
   <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13628</CharactersWithSpaces>
+  <CharactersWithSpaces>13770</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Customer</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>