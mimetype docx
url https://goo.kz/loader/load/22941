--- v0 (2025-12-16)
+++ v1 (2025-12-18)
@@ -1,424 +1,850 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00743F0D" w:rsidRPr="00743F0D" w:rsidRDefault="00743F0D" w:rsidP="00D20086">
+    <w:p w:rsidR="00743F0D" w:rsidRPr="00743F0D" w:rsidRDefault="00AF2EAA" w:rsidP="00D20086">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00743F0D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6600CC3F" wp14:editId="47A86D3F">
-[...4 lines deleted...]
-            </wp:docPr>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2213708" cy="1962150"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\11\Desktop\plakat_1_kaz_2013.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="Всем! Всем! Всем!">
-[...1 lines deleted...]
-                    </pic:cNvPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\11\Desktop\plakat_1_kaz_2013.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2343150" cy="1952625"/>
+                      <a:ext cx="2213708" cy="1962150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00743F0D" w:rsidRPr="00D20086" w:rsidRDefault="00743F0D" w:rsidP="00D20086">
+    <w:p w:rsidR="00743F0D" w:rsidRPr="00D20086" w:rsidRDefault="008413DE" w:rsidP="00D20086">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00743F0D">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бәрі! Бәрі! Бәріне</w:t>
+      </w:r>
+      <w:r w:rsidR="00743F0D" w:rsidRPr="00743F0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ВСЕМ! ВСЕМ! ВСЕМ!</w:t>
+        <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00743F0D" w:rsidRPr="00743F0D" w:rsidRDefault="00D20086" w:rsidP="00743F0D">
+    <w:p w:rsidR="004218EE" w:rsidRDefault="00D20086" w:rsidP="00743F0D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="32"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D20086">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00743F0D" w:rsidRPr="00743F0D">
-[...15 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004218EE" w:rsidRDefault="00743F0D" w:rsidP="00AF2EAA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2014 </w:t>
+      </w:r>
+      <w:r w:rsidR="008413DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жылдың 1 тамызында жыл сайынғы Республикалық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="008413DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Метепке жолдама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="008413DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акциясы басталды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00D20086">
+      <w:r w:rsidR="00AF2EAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00743F0D" w:rsidRPr="00743F0D">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="008413DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...149 lines deleted...]
-      <w:r w:rsidRPr="00D20086">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97EF8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00743F0D" w:rsidRPr="00743F0D">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кци</w:t>
+      </w:r>
+      <w:r w:rsidR="008413DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>Телефон «горячей линии» - 573506</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я мақсаты: көпбалалы, нашар,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008413DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетім отбасындағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00411FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқушыларды мектепке қажетті киім және канцелярия тауарымен камтамасыз етіп,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00411FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлық оқыту жағдайын ұйымдастыру.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20086" w:rsidRPr="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00743F0D" w:rsidRPr="00743F0D" w:rsidRDefault="00D20086" w:rsidP="00743F0D">
+    <w:p w:rsidR="00F97EF8" w:rsidRDefault="00411FAD" w:rsidP="00AF2EAA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осыған байланысты, баршаңыздан, бұл қайырымдылық іске үлесіңізді қосуды өтінеміз.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20086" w:rsidRPr="004218EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00743F0D" w:rsidRPr="00F97EF8" w:rsidRDefault="00411FAD" w:rsidP="00AF2EAA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Көмегіңізді киім, оргтехника, канцтауарлар, жиһаз,</w:t>
+      </w:r>
+      <w:r w:rsidR="006E42E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>спортинвентарь</w:t>
+      </w:r>
+      <w:r w:rsidR="006E42E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кітап</w:t>
+      </w:r>
+      <w:r w:rsidR="006E42E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тар және басқада материалдық түрде  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетуғе</w:t>
+      </w:r>
+      <w:r w:rsidR="006E42E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00743F0D" w:rsidRPr="00743F0D" w:rsidRDefault="006E42E2" w:rsidP="00AF2EAA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қайырымдылық көмек жеке бір отбасына, оқушыға жасауға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E42E2" w:rsidRDefault="006E42E2" w:rsidP="00AF2EAA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Барлық көмек көрсетушіге қатысты мәліметте</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мектеп әкімшілігінен алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00743F0D" w:rsidRPr="006E42E2" w:rsidRDefault="00D20086" w:rsidP="00743F0D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D20086">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="0000FF"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006E42E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="006E42E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жедел байланысты т</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00743F0D" w:rsidRPr="00743F0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>елефон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006E42E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00743F0D" w:rsidRPr="00743F0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 573506</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00743F0D" w:rsidRPr="00F97EF8" w:rsidRDefault="00D20086" w:rsidP="00AF2EAA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00743F0D" w:rsidRPr="00743F0D">
-[...7 lines deleted...]
-        <w:t>Акция будет проходить в период с 1 августа по 30 сентября 2014 года. </w:t>
+      <w:r w:rsidR="00AF2EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00743F0D" w:rsidRPr="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акция 2014</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылдың 1тамызынан </w:t>
+      </w:r>
+      <w:r w:rsidR="00F97EF8" w:rsidRPr="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004721FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қырқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97EF8" w:rsidRPr="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йек</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97EF8" w:rsidRPr="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дейін жалғастырылады</w:t>
+      </w:r>
+      <w:r w:rsidR="00743F0D" w:rsidRPr="00F97EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00415D26" w:rsidRPr="00D20086" w:rsidRDefault="00415D26">
+    <w:p w:rsidR="00415D26" w:rsidRPr="00F97EF8" w:rsidRDefault="00415D26">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00415D26" w:rsidRPr="00D20086" w:rsidSect="00D20086">
+    <w:sectPr w:rsidR="00415D26" w:rsidRPr="00F97EF8" w:rsidSect="00D20086">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="hearts" w:sz="12" w:space="24" w:color="auto"/>
         <w:left w:val="hearts" w:sz="12" w:space="24" w:color="auto"/>
         <w:bottom w:val="hearts" w:sz="12" w:space="24" w:color="auto"/>
         <w:right w:val="hearts" w:sz="12" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -444,54 +870,63 @@
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B3B26"/>
+    <w:rsid w:val="00411FAD"/>
     <w:rsid w:val="00415D26"/>
+    <w:rsid w:val="004218EE"/>
+    <w:rsid w:val="004721FD"/>
+    <w:rsid w:val="006E42E2"/>
     <w:rsid w:val="00743F0D"/>
+    <w:rsid w:val="008413DE"/>
     <w:rsid w:val="009B3B26"/>
+    <w:rsid w:val="00A72041"/>
+    <w:rsid w:val="00AF2EAA"/>
+    <w:rsid w:val="00C54701"/>
     <w:rsid w:val="00D20086"/>
+    <w:rsid w:val="00F97EF8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1030,51 +1465,51 @@
                 <w:div w:id="115680361">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://goo.kz/media/img/journal/53dc00ba6ae27.jpg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1323,54 +1758,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>146</Words>
-  <Characters>835</Characters>
+  <Words>111</Words>
+  <Characters>634</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>980</CharactersWithSpaces>
+  <CharactersWithSpaces>744</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>1</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>