--- v0 (2025-12-16)
+++ v1 (2026-03-06)
@@ -1,21560 +1,20230 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00226DFC" w:rsidRPr="00226DFC" w:rsidRDefault="00226DFC" w:rsidP="00226DFC">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...38 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 2 июля 1998 года № 267-I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>О борьбе с коррупцией</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...38 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="SUB1000374313"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000374313" \o "СПРАВКА О ЗАКОНЕ РК ОТ 02.07.98 № 267-1" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>изменениями и дополнениями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>по состоянию на 10.06.2014 г.)</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="SUB1000211399"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>См. о внесении изменений в настоящий Закон:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="2" w:name="SUB1004107131"/>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1004107131" \o "Закон Республики Казахстан от 3 июля 2014 года № 227-V \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам совершенствования уголовного законодательства\» (не введен в действие)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 03.07.14 г. № 227-V (вводится в действие с 1 января 2015 года);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="3" w:name="SUB1004105369"/>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1004105369" \o "Закон Республики Казахстан от 4 июля 2014 года № 233-V \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам совершенствования уголовно-процессуального законодательства\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 04.07.14 г. № 233-V (вводится в действие с 1 января 2015 года)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j14"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1044 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="SUB10000"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 1. Цели Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Настоящий Закон направлен на защиту прав и свобод граждан, обеспечение национальной безопасности Республики Казахстан от угроз, вытекающих из проявлений коррупции, обеспечение эффективной деятельности государственных органов, должностных и других лиц, выполняющих государственные функции, а также лиц, приравненных к ним, путем предупреждения, выявления, пресечения и раскрытия правонарушений, связанных с коррупцией, устранения их последствий и привлечения виновных к ответственности, определяет основные принципы борьбы с коррупцией, устанавливает виды правонарушений, связанных с коррупцией, а также условия наступления ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="SUB10200"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Настоящий Закон направлен также на расширение демократических начал, гласности и контроля в управлении государством, на укрепление доверия населения к государству и его структурам, стимулирование компетентных специалистов к поступлению на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="SUB1000002507"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000002507" \o "Закон Республики Казахстан от 23 июля 1999 года № 453-I \«О государственной службе\» (с изменениями и дополнениями по состоянию на 13.01.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>государственную службу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, создание условий для неподкупности лиц, выполняющих государственные функции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="SUB20000"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В статью 2 внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="SUB1000113040"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000113040" \o "Закон Республики Казахстан от 23 июля 1999 г. № 454-1 О внесении изменений в некоторые законодательные акты Республики Казахстан по вопросам государственной службы" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 23.07.99 г. № 454-I;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="SUB1000077518"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000077518" \o "Закон Республики Казахстан от 8 июня 2001 г. № 206-II О внесении дополнения в Закон Республики Казахстан \«О борьбе с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 08.06.01 г. № 206-II;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="SUB1000211394"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211394" \o "Закон Республики Казахстан от 25 сентября 2003 года № 484-II О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам борьбы с коррупцией" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 25.09.03 г. № 484-II (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="SUB1000211400"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211400" \o "Закон РК от 2 июля 1998 г. № 267-1 О борьбе с коррупцией (с" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="SUB1001896697"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001896697" \o "Закон Республики Казахстан от 1 апреля 2011 года № 425-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам совершенствования нормотворческой деятельности\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 01.04.11 г. № 425-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="SUB1001896706"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001896706" \o "(СТАРАЯ РЕДАКЦИЯ)ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 2. Основные понятия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Под коррупцией в настоящем Законе понимается не предусмотренное законом принятие лично или через посредников имущественных благ и преимуществ лицами, выполняющими государственные функции, а также лицами, приравненными к ним, с использованием своих должностных полномочий и связанных с ними возможностей либо иное использование ими своих полномочий для получения имущественной выгоды, а равно подкуп данных лиц путем противоправного предоставления им физическими и юридическими лицами указанных благ и преимуществ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="SUB20200"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Правонарушениями, связанными с коррупцией (коррупционными правонарушениями), являются предусмотренные настоящим</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="SUB1000024049"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000024049" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, а также иными законами деяния, сопряженные с коррупцией или создающие условия для коррупции, которые влекут установленную законодательством дисциплинарную,</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="SUB1000069577"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000069577" \o "Кодекс Республики Казахстан об административных правонарушениях от 30 января 2001 года № 155-II (с изменениями и дополнениями по состоянию на 04.07.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>административную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="SUB1000000036"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000000036" \o "Уголовный кодекс Республики Казахстан от 16 июля 1997 года № 167-I (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>уголовную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ответственность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="SUB20300"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. Государственные функции - предметы ведения, отнесенные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Республики Казахстан к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="SUB1000140687"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000140687" \o "Закон Республики Казахстан от 27 ноября 2000 года № 107-II \«Об административных процедурах\» (с изменениями и дополнениями по состоянию на 03.07.2013 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>полномочиям</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>государства, его органов и лиц, занимающих государственные должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="SUB20301"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3-1. Исключен в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="SUB1001790500"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001790500" \o "3акон Республики Казахстан от 6 января 2011 года № 378-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам государственного контроля и надзора\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>3аконом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>РК от 06.01.11 г. № 378-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="SUB1001790503"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001790503" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="SUB20400"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4. Должностные лица - лица, постоянно, временно или по специальному полномочию осуществляющие функции представителя власти либо выполняющие организационно-распорядительные или административно-хозяйственные функции в государственных органах,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="SUB1000025095"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000025095" \o "Конституция Республики Казахстан (принята на республиканском референдуме 30 августа 1995 года) (с изменениями и дополнениями по состоянию на 02.02.2011 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>органах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>местного самоуправления, а также в Вооруженных Силах Республики Казахстан, других войсках и воинских формированиях Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="SUB20500"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Лица, занимающие ответственную государственную должность, - лица, занимающие должности, устанавливаемые Конституцией Республики Казахстан, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve"> 4. Лауазымды адамдар - тұрақты, уақытша немесе арнаулы өк</w:t>
-[...1269 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>конституционными и иными законами Республики Казахстан для непосредственного исполнения функций государства и полномочий государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>См.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="SUB1000103957"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000103957" \o "Нормативное постановление Верховного Суда Республики Казахстан от 13 декабря 2001 года № 18 \«О практике рассмотрения судами уголовных дел о преступлениях, связанных с коррупцией\» (с изменениями и дополнениями по состоянию на 22.12.2008 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Нормативное постановление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>ВС РК от 13 декабря 2001 года № 18 «О практике рассмотрения судами уголовных дел о преступлениях, связанных с коррупцией».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="SUB30000"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Статья 3 изложена в редакции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="SUB1000211401"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211401" \o "Закон Республики Казахстан от 25 сентября 2003 года № 484-II О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам борьбы с коррупцией" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 25.09.03 г. № 484-II (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="SUB1000211402"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211402" \o "Закон РК от 2 июля 1998 г. № 267-1 О борьбе с коррупцией (с" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>); внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="SUB1001245089"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245089" \o "Закон Республики Казахстан от 7 декабря 2009 года № 222-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам дальнейшего усиления борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 07.12.09 г. № 222-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="SUB1001245080"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245080" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 3. Субъекты правонарушений, связанных с коррупцией</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. За правонарушения, связанные с коррупцией, на основании настоящего Закона несут ответственность лица, уполномоченные на выполнение государственных функций, и лица, приравненные к ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="SUB30200"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. К лицам, уполномоченным на выполнение государственных функций, относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="SUB30201"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1) все должностные лица, депутаты Парламента и маслихатов, судьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="SUB30202"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2) все государственные служащие в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="SUB1000002507_2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000002507" \o "Закон Республики Казахстан от 23 июля 1999 года № 453-I \«О государственной службе\» (с изменениями и дополнениями по состоянию на 13.01.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Республики Казахстан о государственной службе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="SUB30300"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. К лицам, уполномоченным на выполнение государственных функций, приравниваются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="SUB30301"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1) лица, избранные в органы местного самоуправления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="SUB30302"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2) граждане, зарегистрированные в установленном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="SUB1000006362"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000006362" \o "Конституционный закон Республики Казахстан от 28 сентября 1995 года № 2464 \«О выборах в Республике Казахстан\» (с изменениями и дополнениями по состоянию на 03.10.2013 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>порядке в качестве кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан и маслихатов, а также в члены выборных органов местного самоуправления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="SUB30303"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3) служащие, постоянно или временно работающие в органах местного самоуправления, оплата труда которых производится из средств государственного бюджета Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="SUB30304"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Подпункт 4 изложен в редакции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="SUB1002295202"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002295202" \o "Закон Республики Казахстан от 1 февраля 2012 года № 551-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам деятельности Фонда национального благосостояния\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 01.02.12 г. № 551-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="SUB1002295311"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002295311" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4) лица, исполняющие управленческие функции в государственных организациях и организациях, в уставном капитале которых доля государства составляет более пятидесяти процентов, в том числе в национальных управляющих холдингах, национальных холдингах, национальных компаниях, национальных институтах развития, акционером которых является государство, их дочерних организациях, более пятидесяти процентов голосующих акций (долей участия) которых принадлежат им, а также юридических лицах, более пятидесяти процентов голосующих акций (долей участия) которых принадлежит указанным дочерним организациям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="SUB30305"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Пункт 3 дополнен подпунктом 5 в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="SUB1002522520"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002522520" \o "Закон Республики Казахстан от 5 июля 2012 года № 30-V \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам организации деятельности Национального Банка Республики Казахстан, регулирования финансового рынка и финансовых организаций\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 05.07.12 г. № 30-V</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5) служащие Национального Банка Республики Казахстан и его ведомств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="SUB30400"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4. К субъектам коррупционных правонарушений относятся также физические и юридические лица, осуществляющие подкуп должностных и иных лиц, уполномоченных на выполнение государственных функций, или лиц, приравненных к ним, а равно предоставляющие им противоправно имущественные блага и преимущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Статья дополнена примечанием в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="SUB1000656794"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000656794" \o "Закон Республики Казахстан от 21 июля 2007 года № 308-III \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам совершенствования борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 21.07.07 г. № 308-III; внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="SUB1002295202_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002295202" \o "Закон Республики Казахстан от 1 февраля 2012 года № 551-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам деятельности Фонда национального благосостояния\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 01.02.12 г. № 551-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="SUB1002295178"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002295178" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Примечание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Лицами, исполняющими управленческие функции в государственных организациях и организациях, в уставном капитале которых доля государства составляет более пятидесяти процентов, в том числе в национальных управляющих холдингах, национальных холдингах, национальных компаниях, национальных институтах развития, акционером которых является государство, их дочерних организациях, более пятидесяти процентов голосующих акций (долей участия) которых принадлежат им, а также юридических лицах, более пятидесяти процентов голосующих акций (долей участия) которых принадлежит указанным дочерним организациям, в настоящем Законе признаются лица, постоянно, временно либо по специальному полномочию исполняющие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ұлттық холдингтерде, ұлттық компанияларда, ұлттық даму институттарында, олардың дауыс беретін</w:t>
-[...863 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>организационно-распорядительные или административно-хозяйственные функции в указанных организациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Под организационно-распорядительными функциями подразумевается деятельность лиц по осуществлению предусмотренных законодательством и учредительными документами полномочий исполнительного органа организации. К этим функциям относятся общее руководство коллективом, расстановка и подбор кадров, организация и контроль труда подчиненных, поддержание дисциплины, выражающееся в применении мер поощрения и наложении дисциплинарных взысканий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. Под административно-хозяйственными функциями подразумевается осуществление лицами, на которых возложена полная материальная ответственность, деятельности в рамках предоставленных полномочий по управлению и распоряжению имуществом, в том числе деньгами, находящимися на балансе и банковских счетах организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="SUB40000"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В статью 4 внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="SUB1000211403"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211403" \o "Закон Республики Казахстан от 25 сентября 2003 года № 484-II О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам борьбы с коррупцией" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 25.09.03 г. № 484-II (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="SUB1000211404"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211404" \o "Закон РК от 2 июля 1998 г. № 267-1 О борьбе с коррупцией (с" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="53" w:name="SUB1001245091"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245091" \o "Закон Республики Казахстан от 7 декабря 2009 года № 222-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам дальнейшего усиления борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 07.12.09 г. № 222-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="54" w:name="SUB1001245092"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245092" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 4. Сфера применения Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Настоящий Закон действует на всей территории Республики Казахстан в отношении всех физических и юридических лиц. За пределами Республики Казахстан настоящий Закон действует в отношении граждан Республики Казахстан и юридических лиц, зарегистрированных в Республике Казахстан, если иное не предусмотрено международным договором.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="SUB40200"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>о порядке выполнения отдельных государственных функций (о статусе депутатов маслихатов, судей, о прохождении службы отдельными категориями государственных служащих, об иных возможных субъектах правонарушений, связанных с коррупцией) могут устанавливаться другие правовые нормы, предусматривающие ограничения и запреты, направленные на предупреждение коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="SUB40300"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="57" w:name="SUB1000067181"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000067181" \o "Конституционный закон Республики Казахстан от 25 декабря 2000 года № 132-II \«О судебной системе и статусе судей Республики Казахстан\» (с изменениями и дополнениями по состоянию на 16.02.2012 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>Судьи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="58" w:name="SUB1000041255"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000041255" \o "Конституционный закон Республики Казахстан от 16 октября 1995 года № 2529 \«О Парламенте Республики Казахстан и статусе его депутатов\» (с изменениями и дополнениями по состоянию на 03.10.2013 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>депутаты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Парламента Республики Казахстан несут ответственность за совершение коррупционных правонарушений по основаниям и в порядке, предусмотренным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="59" w:name="SUB1000024039"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000024039" \o "Конституция Республики Казахстан (принята на республиканском референдуме 30 августа 1995 года) (с изменениями и дополнениями по состоянию на 02.02.2011 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="SUB40400"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4. Уголовные ответственность и наказание, административные ответственность и взыскания за коррупционные преступления и административные правонарушения предусматриваются соответственно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="61" w:name="SUB1000019712"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000019712" \o "Уголовный кодекс Республики Казахстан от 16 июля 1997 года № 167-I (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>Уголовным кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Республики Казахстан и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="62" w:name="SUB1000069577_2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000069577" \o "Кодекс Республики Казахстан об административных правонарушениях от 30 января 2001 года № 155-II (с изменениями и дополнениями по состоянию на 04.07.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>Кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="SUB50000"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В статью 5 внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="64" w:name="SUB1001245093"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245093" \o "Закон Республики Казахстан от 7 декабря 2009 года № 222-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам дальнейшего усиления борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 07.12.09 г. № 222-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="65" w:name="SUB1001245094"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245094" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 5. Основные принципы борьбы с коррупцией</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Борьба с коррупцией осуществляется на основе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1) равенства всех перед законом и судом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="SUB50200"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2) обеспечения четкой правовой регламентации деятельности государственных органов, законности и гласности такой деятельности, государственного и общественного контроля за ней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="SUB50300"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3) совершенствования структуры государственного аппарата, кадровой работы и процедуры решения вопросов, затрагивающих права и законные интересы физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="SUB50400"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4) приоритета защиты прав и законных интересов физических и юридических лиц, а также социально-экономической, политико-правовой, организационно-управленческой систем государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="SUB50500"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5) признания допустимости ограничений прав и свобод должностных и других лиц, уполномоченных на выполнение государственных функций, а также лиц, приравненных к ним, в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="70" w:name="SUB1000022372"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000022372" \o "Конституция Республики Казахстан (принята на республиканском референдуме 30 августа 1995 года) (с изменениями и дополнениями по состоянию на 02.02.2011 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>пунктом 1 статьи 39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Конституции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="SUB5050100"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve"> 1. Осы</w:t>
-[...1150 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>Статья 5 дополнена подпунктом 5-1 в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="72" w:name="SUB1001760750"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760750" \o "Закон Республики Казахстан от 29 декабря 2010 года № 371-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам государственной службы и борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 29.12.10 г. № 371-IV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5-1) обеспечения государством социальной и правовой защиты государственных служащих;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="SUB50600"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6) восстановления нарушенных прав и законных интересов физических и юридических лиц, ликвидации и предупреждения вредных последствий коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="SUB50700"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>7) обеспечения личной безопасности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и поощрения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>граждан, оказывающих содействие в борьбе с коррупционными правонарушениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="SUB50800"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>8) защиты государством прав и законных интересов лиц, уполномоченных на выполнение государственных функций, и лиц, приравненных к ним, установления этим лицам заработной платы (денежного содержания) и льгот, обеспечивающих указанным лицам и их семьям достойный уровень жизни;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="SUB50900"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В подпункт 9 внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="77" w:name="SUB1001790506"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001790506" \o "3акон Республики Казахстан от 6 января 2011 года № 378-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам государственного контроля и надзора\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>3аконом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 06.01.11 г. № 378-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="78" w:name="SUB1001790507"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001790507" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>9) недопустимости делегирования полномочий на государственное регулирование предпринимательской деятельности физическим и юридическим лицам, осуществляющим такую деятельность, а также на контроль и надзор за нею;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="SUB51000"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>10) осуществления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="80" w:name="SUB1000114626"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000114626" \o "Закон Республики Казахстан от 15 сентября 1994 года № 154-XIII \«Об оперативно-розыскной деятельности\» (с изменениями и дополнениями по состоянию на 04.07.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>оперативно-розыскной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и иной деятельности в целях выявления, раскрытия, пресечения и предупреждения преступлений, связанных с коррупцией, а также применения в установленном законом порядке специальных мер финансового контроля в целях недопущения легализации противоправно нажитых денежных средств и иного имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="SUB51100"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>11) установления запрета для лиц, указанных в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="82" w:name="SUB1000024036"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000024036" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>пунктах 1, 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="83" w:name="SUB1000122460"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000122460" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>статьи 3 настоящего Закона, на занятие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="84" w:name="SUB1000007122"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000007122" \o "Гражданский кодекс Республики Казахстан (Общая часть), принят Верховным Советом Республики Казахстан 27 декабря 1994 года (с изменениями и дополнениями по состоянию на 30.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>предпринимательской деятельностью</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, в том числе на занятие оплачиваемых должностей в органах управления хозяйствующих субъектов, за исключением случаев, когда занятие такой должности предусмотрено законодательно установленными должностными обязанностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>12) обеспечения общественного контроля и формирования в обществе атмосферы нетерпимости к проявлениям коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>См. также:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="85" w:name="SUB1000005201"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000005201" \o "Указ Президента Республики Казахстан от 5 января 2001 года № 534 О Государственной программе борьбы с коррупцией на 2001-2005 годы (утратил силу)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Указ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Президента Республики Казахстан от 5 января 2001 года № 534 «О Государственной программе борьбы с коррупцией на 2001-2005 годы».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="SUB60000"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В статью 6 внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="87" w:name="SUB1000211405"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211405" \o "Закон Республики Казахстан от 12 июля 2001 г. № 240-II О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам деятельности органов финансовой полиции" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 12.07.01 г. № 240-II (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="88" w:name="SUB1000211406"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211406" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.98 № 267-1" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="89" w:name="SUB1000211407"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211407" \o "Закон Республики Казахстан от 9 августа 2002 года № 346-II О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам прокурорского надзора" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 09.08.02 г. № 346-II (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="90" w:name="SUB1000211408"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211408" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК OT 02.07.98 № 267-1" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="91" w:name="SUB1000211409"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211409" \o "Закон Республики Казахстан от 25 сентября 2003 года № 484-II О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам борьбы с коррупцией" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 25.09.03 г. № 484-II (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="92" w:name="SUB1000211410"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211410" \o "Закон РК от 2 июля 1998 г. № 267-1 О борьбе с коррупцией (с" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="93" w:name="SUB1000660369"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000660369" \o "Закон Республики Казахстан от 27 июля 2007 года № 315-III \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам модернизации системы государственного управления\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 27.07.07 г. № 315-III (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="94" w:name="SUB1000660371"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000660371" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="95" w:name="SUB1001245095"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245095" \o "Закон Республики Казахстан от 7 декабря 2009 года № 222-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам дальнейшего усиления борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 07.12.09 г. № 222-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="96" w:name="SUB1001245096"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245096" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="97" w:name="SUB1002756482"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002756482" \o "Закон Республики Казахстан от 16 января 2013 года № 71-V \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам Государственной границы Республики Казахстан\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 16.01.13 г. № 71-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="98" w:name="SUB1002756491"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002756491" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 6. Органы, осуществляющие борьбу с коррупцией</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Борьбу с коррупцией в пределах своей компетенции обязаны вести все государственные органы и должностные лица. Руководители государственных органов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и ответственные секретари или иные должностные лица, определяемые Президентом Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, организаций,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>в том числе организаций с долей государственного участия,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>органов местного самоуправления в пределах своих полномочий обеспечивают исполнение требований настоящего Закона и применение предусмотренных в нем дисциплинарных мер, привлекая для этого кадровые, контрольные, юридические и другие службы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, а также регистрацию и информирование обо всех известных им случаях коррупции в органы, указанные в пункте 2 настоящей статьи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>См.:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="99" w:name="SUB1000085317"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000085317" \o "Письмо Комитета регистрационной службы Министерства юстиции Республики Казахстан от 20 июня 2002 г. № 11-2-7/2022" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Письмо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Комитета регистрационной службы Министерства юстиции РК от 20 июня 2002 г. № 11-2-7/2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="SUB60200"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Выявление, пресечение, предупреждение коррупционных правонарушений и привлечение лиц, виновных в их совершении, к ответственности в пределах своей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>мен мемлекеттiк мiндеттердi атқ</w:t>
-[...1094 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>компетенции осуществляется органами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="101" w:name="SUB1000000969"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000000969" \o "Закон Республики Казахстан от 21 декабря 1995 года № 2709 \«О Прокуратуре\» (с изменениями и дополнениями по состоянию на 10.07.2012 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>прокуратуры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="102" w:name="SUB1000023134"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000023134" \o "Закон Республики Казахстан от 21 декабря 1995 года № 2710 \«Об органах национальной безопасности Республики Казахстан\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>национальной безопасности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="103" w:name="SUB1003974564"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1003974564" \o "Закон Республики Казахстан от 23 апреля 2014 года № 199-V \«Об органах внутренних дел Республики Казахстан\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>внутренних дел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, налоговой,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="104" w:name="SUB1000754711"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000754711" \o "Постановление Правительства Республики Казахстан от 24 апреля 2008 года № 387 \«О некоторых вопросах Министерства финансов Республики Казахстан\» (с изменениями и дополнениями по состоянию на 28.05.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>таможенной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s00"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>службы,</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="105" w:name="SUB1004142418"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1004142418" \o "Указ Президента Республики Казахстан от 6 августа 2014 года № 883 \«О мерах по дальнейшему совершенствованию системы государственного управления Республики Казахстан\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>финансовой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s00"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и военной полиции, Пограничной службой Комитета национальной безопасности Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="SUB60300"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. Органы, указанные в пункте 2 настоящей статьи, обязаны принимать меры, вытекающие из их полномочий, и незамедлительно направлять сведения обо всех случаях выявления коррупционных преступлений, совершаемых лицами, занимающими ответственную государственную должность, в органы правовой статистики и информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Должностные лица и органы, указанные в пунктах 1 и 2 настоящей статьи, обязаны в установленный законодательством срок сообщать письменно лицу или органу, направившему дело, материал, протокол, представление о коррупционном преступлении, административном правонарушении, о результатах их рассмотрения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Должностные лица государственных органов обязаны принимать предусмотренные законом меры по публикациям в средствах массовой информации материалов, содержащих сведения о правонарушениях коррупционного характера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>См.:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="107" w:name="SUB1000211411"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211411" \o "Приказ Генерального Прокурора Республики Казахстан от 27 марта 2001 года № 48 О приоритетных направлениях работы с кадрами органов прокуратуры" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Генеральной Прокуратуры Республики Казахстан от 27 марта 2001 года № 48.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="SUB60400"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4. Президент Республики Казахстан вправе образовать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="109" w:name="SUB1004142418_2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1004142418" \o "Указ Президента Республики Казахстан от 6 августа 2014 года № 883 \«О мерах по дальнейшему совершенствованию системы государственного управления Республики Казахстан\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>государственный орган по борьбе с коррупцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, определить его статус и полномочия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="SUB70000"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В статью 7 внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="111" w:name="SUB1001245097"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245097" \o "Закон Республики Казахстан от 7 декабря 2009 года № 222-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам дальнейшего усиления борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 07.12.09 г. № 222-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="112" w:name="SUB1001245098"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245098" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="113" w:name="SUB1002402281"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002402281" \o "Закон Республики Казахстан от 27 апреля 2012 года № 15-V \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам исключения противоречий, пробелов, коллизий между нормами права различных законодательных актов и норм, способствующих совершению коррупционных правонарушений\» (с изменениями по состоянию на 08.01.2013 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 27.04.12 г. № 15-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="114" w:name="SUB1002402283"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002402283" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 7. Гарантии неприкосновенности лиц, оказывающих содействие в борьбе с коррупцией</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="SUB70100"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Лицо, сообщившее о факте коррупционного правонарушения или иным образом оказывающее содействие в борьбе с коррупцией, находится под защитой государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="SUB70200"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Информация о лице, оказывающем содействие в борьбе с коррупцией, является</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="117" w:name="SUB1000000668"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000000668" \o "Закон Республики Казахстан от 15 марта 1999 года № 349-I \«О государственных секретах\» (с изменениями и дополнениями по состоянию на 13.01.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>государственным секретом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и представляется только по запросам органов, указанных в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="118" w:name="SUB1000057694"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000057694" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>пунктах 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="119" w:name="SUB1000211412"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211412" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>статьи 6 настоящего Закона, или суда в порядке, установленном законом. Разглашение этой информации влечет ответственность установленную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="120" w:name="SUB1000027485"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000027485" \o "Уголовный кодекс Республики Казахстан от 16 июля 1997 года № 167-I (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="SUB7020100"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2-1. Лицо, сообщившее о факте коррупционного правонарушения или иным образом оказывающее содействие в борьбе с коррупцией, поощряется в</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="122" w:name="SUB1002576067"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002576067" \o "Постановление Правительства Республики Казахстан от 23 августа 2012 года № 1077 \«Об утверждении Правил поощрения лиц, сообщивших о факте коррупционного правонарушения или иным образом оказывающих содействие в борьбе с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>порядке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, предусмотренном Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="123" w:name="SUB70300"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. В случае необходимости органы, ведущие борьбу с коррупцией, обеспечивают личную безопасность лиц, оказывающих содействие в борьбе с коррупцией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="SUB70400"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4. Правила настоящей статьи не распространяются на лиц, сообщивших заведомо ложную информацию, которые подлежат ответственности в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>законами Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="SUB80000"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Глава 2. Предупреждение коррупции, коррупционные правонарушения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и ответственность за них</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Заголовок статьи 8 изложен в редакции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="126" w:name="SUB1001760773"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760773" \o "Закон Республики Казахстан от 29 декабря 2010 года № 371-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам государственной службы и борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 29.12.10 г. № 371-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="127" w:name="SUB1001760761"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760761" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 8. Специальное требование к лицам, претендующим на выполнение государственных функций, и лицам, претендующим на выполнение управленческих функций в государственных организациях, организациях с долей государственного участия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В пункт 1 внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="128" w:name="SUB1001760773_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760773" \o "Закон Республики Казахстан от 29 декабря 2010 года № 371-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам государственной службы и борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 29.12.10 г. № 371-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="129" w:name="SUB1001760761_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760761" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>); изложен в редакции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="130" w:name="SUB1002295236"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002295236" \o "Закон Республики Казахстан от 1 февраля 2012 года № 551-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам деятельности Фонда национального благосостояния\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 01.02.12 г. № 551-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="131" w:name="SUB1002295234"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002295234" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>жемқ</w:t>
-[...1046 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Лица, претендующие на выполнение государственных функций, занятие государственных должностей либо на выполнение управленческих функций в государственных организациях и организациях, в уставном капитале которых доля государства составляет более пятидесяти процентов, в том числе в национальных управляющих холдингах, национальных холдингах, национальных компаниях, национальных институтах развития, акционером которых является государство, их дочерних организациях, более пятидесяти процентов голосующих акций (долей участия) которых принадлежат им, а также юридических лицах, более пятидесяти процентов голосующих акций (долей участия) которых принадлежит указанным дочерним организациям, принимают на себя установленные настоящим Законом и иными законами ограничения в целях недопущения действий, которые могут привести к использованию их статуса и основанного на нем авторитета в личных, групповых и иных неслужебных интересах, при этом указанные лица ставятся в известность о правовых последствиях таких действий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="SUB80200"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Согласие указанных лиц на принятие ограничений фиксируется кадровыми службами соответствующих организаций в письменной форме. Непринятие ограничений влечет отказ в привлечении лица к выполнению государственных либо приравненных к ним функций, либо увольнение или иное освобождение от выполнения указанных функций в предусмотренном законом порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="133" w:name="SUB80300"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Статья дополнена пунктом 3 в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="134" w:name="SUB1001760773_3"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760773" \o "Закон Республики Казахстан от 29 декабря 2010 года № 371-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам государственной службы и борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 29.12.10 г. № 371-IV; внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="135" w:name="SUB1003587126"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1003587126" \o "Конституционный закон Республики Казахстан от 3 июля 2013 года № 121-V \«О внесении изменений и дополнений в Конституционный закон Республики Казахстан и в некоторые законодательные акты Республики Казахстан по вопросам исключения противоречий, пробелов, коллизий между нормами права различных законодательных актов и норм, способствующих совершению коррупционных правонарушений\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 03.07.13 г. № 121-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="136" w:name="SUB1003587128"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1003587128" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. Лица, претендующие на занятие государственной должности с высоким риском совершения коррупционных правонарушений, принимают на себя обязательства о возможности применения в отношении них специальной проверки на предмет соблюдения антикоррупционного законодательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Перечень и методика определения должностей с высоким риском совершения коррупционных правонарушений и механизм осуществления специальной проверки на предмет соблюдения антикоррупционного законодательства определяются Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> См. также:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="137" w:name="SUB1000124385"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000124385" \o "Приказ Генерального Прокурора Республики Казахстан от 20 января 2004 года № 4 \«Об утверждении Инструкции о ведении учета лиц, совершивших коррупционные правонарушения, привлеченных к дисциплинарной ответственности\» (с изменениями и дополнениями по состоянию на 24.06.2011 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Инструкцию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>о ведении учета лиц, совершивших коррупционные правонарушения, привлеченных к дисциплинарной ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="138" w:name="SUB90000"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В статью 9 внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="139" w:name="SUB1000926171"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000926171" \o "Закон Республики Казахстан от 10 декабря 2008 года № 101-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам налогообложения\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 10.12.08 г. № 101-IV (введен в действие с 1 января 2009 г.) (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="140" w:name="SUB1000926153"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000926153" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="141" w:name="SUB1001160739"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001160739" \o "Закон Республики Казахстан от 28 августа 2009 года № 192-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам противодействия легализации (отмыванию) доходов, полученных незаконным путем, и финансированию терроризма\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 28.08.09 г. № 192-IV (введен в действие по истечении шести месяцев после его первого официального</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="142" w:name="SUB1001160633"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001160633" \o "СПРАВКА О ЗАКОНЕ РК ОТ 28.08.2009 № 192-IV" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>опубликования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>) (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="143" w:name="SUB1001336338"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001336338" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="144" w:name="SUB1001245100"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245100" \o "Закон Республики Казахстан от 7 декабря 2009 года № 222-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам дальнейшего усиления борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 07.12.09 г. № 222-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="145" w:name="SUB1001245079"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245079" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="146" w:name="SUB1002721594"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002721594" \o "Закон Республики Казахстан от 26 декабря 2012 года № 61-V \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам налогообложения\» (с изменениями по состоянию на 05.12.2013 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 26.12.12 г. № 61-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="147" w:name="SUB1002721583"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002721583" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 9. Меры финансового контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Лица, являющиеся кандидатами на государственную должность либо на должность, связанную с выполнением государственных или приравненных к ним функций, представляют в налоговый орган по месту жительства:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="148" w:name="SUB1000926270"/>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000926270" \o "Кодекс Республики Казахстан от 10 декабря 2008 года № 99-IV \«О налогах и других обязательных платежах в бюджет (Налоговый кодекс)\» (с изменениями и дополнениями по состоянию на 02.07.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>декларацию о доходах и имуществе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, являющемся объектом налогообложения, в том числе находящемся за пределами территории Республики Казахстан, с указанием места нахождения указанного имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сведения о:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>вкладах в банковских учреждениях и о ценных бумагах, в том числе за пределами территории Республики Казахстан, с указанием банковского учреждения, а также о финансовых средствах, которыми данные лица вправе распоряжаться лично или совместно с другими лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>своем участии в качестве акционера или учредителя (участника) юридических лиц с указанием доли участия в уставном капитале и полных банковских или иных реквизитов указанных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>жемқ</w:t>
-[...1168 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>трастах и о государствах, в которых они зарегистрированы с указанием номеров соответствующих банковских счетов, если лицо или его супруг (супруга) является</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="149" w:name="SUB1000055301"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000055301" \o "Закон Республики Казахстан от 29 июня 1998 года № 237-I \«О платежах и переводах денег\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>бенефициаром</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>этих трастов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>названиях и реквизитах других организаций, у которых с лицом имеются договорные отношения, соглашения и обязательства (в том числе и устные) по содержанию или временному хранению материальных и финансовых средств, принадлежащих лицу или супругу (супруге) в размере, превышающем тысячекратный размер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="150" w:name="SUB1000000358"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000000358" \o "Сведения о минимальной заработной плате, МРП и прожиточном минимуме (на 1995 - 2014 годы)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>месячного расчетного показателя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>См.:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="151" w:name="SUB1000086916"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000086916" \o "Письмо Налогового комитета Министерства финансов Республики Казахстан от 26 марта 2003 г. № НК-УМ-07-1-18/2315" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Письмо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>НК МФ РК от 26 марта 2003 г. № НК-УМ-07-1-18/2315,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="152" w:name="SUB1000086844"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000086844" \o "Письмо Налогового комитета Министерства финансов Республики Казахстан от 17 марта 2003 г. № НК-УМ-07-3-18/2036 Относительно представления Декларации по индивидуальному подоходному налогу" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Письмо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="152"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>НК МФ РК от 17 марта 2003 г. № НК-УМ-07-3-18/2036 «Относительно представления Декларации по индивидуальному подоходному налогу»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="153" w:name="SUB1000086892"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000086892" \o "Письмо Налогового комитета Министерства финансов Республики Казахстан от 15 марта 2003 г. № НК-УМ-07-3-18/2014" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Письмо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>НК МФ РК от 15 марта 2003 г. № НК-УМ-07-3-18/2014 о преподавателях военных кафедр,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="154" w:name="SUB1000134784"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000134784" \o "Письмо Министерства государственных доходов Республики Казахстан от 23 марта 2000 г. № ЮД-2-12/2611" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Письмо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="154"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>МГД от 23 марта 2000 г. № ЮД-2-12/2611 о том, что работники здравоохранения, образования и ГЦВП не должны представлять декларацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="155" w:name="SUB90200"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Лица, занимающие государственную должность, ежегодно в период выполнения своих полномочий в порядке, установленном налоговым законодательством Республики Казахстан, представляют в налоговый орган по месту жительства декларацию о доходах и имуществе, являющемся объектом налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>См.:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="156" w:name="SUB1001392692"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001392692" \o "Ответ Председателя Налогового комитета Министерства финансов РК от 9 марта 2010 года на вопрос от 22 февраля 2010 года № 32703 (e.gov.kz) \«Касательно обязательного представления лицами, занимающими государственную должность, декларации о доходах и имуществе\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Ответ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="156"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Председателя НК МФ РК от 9 марта 2010 года на вопрос от 22 февраля 2010 года № 32703 (e.gov.kz);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="157" w:name="SUB1000388980"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000388980" \o "Письмо Налогового комитета Министерства финансов Республики Казахстан от 24 марта 2005 года № НК-ЮУ-4-13/2557" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Письмо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="157"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>НК МФ РК от 24 марта 2005 года № НК-ЮУ-4-13/2557,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="158" w:name="SUB1000069802"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000069802" \o "Письмо Налогового комитета Министерства финансов Республики Казахстан от 21 апреля 2003 г. № НК-ЮУ-18-3-18/2937" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Письмо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="158"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>НК МФ РК от 21 апреля 2003 г. № НК-ЮУ-18-3-18/2937.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="159" w:name="SUB9020100"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2-1. Лица, уволенные с государственной службы по отрицательным мотивам, в течение трех лет после увольнения в порядке, установленном налоговым законодательством Республики Казахстан, представляют в налоговый орган по месту жительства декларацию о доходах и имуществе, являющемся объектом налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="160" w:name="SUB90300"/>
+      <w:bookmarkEnd w:id="160"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. Супруг (супруга) лица, указанного в части первой пункта 1 настоящей статьи, представляет в налоговый орган по месту жительства:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>декларацию о доходах и имуществе, являющемся объектом налогообложения, в том числе находящемся за пределами территории Республики Казахстан, с указанием места нахождения указанного имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сведения о:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>вкладах в банковских учреждениях и о ценных бумагах, в том числе за пределами территории Республики Казахстан, с указанием банковского учреждения, а также о финансовых средствах, которыми данные лица вправе распоряжаться лично или совместно с другими лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>своем участии в качестве акционера или учредителя (участника) юридических лиц с указанием доли участия в уставном капитале и полных банковских и иных реквизитов указанных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>трастах и о государствах, в которых они зарегистрированы, с указанием номеров соответствующих банковских счетов, если лицо или его супруг (супруга) является бенефициаром этих трастов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>названиях и реквизитах других организаций, у которых с лицом имеются договорные отношения, соглашения и обязательства (в том числе и устные) по содержанию или временному хранению материальных и финансовых средств, принадлежащих лицу или супругу (супруге) и превышающих 1000-кратный размер месячного расчетного показателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>См.:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="161" w:name="SUB1000007111"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000007111" \o "Письмо Генеральной прокуратуры Республики Казахстан от 19 марта 2001 г. № 7-21-6-10-2001 \«По вопросу привлечения к административной ответственности супругов государственных служащих за непредставление или несвоевременное представление налоговых деклараций о совокупном годовом доходе\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Письмо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="161"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Генеральной прокуратуры РК от 19 марта 2001 г. № 7-21-6-10-2001 «По вопросу привлечения к административной ответственности супругов государственных служащих за непредставление или несвоевременное представление налоговых деклараций о совокупном годовом доходе» .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="162" w:name="SUB9030100"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>хабардар ет</w:t>
-[...1078 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>3-1. Супруг (супруга) лица, указанного в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="163" w:name="SUB1000167282"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000167282" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>пунктах 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="164" w:name="SUB1000926177"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000926177" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>2-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="164"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>настоящей статьи, представляет в налоговый орган по месту жительства декларацию о доходах и имуществе, являющемся объектом налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="165" w:name="SUB9030200"/>
+      <w:bookmarkEnd w:id="165"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Статья дополнена пунктом 3-2 в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="166" w:name="SUB1002315987"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002315987" \o "Закон Республики Казахстан от 13 февраля 2012 года № 553-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам специальных государственных органов Республики Казахстан\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="166"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 13.02.12 г. № 553-IV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3-2. Члены семьи лица, являющегося кандидатом на службу в специальный государственный орган, представляют в налоговый орган по месту жительства декларацию и сведения, указанные в пункте 3 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Примечание. Под членами семьи лица, являющегося кандидатом на службу в специальный государственный орган, в настоящем пункте признаются супруг (супруга), совершеннолетние дети и лица, находящиеся на его иждивении и постоянно проживающие с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="167" w:name="SUB90400"/>
+      <w:bookmarkEnd w:id="167"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4. Указанные в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="168" w:name="SUB1000007107"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000007107" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>пунктах 1,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="168"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="169" w:name="SUB1000167282_2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000167282" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="169"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>настоящей статьи лица предоставляют соответственно в орган, на занятие должности в котором они претендуют, либо по месту работы справку из налогового органа о получении им деклараций и сведений, перечисленные в пунктах 1 - 3-1 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="170" w:name="SUB90500"/>
+      <w:bookmarkEnd w:id="170"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Пункт 5 изложен в редакции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="171" w:name="SUB1003587131"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1003587131" \o "Конституционный закон Республики Казахстан от 3 июля 2013 года № 121-V \«О внесении изменений и дополнений в Конституционный закон Республики Казахстан и в некоторые законодательные акты Республики Казахстан по вопросам исключения противоречий, пробелов, коллизий между нормами права различных законодательных актов и норм, способствующих совершению коррупционных правонарушений\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="171"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 03.07.13 г. № 121-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="172" w:name="SUB1003587132"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1003587132" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="172"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5. Непредставление или представление неполных, недостоверных деклараций и сведений, перечисленных в настоящей статье, лицами, указанными в пунктах 1 и 2 настоящей статьи (за исключением лиц, уволенных с государственной службы по отрицательным мотивам), если в содеянном не содержится признаков уголовно наказуемого деяния, является основанием для отказа в наделении лица соответствующими полномочиями либо влечет дисциплинарную ответственность в предусмотренном законом порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>См.:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="173" w:name="SUB1000069577_3"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000069577" \o "Кодекс Республики Казахстан об административных правонарушениях от 30 января 2001 года № 155-II (с изменениями и дополнениями по состоянию на 04.07.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>административную ответственность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="173"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="174" w:name="SUB1004167317"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1004167317" \o "Закон Республики Казахстан от 30 июня 2014 года № 213-V \«Об амнистии граждан Республики Казахстан, оралманов и лиц, имеющих вид на жительство в Республике Казахстан, в связи с легализацией ими имущества\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="174"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 30 июня 2014 года № 213-V «Об амнистии граждан Республики Казахстан, оралманов и лиц, имеющих вид на жительство в Республике Казахстан, в связи с легализацией ими имущества»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="175" w:name="SUB9050100"/>
+      <w:bookmarkEnd w:id="175"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5-1. Деяния, указанные в пункте 5 настоящей статьи, совершенные умышленно, а также совершенные неоднократно, влекут административную ответственность, налагаемую в установленном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="176" w:name="SUB1000069577_4"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000069577" \o "Кодекс Республики Казахстан об административных правонарушениях от 30 января 2001 года № 155-II (с изменениями и дополнениями по состоянию на 04.07.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="176"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="177" w:name="SUB90600"/>
+      <w:bookmarkEnd w:id="177"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6. Деяния, указанные в пункте 5 настоящей статьи, совершенные впервые в течение трех лет после освобождения лиц от выполнения государственных или приравненных к ним функций, а также повторное совершение таких действий влекут установленную законом административную ответственность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="178" w:name="SUB90700"/>
+      <w:bookmarkEnd w:id="178"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>7. В порядке, установленном законодательством, могут быть опубликованы сведения о размерах и об источниках дохода должностных лиц, занимающих ответственные государственные должности, а также сведения о доходах кандидатов на выборные государственные должности при их выдвижении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="179" w:name="SUB90800"/>
+      <w:bookmarkEnd w:id="179"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>8. Лицам, уполномоченным на выполнение государственных функций, и лицам, приравненным к ним, запрещается заключение гражданско-правовых</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="180" w:name="SUB1000000390"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000000390" \o "Гражданский кодекс Республики Казахстан (Общая часть), принят Верховным Советом Республики Казахстан 27 декабря 1994 года (с изменениями и дополнениями по состоянию на 30.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>сделок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="180"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>не под своим именем, на подставных лиц, анонимно, под псевдонимом и других. Эти сделки признаются недействительными в установленном</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="181" w:name="SUB1000023092"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000023092" \o "Гражданский кодекс Республики Казахстан (Общая часть), принят Верховным Советом Республики Казахстан 27 декабря 1994 года (с изменениями и дополнениями по состоянию на 30.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="181"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="182" w:name="SUB90900"/>
+      <w:bookmarkEnd w:id="182"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>9. Физические и юридические лица, которые участвуют в выполнении функций по управлению государственным имуществом, представляют в порядке и сроки, установленные Правительством Республики Казахстан, отчеты о всех сделках имущественного характера и финансовой деятельности, связанных с государственной собственностью, в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="183" w:name="SUB1000101965"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000101965" \o "Постановление Конституционного Совета Республики Казахстан от 17 марта 1999 года № 4/2 \«Об официальном толковании подпункта 4) статьи 66 Конституции Республики Казахстан\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>государственный орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="183"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, осуществляющий в отношении государственного имущества правомочия собственника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="184" w:name="SUB91000"/>
+      <w:bookmarkEnd w:id="184"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В пункт 10 внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="185" w:name="SUB1004056541"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1004056541" \o "Закон Республики Казахстан от 10 июня 2014 года № 206-V \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="185"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 10.06.14 г. № 206-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="186" w:name="SUB1004056543"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1004056543" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="186"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ж</w:t>
-[...986 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>10. Поступающие в налоговые органы сведения, предусмотренные настоящей статьей, составляют служебную тайну. Их разглашение, если в содеянном не содержится признаков уголовно наказуемого деяния, влечет увольнение виновного лица. Данные сведения представляются только по запросам органов, указанных в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="187" w:name="SUB1000057694_2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000057694" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>пунктах 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="187"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="188" w:name="SUB1000211412_2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211412" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="188"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>статьи 6 настоящего Закона, а также судебном порядке, установленном законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Сведения, составляющие служебную тайну, представляются уполномоченному органу по финансовому мониторингу в целях и порядке, предусмотренных</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="189" w:name="SUB1001160335"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001160335" \o "Закон Республики Казахстан от 28 августа 2009 года № 191-IV \«О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="189"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>См.:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="190" w:name="SUB1000211414"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211414" \o "Письмо Министерства государственных доходов Республики Казахстан от 30 мая 2000 года № ЮД-2-13/4877 О предоставлении деклараций госслужащих по требованию правоохранительных органов" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Письмо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="190"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>МГД РК от 30 мая 2000 года № ЮД-2-13/4877 «О предоставлении деклараций госслужащих по требованию правоохранительных органов» .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="191" w:name="SUB91100"/>
+      <w:bookmarkEnd w:id="191"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>11. Меры финансового контроля, предусмотренные настоящей статьей, не распространяются на правоотношения, связанные с приобретением в собственность жилищ и строительных материалов для строительства жилищ в Республике Казахстан. Финансовый контроль при приобретении жилищ и строительных материалов для их строительства осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="192" w:name="SUB100000"/>
+      <w:bookmarkEnd w:id="192"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В статью 10 внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="193" w:name="SUB1000211395"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211395" \o "Закон Республики Казахстан от 11 мая 2004 года № 552-II О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам местного государственного управления" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="193"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 11.05.04 г. № 552-II (см.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="194" w:name="SUB1000068723"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000068723" \o "Закон Республики Казахстан от 11 мая 2004 года № 552-II О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам местного государственного управления" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>сроки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="194"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>введения в действие);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="195" w:name="SUB1000656799"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000656799" \o "Закон Республики Казахстан от 21 июля 2007 года № 308-III \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам совершенствования борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="195"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 21.07.07 г. № 308-III (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="196" w:name="SUB1000656798"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000656798" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="196"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="197" w:name="SUB1001245101"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245101" \o "Закон Республики Казахстан от 7 декабря 2009 года № 222-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам дальнейшего усиления борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="197"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 07.12.09 г. № 222-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="198" w:name="SUB1001245102"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245102" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="198"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="199" w:name="SUB1001239381"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001239381" \o "Закон Республики Казахстан от 8 декабря 2009 года № 226-IV \«О внесении изменений и дополнения в некоторые законодательные акты Республики Казахстан по вопросам правового положения лиц, уполномоченных на выполнение государственных функций, и лиц, приравненных к ним\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="199"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 08.12.09 г. № 226-IV (введен в действие с 1 января 2010 г.) (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="200" w:name="SUB1001258518"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001258518" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="200"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>); внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="201" w:name="SUB1001760779"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760779" \o "Закон Республики Казахстан от 29 декабря 2010 года № 371-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам государственной службы и борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="201"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 29.12.10 г. № 371-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="202" w:name="SUB1001760780"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760780" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="202"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 10. Деятельность, несовместимая с выполнением государственных функций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Пункт 1 изложен в редакции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="203" w:name="SUB1002295265"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002295265" \o "Закон Республики Казахстан от 1 февраля 2012 года № 551-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам деятельности Фонда национального благосостояния\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="203"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 01.02.12 г. № 551-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="204" w:name="SUB1002295267"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002295267" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="204"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Должностным и иным лицам, уполномоченным на выполнение государственных функций, и лицам, приравненным к ним (за исключением депутатов маслихатов, осуществляющих свою деятельность не на постоянной или освобожденной основе, а также лиц, указанных в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="205" w:name="SUB1000122460_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000122460" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>подпункте 2) пункта 3 статьи 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="205"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>настоящего Закона и части второй настоящего пункта), запрещается заниматься другой оплачиваемой деятельностью, кроме педагогической, научной и иной творческой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Лица, исполняющие управленческие функции в организациях, входящих в группу Фонда национального благосостояния, вправе занимать оплачиваемые должности в органах управления, наблюдательных советах, исполнительных органах иных организаций, входящих в группу Фонда национального благосостояния.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>См.:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="206" w:name="SUB1000484957"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000484957" \o "Письмо Налогового комитета по городу Алматы от 1 марта 2006 года № 04.3-07/2735" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Письмо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="206"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>НК по г. Алматы от 1 марта 2006 года № 04.3-07/2735</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="207" w:name="SUB100200"/>
+      <w:bookmarkEnd w:id="207"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Депутатам Парламента Республики Казахстан, членам Правительства Республики Казахстан, Председателю и членам Конституционного Совета Республики Казахстан, судьям запрещается заниматься предпринимательской деятельностью, самостоятельно участвовать в управлении хозяйствующим субъектом, если управление или участие в управлении хозяйствующим субъектом не входит в их должностные обязанности в соответствии с законодательством, содействовать удовлетворению материальных интересов организаций или физических лиц путем неправомерного использования своих служебных полномочий с целью получения материальных благ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="208" w:name="SUB10020100"/>
+      <w:bookmarkEnd w:id="208"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Статья дополнена пунктом 2-1  в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="209" w:name="SUB1002522522"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002522522" \o "Закон Республики Казахстан от 5 июля 2012 года № 30-V \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам организации деятельности Национального Банка Республики Казахстан, регулирования финансового рынка и финансовых организаций\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="209"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 05.07.12 г. № 30-V</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2-1. Председателю Национального Банка Республики Казахстан и его заместителям запрещается приобретение паев инвестиционных фондов, облигаций, акций коммерческих организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель Национального Банка Республики Казахстан и его заместители в течение месяца с даты их назначения на должности обязаны передать в доверительное управление в порядке, установленном законодательством Республики Казахстан, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve"> 3-2. Арнаулы мемлекеттік органда қызметке кандидат болып табылатын адамның отбасы мүшелері</w:t>
-[...989 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>принадлежащие паи инвестиционных фондов, облигации и акции коммерческих организаций, приобретенные до назначения их на должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="210" w:name="SUB100300"/>
+      <w:bookmarkEnd w:id="210"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. Лица, указанные в пункте 2 настоящей статьи, в течение месяца после вступления в должность обязаны передать в</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="211" w:name="SUB1000015707"/>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000015707" \o "Гражданский кодекс Республики Казахстан от 1 июля 1999 года № 409-I (Особенная часть) (с изменениями и дополнениями по состоянию на 30.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>доверительное управление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="211"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>на время выполнения этих функций в порядке, установленном законодательством Республики Казахстан, принадлежащее им имущество, использование которого влечет получение доходов, за исключением денег, законно принадлежащих этим лицам, а также имущества, переданного в имущественный наем. Договор на доверительное управление имуществом подлежит нотариальному удостоверению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="212" w:name="SUB100400"/>
+      <w:bookmarkEnd w:id="212"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4. Лицам, указанным в пункте 1 настоящей статьи, за исключением лиц, указанных в пункте 2 настоящей статьи, запрещается самостоятельно участвовать в управлении хозяйствующим субъектом, если управление или участие в управлении хозяйствующим субъектом не входит в их должностные обязанности в соответствии с законодательством, содействовать удовлетворению материальных интересов организаций или физических лиц путем неправомерного использования своих служебных полномочий с целью получения материальных благ, заниматься предпринимательской деятельностью, за исключением приобретения и (или) реализации паев открытых и интервальных паевых инвестиционных фондов, облигаций на организованном рынке ценных бумаг, акций коммерческих организаций (простые акции в объеме, не превышающем пять процентов от общего количества голосующих акций организаций) на организованном рынке ценных бумаг, а также передачи в имущественный наем жилищ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>В случае приобретения акций лица, указанные в пункте 1 настоящей статьи, за исключением лиц, указанных в пункте 2 настоящей статьи, обязаны передать их в доверительное управление в течение месяца со дня приобретения в порядке, установленном законодательством Республики Казахстан, и представить в кадровую службу по месту работы копию нотариально удостоверенного договора на доверительное управление имуществом в течение десяти рабочих дней после нотариального удостоверения договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="213" w:name="SUB100500"/>
+      <w:bookmarkEnd w:id="213"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5. Лица, указанные в пункте 1 настоящей статьи, за исключением лиц, указанных в пункте 2 настоящей статьи, в течение месяца после вступления в должность обязаны передать в доверительное управление на время выполнения этих функций в порядке, установленном законодательством Республики Казахстан, принадлежащее им имущество, использование которого влечет получение доходов, за исключением денег, облигаций, паев открытых и интервальных паевых инвестиционных фондов, законно принадлежащих этим лицам, а также имущества, переданного в имущественный наем. Договор на доверительное управление имуществом подлежит нотариальному удостоверению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="214" w:name="SUB100600"/>
+      <w:bookmarkEnd w:id="214"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6. Лица, указанные в пункте 1 настоящей статьи, занимающиеся деятельностью, несовместимой с выполнением этих функций, подлежат увольнению или иному освобождению от выполнения соответствующих функций в установленном законом порядке. Лицо, уполномоченное на выполнение государственных функций, или лицо, приравненное к нему, освобожденное от выполнения указанных функций в связи с занятием деятельностью, несовместимой с выполнением таких функций, не может быть вновь уполномочено на выполнение таких функций до тех пор, пока не прекратит заниматься указанной в настоящей статье деятельностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="215" w:name="SUB110000"/>
+      <w:bookmarkEnd w:id="215"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В статью 11 внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="216" w:name="SUB1000211415"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211415" \o "Закон Республики Казахстан от 25 сентября 2003 года № 484-II О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам борьбы с коррупцией" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="216"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 25.09.03 г. № 484-II (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="217" w:name="SUB1000211416"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211416" \o "Закон РК от 2 июля 1998 г. № 267-1 О борьбе с коррупцией (с" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="217"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="218" w:name="SUB1001245103"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245103" \o "Закон Республики Казахстан от 7 декабря 2009 года № 222-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам дальнейшего усиления борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="218"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 07.12.09 г. № 222-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="219" w:name="SUB1001245104"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245104" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="219"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="220" w:name="SUB1001760786"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760786" \o "Закон Республики Казахстан от 29 декабря 2010 года № 371-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам государственной службы и борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="220"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 29.12.10 г. № 371-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="221" w:name="SUB1001760787"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760787" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="221"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 11. Недопустимость совместной службы близких родственников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Должностные и иные лица, уполномоченные на выполнение государственных функций, и лица, приравненные к ним, не могут занимать должности, находящиеся в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>мемлекетт</w:t>
-[...995 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>непосредственной подчиненности должностям, занимаемым их близкими родственниками (родителями, детьми, усыновителями, усыновленными, полнородными и неполнородными братьями и сестрами, дедушками, бабушками, внуками) или супругом (супругой), за исключением случаев, предусмотренных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="222" w:name="SUB110200"/>
+      <w:bookmarkEnd w:id="222"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Лица, нарушающие требования пункта 1 настоящей статьи, если они добровольно в течение трех месяцев с момента обнаружения указанного нарушения его не устранят, подлежат переводу на должности, исключающие такую подчиненность, а при невозможности такого перевода один из этих служащих подлежит увольнению с должности или иному освобождению от указанных функций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="223" w:name="SUB110300"/>
+      <w:bookmarkEnd w:id="223"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. Лица, уволенные по основаниям, указанным в пункте 1 настоящей статьи, имеют право поступления на государственную и иную службу, сопряженную с выполнением государственных или приравненных к ним функций, в другие органы, организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>См.:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="224" w:name="SUB1000211417"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211417" \o "Приказ Генеральной Прокуратуры Республики Казахстан от 24 апреля 2001 года № 68 \«Об организации прокурорского надзора за применением Закона \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 18.07.2011 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="224"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Генеральной Прокуратуры Республики Казахстан от 24 апреля 2001 года № 68 Об организации прокурорского надзора за применением Закона «О борьбе с коррупцией».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="225" w:name="SUB120000"/>
+      <w:bookmarkEnd w:id="225"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В статью 12 внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="226" w:name="SUB1000038419"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000038419" \o "Закон Республики Казахстан от 28 апреля 2000 года № 46-II О внесении дополнения в Закон Республики Казахстан \«О борьбе с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="226"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 28.04.2000 г. № 46-II;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="227" w:name="SUB1000211418"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211418" \o "Закон Республики Казахстан от 25 сентября 2003 года № 484-II О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам борьбы с коррупцией" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="227"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 25.09.03 г. № 484-II (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="228" w:name="SUB1000211419"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211419" \o "Закон РК от 2 июля 1998 г. № 267-1 О борьбе с коррупцией (с" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="228"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="229" w:name="SUB1000656819"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000656819" \o "Закон Республики Казахстан от 21 июля 2007 года № 308-III \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам совершенствования борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="229"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 21.07.07 г. № 308-III (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="230" w:name="SUB1000656778"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000656778" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="230"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="231" w:name="SUB1001245105"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245105" \o "Закон Республики Казахстан от 7 декабря 2009 года № 222-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам дальнейшего усиления борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="231"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 07.12.09 г. № 222-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="232" w:name="SUB1001245081"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245081" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="232"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="233" w:name="SUB1001760792"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760792" \o "Закон Республики Казахстан от 29 декабря 2010 года № 371-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам государственной службы и борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="233"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 29.12.10 г. № 371-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="234" w:name="SUB1001760705"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760705" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="234"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 12. Правонарушения, создающие условия для коррупции, и ответственность за них</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Правонарушениями, создающими условия для коррупции, являются следующие деяния лиц, уполномоченных на выполнение государственных функций, или лиц, приравненных к ним:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="235" w:name="SUB120101"/>
+      <w:bookmarkEnd w:id="235"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1) неправомерное вмешательство в деятельность других государственных органов, организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="236" w:name="SUB120102"/>
+      <w:bookmarkEnd w:id="236"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2) использование своих служебных полномочий при решении вопросов, связанных с удовлетворением материальных интересов указанных лиц либо их близких родственников и свойственников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="237" w:name="SUB120103"/>
+      <w:bookmarkEnd w:id="237"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Подпункт 3 изложен в редакции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="238" w:name="SUB1002295275"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002295275" \o "Закон Республики Казахстан от 1 февраля 2012 года № 551-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам деятельности Фонда национального благосостояния\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="238"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 01.02.12 г. № 551-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="239" w:name="SUB1002295276"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1002295276" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="239"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3) предоставление не предусмотренных законом преимуществ (протекционизм, семейственность) при поступлении и продвижении по государственной службе и в государственных организациях и организациях, в уставном капитале которых доля государства составляет более пятидесяти процентов, в том числе в национальных управляющих холдингах, национальных холдингах, национальных компаниях, национальных институтах развития, акционером которых является государство, их дочерних организациях, более пятидесяти процентов голосующих акций (долей участия) которых принадлежат им, а также юридических лицах, более пятидесяти процентов голосующих акций (долей участия) которых принадлежит указанным дочерним организациям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="240" w:name="SUB120104"/>
+      <w:bookmarkEnd w:id="240"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4) оказание неправомерного предпочтения юридическим и физическим лицам при подготовке и принятии решений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="241" w:name="SUB120105"/>
+      <w:bookmarkEnd w:id="241"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5) оказание кому бы то ни было любого не предусмотренного законодательством содействия в осуществлении предпринимательской и иной связанной с извлечением дохода деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="242" w:name="SUB120106"/>
+      <w:bookmarkEnd w:id="242"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6) использование в личных или групповых интересах информации, полученной при выполнении государственных функций, если таковая не подлежит официальному распространению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="243" w:name="SUB120107"/>
+      <w:bookmarkEnd w:id="243"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>7) необоснованный отказ в информации физическим и юридическим лицам, предоставление которой предусмотрено законодательством, задержка ее, передача недостоверной или неполной информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="244" w:name="SUB120108"/>
+      <w:bookmarkEnd w:id="244"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve"> Ұлттық ә</w:t>
-[...1018 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>8) требование от физических или юридических лиц информации, предоставление которой этими лицами не предусмотрено законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="245" w:name="SUB120109"/>
+      <w:bookmarkEnd w:id="245"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>9) передача государственных финансовых и материальных ресурсов в избирательные фонды отдельных кандидатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="246" w:name="SUB120110"/>
+      <w:bookmarkEnd w:id="246"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>10) неоднократное нарушение установленного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="247" w:name="SUB1000572557"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000572557" \o "Закон Республики Казахстан от 12 января 2007 года № 221-III \«О порядке рассмотрения обращений физических и юридических лиц\» (с изменениями и дополнениями по состоянию на 03.07.2013 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="247"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>порядка рассмотрения обращений физических и юридических лиц и решения иных входящих в их компетенцию вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="248" w:name="SUB120111"/>
+      <w:bookmarkEnd w:id="248"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>11) дарение подарков и оказание неслужебных услуг вышестоящим официальным лицам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>для получения с использованием должностных полномочий указанных лиц имущественной выгоды, блага либо преимущества</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="249" w:name="SUB120112"/>
+      <w:bookmarkEnd w:id="249"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>12) явное воспрепятствование физическим или юридическим лицам в реализации их прав и законных интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="250" w:name="SUB120113"/>
+      <w:bookmarkEnd w:id="250"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В подпункт 13 внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="251" w:name="SUB1001790506_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001790506" \o "3акон Республики Казахстан от 6 января 2011 года № 378-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам государственного контроля и надзора\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>3аконом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="251"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 06.01.11 г. № 378-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="252" w:name="SUB1001790510"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001790510" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="252"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>13) делегирование полномочий на государственное регулирование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="253" w:name="SUB1000000387"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000000387" \o "Гражданский кодекс Республики Казахстан (Общая часть), принят Верховным Советом Республики Казахстан 27 декабря 1994 года (с изменениями и дополнениями по состоянию на 30.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>предпринимательской деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="253"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>физическим или юридическим лицам, осуществляющим такую деятельность, а также на контроль и надзор за нею;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>13-1) передача государственных контрольных и надзорных функций организациям, не имеющим статуса государственного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>См.:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="254" w:name="SUB1000002883"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000002883" \o "Постановление Правительства Республики Казахстан от 23 августа 1999 года № 1225 Отдельные вопросы государственного регулирования и контроля предпринимательской деятельности в Республике Казахстан" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Постановление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="254"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Правительства Республики Казахстан от 23 августа 1999 года № 1225 «Отдельные вопросы государственного регулирования и контроля предпринимательской деятельности в Республике Казахстан».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="255" w:name="SUB120114"/>
+      <w:bookmarkEnd w:id="255"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>14) участие в азартных играх денежного или иного имущественного характера с вышестоящими, или нижестоящими, либо находящимися с ними в иной зависимости по службе или работе должностными лицами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="256" w:name="SUB120200"/>
+      <w:bookmarkEnd w:id="256"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Совершение лицами, уполномоченными на выполнение государственных функций, или лицами, приравненными к ним, какого-либо из указанных в</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="257" w:name="SUB1001760799"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760799" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>подпунктах 1), 6), 7), 8), 10), 11), 12), 14) пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="257"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>настоящей статьи правонарушений, если оно не содержит признаков уголовно наказуемого деяния, влечет понижение в должности,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>а в случае отсутствия вакантной нижестоящей должности - наложение в установленном законом порядке дисциплинарного взыскания в виде предупреждения о неполном служебном соответствии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Повторное совершение любого из указанных правонарушений в течение года после наложения дисциплинарного взыскания за первое правонарушение влечет увольнение с должности или иное освобождение от выполнения государственных функций в установленном законом порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Совершение лицами, уполномоченными на выполнение государственных функций, или лицами, приравненными к ним, какого-либо из указанных в</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="258" w:name="SUB1001760802"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760802" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>подпунктах 2), 3), 4), 5), 9), 13), 13-1) пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="258"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>настоящей статьи правонарушений, если оно не содержит признаков уголовно наказуемого деяния, влечет увольнение с должности или прекращение выполнения государственных функций в установленном законом порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="259" w:name="SUB120300"/>
+      <w:bookmarkEnd w:id="259"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. В случае совершения депутатами Парламента Республики Казахстан или лицами, указанными в подпункте 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="260" w:name="SUB1000122460_3"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000122460" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="260"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>статьи 3 настоящего Закона, какого-либо из указанных в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="261" w:name="SUB1000024049_2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000024049" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>пункте 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="261"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>настоящей статьи правонарушений, органы, ведущие борьбу с коррупцией, уведомляют об этом соответствующую избирательную комиссию, которая обязана в течение пяти дней со дня поступления материалов довести их до сведения Парламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="262" w:name="SUB130000"/>
+      <w:bookmarkEnd w:id="262"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В статью 13 внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="263" w:name="SUB1000211420"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211420" \o "Закон Республики Казахстан от 25 сентября 2003 года № 484-II О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам борьбы с коррупцией" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="263"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 25.09.03 г. № 484-II (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="264" w:name="SUB1000211421"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211421" \o "Закон РК от 2 июля 1998 г. № 267-1 О борьбе с коррупцией (с" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="264"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="265" w:name="SUB1000656823"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000656823" \o "Закон Республики Казахстан от 21 июля 2007 года № 308-III \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам совершенствования борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="265"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 21.07.07 г. № 308-III (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="266" w:name="SUB1000656775"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000656775" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="266"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="267" w:name="SUB1001760805"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760805" \o "Закон Республики Казахстан от 29 декабря 2010 года № 371-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам государственной службы и борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="267"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 29.12.10 г. № 371-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="268" w:name="SUB1001760702"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760702" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="268"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>облигацияларды, ұйымдастырылған бағ</w:t>
-[...884 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>Статья 13. Коррупционные правонарушения, связанные с противоправным получением благ и преимуществ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Коррупционными правонарушениями, связанными с противоправным получением благ и преимуществ, являются следующие деяния лиц, уполномоченных на выполнение государственных функций, или лиц, приравненных к ним:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="269" w:name="SUB130101"/>
+      <w:bookmarkEnd w:id="269"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1) принятие за исполнение своих государственных или приравненных к ним функций любого вознаграждения в виде денег, услуг и в иных формах от организаций, в которых лицо не выполняет соответствующие функции, а также от физических лиц, если иное не предусмотрено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Денежные средства, поступившие на счет лица, уполномоченного на выполнение государственных функций, или лица, приравненного к нему, без ведома указанного лица, а также средства, полученные им в связи с выполнением соответствующих функций в нарушение абзаца первого настоящего подпункта, подлежат не более чем в двухнедельный срок после их обнаружения перечислению в республиканский бюджет с представлением объяснения в соответствующий налоговый орган об обстоятельствах поступления таких средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="270" w:name="SUB130102"/>
+      <w:bookmarkEnd w:id="270"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2) принятие подарков или услуг в связи с исполнением своих государственных или приравненных к ним функций либо от лиц, зависимых от них по службе, за общее покровительство или попустительство по службе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Подарки,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>поступившие без ведома указанного лица, а также подарки, полученные им в связи с исполнением соответствующих функций в нарушение абзаца первого настоящего подпункта, подлежат в семидневный срок безвозмездной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="271" w:name="SUB1000025010"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000025010" \o "Постановление Правительства Республики Казахстан от 26 июля 2002 года № 833 \«Некоторые вопросы учета, хранения, оценки и дальнейшего использования имущества, обращенного (подлежащего обращению) в собственность государства по отдельным основаниям\» (с изменениями и дополнениями по состоянию на 30.05.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>сдаче в специальный государственный фонд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="271"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, а оказанные лицу при тех же обстоятельствах услуги должны быть оплачены им путем перечисления денежных средств в республиканский бюджет. Лицо, к которому поступили подарки, вправе с согласия вышестоящего должностного лица выкупить их из указанного фонда по рыночным розничным ценам, действующим в соответствующей местности. Вырученные от продажи подарков денежные средства специальный государственный фонд перечисляет в республиканский бюджет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>См.:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="272" w:name="SUB1000211422"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211422" \o "Письмо Агентства Республики Казахстан по делам государственной службы от 21 марта 2003 года № 04-01-01-14/110И" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Письмо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="272"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Агентства Республики Казахстан по делам государственной службы от 21 марта 2003 года № 04-01-01-14/110И.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="273" w:name="SUB130103"/>
+      <w:bookmarkEnd w:id="273"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3) принятие приглашений во внутригосударственные и в зарубежные туристические, лечебно-оздоровительные и иные поездки за счет физических и юридических лиц, как иностранных, так и Республики Казахстан, за исключением поездок:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>по приглашению супруга (супруги), родственников за их счет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>по приглашению иных физических лиц (с согласия вышестоящего должностного лица или органа), если отношения с ними не затрагивают вопросов служебной деятельности приглашаемых;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>осуществляемых в соответствии с международными договорами Республики Казахстан или на взаимной договоренности между государственными органами Республики Казахстан и государственными органами иностранных государств за счет средств соответствующих государственных органов и(или) международных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>осуществляемых с согласия вышестоящего должностного лица либо органа для участия в научных, спортивных, творческих, профессиональных, гуманитарных мероприятиях за счет средств организаций, в том числе поездок, осуществляемых в рамках уставной деятельности таких организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="274" w:name="SUB130104"/>
+      <w:bookmarkEnd w:id="274"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4) использование не предусмотренных законодательством преимуществ в получении кредитов, ссуд, приобретении ценных бумаг, недвижимости и иного имущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="275" w:name="SUB130200"/>
+      <w:bookmarkEnd w:id="275"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Члены семьи лица, уполномоченного на выполнение государственных функций, или лица, приравненного к нему, не вправе принимать подарки и услуги, приглашения в туристические, лечебно-оздоровительные и иные поездки за счет физических и юридических лиц, как иностранных, так и Республики Казахстан, с которыми указанное лицо связано по службе. Лицо, уполномоченное на выполнение государственных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Заңдарымен.</w:t>
-[...1013 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>функций, или лицо, приравненное к нему, обязано в семидневный срок безвозмездно сдать незаконно полученные членами его семьи подарки в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="276" w:name="SUB1000025010_2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000025010" \o "Постановление Правительства Республики Казахстан от 26 июля 2002 года № 833 \«Некоторые вопросы учета, хранения, оценки и дальнейшего использования имущества, обращенного (подлежащего обращению) в собственность государства по отдельным основаниям\» (с изменениями и дополнениями по состоянию на 30.05.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>специальный государственный фонд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="276"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и возместить стоимость услуг, которыми неправомерно воспользовались члены его семьи, путем перечисления денежных средств в республиканский бюджет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="277" w:name="SUB130300"/>
+      <w:bookmarkEnd w:id="277"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. Совершение лицом, уполномоченным на выполнение государственных функций, или лицом, приравненным к нему какого-либо из коррупционных правонарушений, указанных в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="278" w:name="SUB1000003992"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000003992" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>пунктах 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="278"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="279" w:name="SUB1000211423"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211423" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="279"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>настоящей статьи, если оно не содержит признаков уголовно наказуемого деяния, влечет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>увольнение с должности или прекращение выполнения государственных функций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="280" w:name="SUB130400"/>
+      <w:bookmarkEnd w:id="280"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4. В случае совершения депутатами Парламента Республики Казахстан или лицами, указанными в подпункте 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="281" w:name="SUB1000122460_4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000122460" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="281"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>статьи 3 настоящего Закона, какого-либо из указанных в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="282" w:name="SUB1000003992_2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000003992" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>пунктах 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="282"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="283" w:name="SUB1000211423_2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211423" \o "Закон Республики Казахстан от 2 июля 1998 года № 267-I \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 10.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="283"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>настоящей статьи правонарушений органы, ведущие борьбу с коррупцией, уведомляют об этом соответствующую избирательную комиссию, которая обязана в течение пяти дней со дня поступления материалов довести их до сведения Парламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>См.:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="284" w:name="SUB1000211417_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211417" \o "Приказ Генеральной Прокуратуры Республики Казахстан от 24 апреля 2001 года № 68 \«Об организации прокурорского надзора за применением Закона \«О борьбе с коррупцией\» (с изменениями и дополнениями по состоянию на 18.07.2011 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="284"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Генеральной Прокуратуры Республики Казахстан от 24 апреля 2001 года № 68 Об организации прокурорского надзора за применением Закона «О борьбе с коррупцией».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="285" w:name="SUB13010000"/>
+      <w:bookmarkEnd w:id="285"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Закон дополнен статьей 13-1 в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="286" w:name="SUB1000211424"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211424" \o "Закон Республики Казахстан от 25 сентября 2003 года № 484-II О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам борьбы с коррупцией" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="286"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 25.09.03 г. № 484-II; внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="287" w:name="SUB1001245106"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245106" \o "Закон Республики Казахстан от 7 декабря 2009 года № 222-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам дальнейшего усиления борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="287"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 07.12.09 г. № 222-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="288" w:name="SUB1001245107"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245107" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="288"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 13-1. Сроки наложения дисциплинарных взысканий за совершение коррупционных правонарушений и правонарушений, создающих условия для коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. В случае совершения коррупционного правонарушения либо правонарушения, создающего условия для коррупции, лицом, уполномоченным на выполнение государственных функций, либо приравненным к нему лицом дисциплинарное взыскание налагается не позднее трех месяцев со дня обнаружения проступка и не может быть наложено позднее одного года со дня совершения проступка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="289" w:name="SUB13010200"/>
+      <w:bookmarkEnd w:id="289"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. В случае отказа в возбуждении уголовного дела либо прекращения уголовного дела, но при наличии в деяниях лиц, указанных в пункте 1 настоящей статьи, признаков коррупционного административного правонарушения или дисциплинарного проступка взыскание может быть наложено в сроки, предусмотренные пунктом 1 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="290" w:name="SUB140000"/>
+      <w:bookmarkStart w:id="291" w:name="SUB140200"/>
+      <w:bookmarkStart w:id="292" w:name="SUB140300"/>
+      <w:bookmarkStart w:id="293" w:name="SUB150000"/>
+      <w:bookmarkStart w:id="294" w:name="SUB150200"/>
+      <w:bookmarkStart w:id="295" w:name="SUB160000"/>
+      <w:bookmarkStart w:id="296" w:name="SUB160200"/>
+      <w:bookmarkEnd w:id="290"/>
+      <w:bookmarkEnd w:id="291"/>
+      <w:bookmarkEnd w:id="292"/>
+      <w:bookmarkEnd w:id="293"/>
+      <w:bookmarkEnd w:id="294"/>
+      <w:bookmarkEnd w:id="295"/>
+      <w:bookmarkEnd w:id="296"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Исключена в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="297" w:name="SUB1000211425"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211425" \o "Закон Республики Казахстан от 25 сентября 2003 года № 484-II О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам борьбы с коррупцией" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="297"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>РК от 25.09.03 г. № 484-II</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="298" w:name="SUB1000211426"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211426" \o "Закон РК от 2 июля 1998 г. № 267-1 О борьбе с коррупцией (с" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="298"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Исключена в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="299" w:name="SUB1000211425_2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211425" \o "Закон Республики Казахстан от 25 сентября 2003 года № 484-II О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам борьбы с коррупцией" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="299"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>РК от 25.09.03 г. № 484-II</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="300" w:name="SUB1001245108"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245108" \o "Закон РК от 2 июля 1998 г. № 267-1 О борьбе с коррупцией (с" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="300"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Исключена в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="301" w:name="SUB1000211425_3"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211425" \o "Закон Республики Казахстан от 25 сентября 2003 года № 484-II О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам борьбы с коррупцией" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="301"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>РК от 25.09.03 г. № 484-II</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="302" w:name="SUB1001245109"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001245109" \o "Закон РК от 2 июля 1998 г. № 267-1 О борьбе с коррупцией (с" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="302"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="303" w:name="SUB170000"/>
+      <w:bookmarkEnd w:id="303"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В статью 17 внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="304" w:name="SUB1000211425_4"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211425" \o "Закон Республики Казахстан от 25 сентября 2003 года № 484-II О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам борьбы с коррупцией" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="304"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 25.09.03 г. № 484-II (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="305" w:name="SUB1000211427"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000211427" \o "Закон РК от 2 июля 1998 г. № 267-1 О борьбе с коррупцией (с" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="305"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 17. Ответственность лиц, сообщивших заведомо ложную информацию о факте коррупционного правонарушения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Государственный служащий, работник правоохранительного органа, сообщившие органу, ведущему борьбу с коррупцией, заведомо ложную информацию о факте коррупционного правонарушения в отношении другого государственного служащего, работника правоохранительного органа, наказываются в дисциплинарном порядке вплоть </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">жоғарылататын кезде </w:t>
-[...1105 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>до увольнения с должности или иного освобождения от выполнения соответствующих функций по представлению органа, ведущего борьбу с коррупцией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="306" w:name="SUB170200"/>
+      <w:bookmarkEnd w:id="306"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="307" w:name="SUB1000110935"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000110935" \o "Закон Республики Казахстан от 25 сентября 2003 года № 484-II О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам борьбы с коррупцией" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="307"/>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>См.:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="308" w:name="SUB1000070646"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000070646" \o "Кодекс Республики Казахстан об административных правонарушениях от 30 января 2001 года № 155-II (с изменениями и дополнениями по состоянию на 04.07.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>административную ответственность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="308"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j14"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="309" w:name="SUB180000"/>
+      <w:bookmarkEnd w:id="309"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Глава 3. Устранение последствий коррупционных правонарушений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 18. Взыскание незаконно полученного имущества или стоимости незаконно предоставленных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Во всех случаях незаконного обогащения лиц, уполномоченных на выполнение государственных функций, или лиц, приравненных к ним, в результате коррупционных правонарушений незаконно полученное имущество подлежит обращению, а стоимость незаконно полученных услуг взысканию в доход государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="310" w:name="SUB180200"/>
+      <w:bookmarkEnd w:id="310"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Пункт 2 изложен в редакции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="311" w:name="SUB1003587134"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1003587134" \o "Конституционный закон Республики Казахстан от 3 июля 2013 года № 121-V \«О внесении изменений и дополнений в Конституционный закон Республики Казахстан и в некоторые законодательные акты Республики Казахстан по вопросам исключения противоречий, пробелов, коллизий между нормами права различных законодательных актов и норм, способствующих совершению коррупционных правонарушений\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="311"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 03.07.13 г. № 121-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="312" w:name="SUB1003587135"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1003587135" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="312"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. В случаях отказа добровольно сдать незаконно полученное имущество или оплатить государству его стоимость или стоимость незаконно полученных услуг взыскание осуществляется по решению суда в доход государства по иску прокурора, органов налоговой службы либо других государственных органов и должностных лиц, уполномоченных на это законом. Указанные органы до вынесения судом решения принимают меры по сохранности имущества, принадлежащего правонарушителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="313" w:name="SUB180300"/>
+      <w:bookmarkEnd w:id="313"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. Если лицо, выполнявшее государственные функции, или лицо, приравненное к нему, после увольнения, иного освобождения от выполнения соответствующих функций за совершенное коррупционное правонарушение отказывается выполнить требования, предусмотренные пунктом 1 настоящей статьи, должностное лицо или орган, принимающие решение о таком освобождении, направляют в налоговый орган по месту жительства виновного лица уведомление о полученных противоправных доходах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="314" w:name="SUB180400"/>
+      <w:bookmarkEnd w:id="314"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Статья дополнена пунктом 4 в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="315" w:name="SUB1003587134_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1003587134" \o "Конституционный закон Республики Казахстан от 3 июля 2013 года № 121-V \«О внесении изменений и дополнений в Конституционный закон Республики Казахстан и в некоторые законодательные акты Республики Казахстан по вопросам исключения противоречий, пробелов, коллизий между нормами права различных законодательных актов и норм, способствующих совершению коррупционных правонарушений\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="315"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 03.07.13 г. № 121-V</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4. В случаях, указанных в пункте 2 настоящей статьи, прокурор, органы налоговой службы либо другие государственные органы и должностные лица, уполномоченные на это законом, не позднее месяца с момента возникновения обязанностей у лиц, уполномоченных на выполнение государственных функций, или лиц, приравненных к ним, по возврату незаконно полученного имущества или оплате государству его стоимости или стоимости незаконно полученных услуг обращаются в суд с иском об обращении незаконно полученного имущества и (или) взыскании стоимости незаконно полученных услуг в доход государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="316" w:name="SUB190000"/>
+      <w:bookmarkEnd w:id="316"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В статью 19 внесены изменения в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="317" w:name="SUB1001760814"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760814" \o "Закон Республики Казахстан от 29 декабря 2010 года № 371-IV \«О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам государственной службы и борьбы с коррупцией\»" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="317"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>РК от 29.12.10 г. № 371-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="318" w:name="SUB1001760816"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1001760816" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 02.07.1998 № 267-I" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="318"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 19. Признание сделок недействительными и аннулирование актов и действий, совершенных в результате коррупционных правонарушений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Сделки, заключенные в связи с совершением коррупционных правонарушений, признаются судом недействительными в установленном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="319" w:name="SUB1000023092_2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000023092" \o "Гражданский кодекс Республики Казахстан (Общая часть), принят Верховным Советом Республики Казахстан 27 декабря 1994 года (с изменениями и дополнениями по состоянию на 30.06.2014 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="319"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>порядке. Совершенные в результате коррупционных правонарушений акты, действия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>аннулируются</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>органом или должностным лицом, уполномоченным на принятие или отмену соответствующих актов, или судом по иску заинтересованных физических или юридических</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лиц, или прокурора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="320" w:name="SUB200000"/>
+      <w:bookmarkEnd w:id="320"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Глава 4. Заключительные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Статья 20. Применение действующего законодательства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>құқық бұзушылықтардың кез келген</w:t>
-[...5596 lines deleted...]
-    <w:sectPr w:rsidR="00E44303" w:rsidRPr="00226DFC">
+        <w:t>Законодательство Республики Казахстан, действующее на момент вступления в силу настоящего Закона, применяется в части, не противоречащей ему, и в течение трех месяцев со дня вступления его в силу должно быть приведено в соответствие с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5447"/>
+        <w:gridCol w:w="3908"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005357BF" w:rsidTr="005357BF">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF">
+            <w:pPr>
+              <w:pStyle w:val="j17"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="540"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Президент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF">
+            <w:pPr>
+              <w:pStyle w:val="j18"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="400"/>
+              <w:jc w:val="right"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF">
+            <w:pPr>
+              <w:pStyle w:val="j18"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="400"/>
+              <w:jc w:val="right"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Н. НАЗАРБАЕВ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005357BF" w:rsidRDefault="005357BF" w:rsidP="005357BF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD6F62" w:rsidRPr="005357BF" w:rsidRDefault="00AD6F62" w:rsidP="005357BF"/>
+    <w:sectPr w:rsidR="00AD6F62" w:rsidRPr="005357BF" w:rsidSect="00E50494">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="120"/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00226DFC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E44303"/>
+    <w:rsidRoot w:val="00C2497F"/>
+    <w:rsid w:val="005357BF"/>
+    <w:rsid w:val="00AD6F62"/>
+    <w:rsid w:val="00C2497F"/>
+    <w:rsid w:val="00E50494"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -21679,84 +20349,373 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00E50494"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C2497F"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C2497F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C2497F"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C2497F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00C2497F"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C2497F"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C2497F"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j11">
+    <w:name w:val="j11"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="005357BF"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="005357BF"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s3">
+    <w:name w:val="s3"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="005357BF"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s9">
+    <w:name w:val="s9"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="005357BF"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="j21">
+    <w:name w:val="j21"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="005357BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j12">
+    <w:name w:val="j12"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="005357BF"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="005357BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j13">
+    <w:name w:val="j13"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="005357BF"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="j22">
+    <w:name w:val="j22"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="005357BF"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="correspondent">
+    <w:name w:val="correspondent"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="005357BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j14">
+    <w:name w:val="j14"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="005357BF"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j15">
+    <w:name w:val="j15"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="005357BF"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j16">
+    <w:name w:val="j16"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="005357BF"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s00">
+    <w:name w:val="s00"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="005357BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j17">
+    <w:name w:val="j17"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="005357BF"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j18">
+    <w:name w:val="j18"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="005357BF"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="2633353">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1812014988">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1977687174">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1479419733">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -22008,55 +20967,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>20</Pages>
-[...1 lines deleted...]
-  <Characters>41979</Characters>
+  <Pages>16</Pages>
+  <Words>14835</Words>
+  <Characters>84563</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>349</Lines>
-  <Paragraphs>98</Paragraphs>
+  <Lines>704</Lines>
+  <Paragraphs>198</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>49245</CharactersWithSpaces>
+  <CharactersWithSpaces>99200</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>