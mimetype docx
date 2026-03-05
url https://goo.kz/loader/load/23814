--- v0 (2025-12-16)
+++ v1 (2026-03-05)
@@ -1,152 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00FF253B" w:rsidRDefault="0091307C" w:rsidP="0091307C">
+    <w:p w:rsidR="00F2580B" w:rsidRDefault="0091307C" w:rsidP="0091307C">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7046041" cy="9995338"/>
-[...1 lines deleted...]
-            <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\1\Documents\Panasonic\MFS\Scan\20141028_080625.jpg"/>
+            <wp:extent cx="7123836" cy="10105697"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="0"/>
+            <wp:docPr id="6" name="Рисунок 6" descr="C:\Users\1\Documents\Panasonic\MFS\Scan\20141028_080839.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\1\Documents\Panasonic\MFS\Scan\20141028_080625.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\1\Documents\Panasonic\MFS\Scan\20141028_080839.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7052803" cy="10004930"/>
+                      <a:ext cx="7130672" cy="10115395"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00114035" w:rsidRDefault="00FF253B" w:rsidP="00FF253B">
+    <w:p w:rsidR="00114035" w:rsidRDefault="00F2580B" w:rsidP="00F2580B">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2D1C2FB1" wp14:editId="2D5E7191">
-            <wp:extent cx="6840220" cy="9703366"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FAF4F7E" wp14:editId="43896732">
+            <wp:extent cx="6840220" cy="9703268"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\1\Documents\Panasonic\MFS\Scan\20141028_080714.jpg"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\1\Documents\Panasonic\MFS\Scan\20141028_080911.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\1\Documents\Panasonic\MFS\Scan\20141028_080714.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\1\Documents\Panasonic\MFS\Scan\20141028_080911.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6840220" cy="9703366"/>
+                      <a:ext cx="6840220" cy="9703268"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00114035" w:rsidSect="00EF7124">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -166,65 +166,67 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="60"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B1489"/>
     <w:rsid w:val="00114035"/>
     <w:rsid w:val="007B1489"/>
+    <w:rsid w:val="007F1F6E"/>
     <w:rsid w:val="0091307C"/>
     <w:rsid w:val="00EF7124"/>
-    <w:rsid w:val="00FF253B"/>
+    <w:rsid w:val="00F2580B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>