--- v0 (2025-12-16)
+++ v1 (2026-03-05)
@@ -1,167 +1,166 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A730FD" w:rsidRDefault="0038096F" w:rsidP="0038096F">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="0018098D" w:rsidRDefault="0018098D">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\1\Desktop\20141029_145510.jpg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6FE879F0" wp14:editId="449ADE27">
+            <wp:extent cx="6840220" cy="9703597"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\1\Desktop\20141029_145615.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\1\Desktop\20141029_145510.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\1\Desktop\20141029_145615.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7103924" cy="10077450"/>
+                      <a:ext cx="6840220" cy="9703597"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00A730FD" w:rsidRDefault="0018098D">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="461A2B2F" wp14:editId="74F7864F">
-            <wp:extent cx="7244929" cy="10277475"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7144211" cy="10134600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\1\Desktop\20141029_145543.jpg"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\1\Desktop\20141029_145645.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\1\Desktop\20141029_145543.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\1\Desktop\20141029_145645.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7244929" cy="10277475"/>
+                      <a:ext cx="7144211" cy="10134600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00A730FD" w:rsidSect="0038096F">
+    <w:sectPr w:rsidR="00A730FD" w:rsidSect="0018098D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -173,53 +172,53 @@
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00356FCD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0038096F"/>
+    <w:rsidRoot w:val="000462FC"/>
+    <w:rsid w:val="000462FC"/>
+    <w:rsid w:val="0018098D"/>
     <w:rsid w:val="00A730FD"/>
     <w:rsid w:val="00AA7B15"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -438,67 +437,67 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00AA7B15"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0038096F"/>
+    <w:rsid w:val="0018098D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0038096F"/>
+    <w:rsid w:val="0018098D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
@@ -698,67 +697,67 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00AA7B15"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0038096F"/>
+    <w:rsid w:val="0018098D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0038096F"/>
+    <w:rsid w:val="0018098D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
@@ -1025,55 +1024,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>2</Pages>
   <Words>0</Words>
-  <Characters>2</Characters>
+  <Characters>3</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2</CharactersWithSpaces>
+  <CharactersWithSpaces>3</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>