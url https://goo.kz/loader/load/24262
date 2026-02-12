--- v0 (2025-12-14)
+++ v1 (2026-02-12)
@@ -1,5600 +1,6971 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="0062504F">
-[...68 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5670" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5670" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>постановлением Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5670" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5670" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidR="00D03047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F215FD">
-[...46 lines deleted...]
-        <w:t>115</w:t>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00D03047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">февраля </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2014 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5670" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="00D03047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 115</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00F215FD">
-[...59 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F215FD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Жетім балаға (жетім балаларға) және ата-анасының қамқорлығынсыз қалған балаға (балаларға) қамқоршылық немесе қорғаншылық белгілеу»</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стандарт государственной услуги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>становление опеки или попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...287 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F215FD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2. Мемлекеттік қызмет көрсету тәртібі</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>тапсырылған сәттен бастап, сондай-ақ порталға өтініш берген кезде</w:t>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>күнтізбелік 30 (отыз) күн ішінде;</w:t>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственная услуга</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Установление опеки или попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей» (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...38 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-    <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="0062504F">
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственная услуга, оказывается управлениями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования город</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Астан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы и Алматы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, городскими и районными отделами образования (далее – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...116 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...40 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием заявлений и выдача результатов оказания государственных услуг осуществляются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) веб-портал «электронного правительства»: www.egov.kz (далее – портал)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...18 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) с момента сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также при обращении на портал – в течение 30 (тридцать) календарных дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...85 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – не более 20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – не более 20 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Форма оказания государственной услуги: электронная (частично автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. Результат оказания государственной услуги – справка об установлении опеки или попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по форме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1 к настоящему стандарту государственной услуги, либо мотивированный отказ в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результат государственной услуги предоставляется в электронном формате. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за получением государственной услуги на бумажном носителе результат оформляется в электронном формате, распечатывается и заверяется подписью руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На портале результат оказания государственной услуги направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в «личный кабинет» в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Государственная услуга оказывается бесплатно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: с понедельника по пятницу включительно, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан, в соответствии с установленным графиком работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 9.00 часов до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предварительная запись и ускоренное обслуживание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предусмотрены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...220 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) портала: круглосуточно (за исключением технических перерывов в связи с проведением ремонтных работ).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="396"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...871 lines deleted...]
-    <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="0062504F">
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заявление физического лица на имя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>руководителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> районного, городского отделов, областного, города республиканского значения управлений образования о своем желании быть опекуном (попечителем) по форме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно приложению 2 настоящего стандарта государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>согласие супруг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-и), нотариально заверенное, если лицо, желающее быть опекуном (попечителем), состоит в браке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медицинское заключение о состоянии здоровья лица, желающего стать опекуном (попечителем), и супруг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-и), если лицо, желающее быть опекуном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(попечителем), состоит в браке по форме согласно приложению 3 к настоящему стандарту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нотариально заверенную справку, если услугополучатель не состоит в браке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>характеристику услугополучателя, выданную с места работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>свидетельство о заключении брака (если состоит в браке), в случае заключения брака до 2008 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">свидетельство о рождении ребенка, в случае рождения ребенка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>до 13 августа 2007 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>медицинскую справку о состоянии здоровья ребенка и выписку из истории развития ребенка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>справку с места учебы ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сведения о братьях и сестрах и их местонахождение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предоставление свидетельства о рождении ребенка (в случае рождения ребенка до 13 августа 2007 года), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">медицинской справки о состоянии здоровья ребенка и выписки из истории развития ребенка, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справки с места учебы ребенка, сведений о братьях и сестрах и их местонахождение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не требуются в случаях проживания ребенка в организациях образования для детей-сирот и детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документы представляются в подлинниках для сверки, после чего подлинники возвращаются </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При приеме документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдает расписку о приеме соответствующих документов с указанием:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="-2520"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...21 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>номера и даты приема запроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-2520"/>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вида запрашиваемой государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-2520"/>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>количества и название приложенных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-2520"/>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>даты (времени) и места выдачи документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-2520"/>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилии, имени, а также при наличии отчество работника </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, принявшего заявление на оформление документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-2520"/>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилии, имени, а также при наличии отчество </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и его контактные телефоны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а портал: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">запрос в форме электронного документа, удостоверенный ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>э</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лектронную</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> копию, медицинского </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заключени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о состоянии здоровья лица, желающего стать опекуном (попечителем), и супруга(-и), если лицо, желающее быть опекуном (попечителем), состоит в браке по форме согласно приложению 3 к настоящему стандарту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электронную копию нотариально заверенной справки, если услугополучатель не состоит в браке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронную копию, характеристики </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, выданную с места работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электронную копию, свидетельства о заключении брака (если состоит в браке), в случае заключения брака до 2008 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электронную копию, свидетельство о рождении ребенка, в случае рождения ребенка до 2007 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электронную копию, медицинской справки о состоянии здоровья ребенка и выписку из истории развития ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электронную копию справки с места учебы ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электронную копию сведений о братьях и сестрах и их местонахождение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прикрепление электронных копий свидетельств о рождении ребенка (в случае рождения ребенка до 13 августа 2007 года), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">медицинской справки о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">состоянии здоровья ребенка и выписки из истории развития ребенка, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справки с места учебы ребенка; сведений о братьях и сестрах и их местонахождение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не требуется в случаях проживания ребенка в организациях образования для детей-сирот и детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сведения данных документа, удостоверяющего личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, справку об отсутствии судимости </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, свидетельство о заключении брака</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в случае заключения брака после </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2008 года)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, свидетельство о рождении ребенка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в случае рождения ребенка после 13 августа 2007 года)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, являющиеся государственными электронными информационными ресурсами работник </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем в форме электронных данных, удостоверенных ЭЦП уполномоченных лиц государственных органов.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Услугодатель получает письменное согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, которые содержатся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае обращения на портал услугополучателю в «личный кабинет» направляется уведомление о принятии запроса для оказания государственной услуги с указанием даты и времени получения результата оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Акт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жилищно-бытовых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">условий лица, претендующего на воспитание ребенка, готовится после представления </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вышеназванных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Основания для отказа в оказании государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) признание судом лица недееспособным или ограниченно дееспособным;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) лишение судом лица родительских прав или ограниченных судом в родительских правах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) лица, отстраненные от обязанностей опекуна или попечителя за ненадлежащее исполнение возложенных на него законом Республики Казахстан обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) бывшие усыновители, если усыновление отменено судом по их вине;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) лица, которые по состоянию здоровья не могут осуществлять обязанности опекуна или попечителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок обжалования решений, действий (бездействия) местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, а также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) их должностных лиц, центров обслуживания населения и (или) их работников по вопросам оказания государственных услуг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2962"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обжалование решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">его должностных лиц </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по вопросам оказания государственных услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо на имя руководителя соответствующего местного исполнительного органа областей, города республиканского значения, столицы (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) по адресам, указанным в пункте 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба подается в письменной форме по почте либо нарочно через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу. После регистрации жалоба направляется руководителю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для определения ответственного исполнителя и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>принятия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствующих мер. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес услугодателя, акимата подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услогополучателю посредством почтовой связи либо выдается нарочно в канцелярии услугодателя, акимата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>В случае несогласия с результатами оказанной государственной услуги услугополучатель может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>12. В случаях несогласия с результатами оказанной государственной услуги, услугополучатель имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Иные требования с учетом особенностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказания государственной услуги, в том числе оказываемой </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...70 lines deleted...]
-        <w:t xml:space="preserve">1) Министрліктің интернет-ресурсында: </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в электронной форме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>13. Адреса мест оказания государственной услуги размещены:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00F215FD">
+        <w:r w:rsidRPr="00F814D8">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ"/>
+            <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>www.edu.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F215FD">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="0062504F">
-[...22 lines deleted...]
-        <w:t xml:space="preserve">2) порталда: </w:t>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) на портале: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00F215FD">
+        <w:r w:rsidRPr="00F814D8">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ"/>
+            <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>www.e.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F215FD">
-[...40 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством «личного кабинета» портала, справочных служб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">16. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету мәселесі бойынша анықтама қызметінің байланыс телефондары Министрліктің </w:t>
+        <w:t xml:space="preserve">16. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00F215FD">
+        <w:r w:rsidRPr="00F814D8">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ"/>
+            <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>www.edu.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F215FD">
-[...14 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...61 lines deleted...]
-          <w:cols w:space="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="004638BB" w:rsidSect="00F814D8">
+          <w:footnotePr>
+            <w:pos w:val="beneathText"/>
+          </w:footnotePr>
+          <w:pgSz w:w="11905" w:h="16837"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1" w:chapStyle="1"/>
+          <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="0062504F">
-[...15 lines deleted...]
-          <w:kern w:val="0"/>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:ind w:left="3686"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>«</w:t>
-[...98 lines deleted...]
-        <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:ind w:left="3686"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:ind w:left="3686"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Установление опеки или попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выписка из приложения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-        <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к постановлению </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акима</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> района (города) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-        <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>населенный пункт № ____________от «___» ________20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-        <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Об установлении опеки (попечительства)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="720"/>
-        <w:jc w:val="both"/>
-[...21 lines deleted...]
-        <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...36 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии со статьями 120 и 121 Кодекса Республики Казахстан от                         26 декабря 2011 года «О браке (супружестве) и семье», на основании заявления (Ф.И.О.)_______________________ и документов районных, городских отделов, областных, гг. Астана, Алматы управлений образования  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аким</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________района (города) ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.Установить опеку (попечительство) над несовершеннолетними детьми, оставшимися без попечения родителей, согласно приложению</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="100" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2340"/>
         <w:gridCol w:w="2400"/>
         <w:gridCol w:w="2415"/>
         <w:gridCol w:w="2503"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidTr="00DC59DE">
+      <w:tr w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidTr="00C252BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="00DC59DE">
+          <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="00C252BE">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+              <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Р/</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F215FD">
+            </w:pPr>
+            <w:r w:rsidRPr="00F814D8">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="00C252BE">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="100" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F814D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F814D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="00DC59DE">
+          <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="00C252BE">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+              <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F215FD">
+            <w:r w:rsidRPr="00F814D8">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...18 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Опекун (попечитель)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="00DC59DE">
+          <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="00C252BE">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="100" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="00DC59DE">
+          <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="00C252BE">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+              <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F215FD">
+            <w:r w:rsidRPr="00F814D8">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қамқорлыққа алынатын бала</w:t>
+              <w:t>Опекаемый</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="00DC59DE">
+          <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="00C252BE">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+              <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="00DC59DE">
+          <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="00C252BE">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+              <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="00DC59DE">
+          <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="00C252BE">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+              <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F215FD">
+            <w:r w:rsidRPr="00F814D8">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қамқоршылықты және қорғаншылықты ресімдеу негізі</w:t>
+              <w:t>Основание оформления опеки и попечительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidTr="00DC59DE">
+      <w:tr w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidTr="00C252BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="00DC59DE">
+          <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="00C252BE">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="100" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="00DC59DE">
+          <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="00C252BE">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+              <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F215FD">
+            <w:r w:rsidRPr="00F814D8">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...37 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Ф.И.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="00DC59DE">
+          <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="00C252BE">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+              <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F215FD">
+            </w:pPr>
+            <w:r w:rsidRPr="00F814D8">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>)</w:t>
-[...66 lines deleted...]
-              <w:t xml:space="preserve"> туған жылы</w:t>
+              <w:t>Ф.И.О., год рождения опека (попечительство).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="00DC59DE">
+          <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="00C252BE">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="100" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="0062504F">
-[...13 lines deleted...]
-          <w:kern w:val="0"/>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="0062504F">
-[...14 lines deleted...]
-          <w:kern w:val="0"/>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">2. </w:t>
-[...45 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:t xml:space="preserve">2. Закрепить имеющееся жилье </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="0062504F">
-[...122 lines deleted...]
-          <w:kern w:val="0"/>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  Аким                                _____________    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(Ф.И.О.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00603966" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...20 lines deleted...]
-          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...6 lines deleted...]
-          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>М.</w:t>
-[...40 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0062504F" w:rsidRPr="0062504F" w:rsidRDefault="0062504F" w:rsidP="0062504F">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="24"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...701 lines deleted...]
-          <w:cols w:space="708"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="004638BB" w:rsidSect="00F814D8">
+          <w:footnotePr>
+            <w:pos w:val="beneathText"/>
+          </w:footnotePr>
+          <w:pgSz w:w="11905" w:h="16837"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1" w:chapStyle="1"/>
+          <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="0062504F">
-[...16 lines deleted...]
-          <w:kern w:val="0"/>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:ind w:left="3600"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>«Жетім балаға (жетім балаларға) және ата-анасының қамқорлығынсыз қалған балаға (балаларға) қамқоршылық немесе қорғаншылық белгілеу</w:t>
-[...64 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:ind w:left="3600"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:ind w:left="3600"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Установление опеки или попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:left="4500"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Районный (городской) отдел образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:left="4500"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от гражданина (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:left="4500"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00603966" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:left="4500"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...10 lines deleted...]
-          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. полностью, без сокращений точно по документу, удостоверяющему личность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:left="4500"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проживающий (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) по адресу, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:left="4500"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:left="4820"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:left="4820"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прошу Вас установить опеку (или попечительство) над несовершеннолетним (и) ребенком-сиротой (детьми-сиротами), ребенком (детьми), оставшимся без попечения родителей </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00603966" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(указать Ф.И.О. детей, год рождения, № свидетельства о рождении)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проживающим</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по адресу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«___» ____________ 20__г.                                               Подпись гражданина (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:left="4820"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:left="180"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="004638BB" w:rsidSect="00F814D8">
+          <w:footnotePr>
+            <w:pos w:val="beneathText"/>
+          </w:footnotePr>
+          <w:pgSz w:w="11905" w:h="16837"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1" w:chapStyle="1"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:ind w:left="3686"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:ind w:left="3686"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:ind w:left="3686"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Установление опеки или попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:left="3686"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...85 lines deleted...]
-          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Направление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заключение о состоянии здоровья опекуна (усыновителя)                      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О.______________________________________________________________Год рождения________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Домашний адрес______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Психиатр____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="0062504F">
-[...12 lines deleted...]
-          <w:kern w:val="0"/>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Нарколог____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="0062504F">
-[...12 lines deleted...]
-          <w:kern w:val="0"/>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Дерматовенеролог____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="0062504F">
-[...73 lines deleted...]
-          <w:kern w:val="0"/>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рентгеноскопия </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">грудной клетки_______________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Терапевт_____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="0062504F">
-[...55 lines deleted...]
-          <w:kern w:val="0"/>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заключение__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0062504F" w:rsidRPr="00F215FD" w:rsidRDefault="0062504F" w:rsidP="0062504F">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="004638BB" w:rsidRPr="00F814D8" w:rsidRDefault="004638BB" w:rsidP="004638BB">
+      <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-    <w:sectPr w:rsidR="001D1480">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00175F53" w:rsidRDefault="00175F53"/>
+    <w:sectPr w:rsidR="00175F53" w:rsidSect="004638BB">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Unicode MS">
+  <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="80"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lucida Sans Unicode">
+    <w:panose1 w:val="020B0602030504020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="3AAC0D1D"/>
+    <w:nsid w:val="16C669FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3F88B36E"/>
-[...1 lines deleted...]
-      <w:start w:val="12"/>
+    <w:tmpl w:val="042AFC0E"/>
+    <w:lvl w:ilvl="0" w:tplc="84A071FA">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="735" w:hanging="375"/>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="1E747F43"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1D8284A0"/>
+    <w:lvl w:ilvl="0" w:tplc="FB7C723E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="735313D4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6DA246B2"/>
+    <w:lvl w:ilvl="0" w:tplc="59C89F8C">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:pos w:val="beneathText"/>
+  </w:footnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00430B0C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0062504F"/>
+    <w:rsidRoot w:val="0082028B"/>
+    <w:rsid w:val="00175F53"/>
+    <w:rsid w:val="004638BB"/>
+    <w:rsid w:val="0082028B"/>
+    <w:rsid w:val="00D03047"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -5670,189 +7041,199 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0062504F"/>
+    <w:rsid w:val="004638BB"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="004638BB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:widowControl/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:ind w:left="2508" w:hanging="180"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...1 lines deleted...]
-    <w:rsid w:val="0062504F"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:rsid w:val="004638BB"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="0062504F"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="004638BB"/>
     <w:pPr>
+      <w:widowControl/>
       <w:suppressAutoHyphens w:val="0"/>
-      <w:spacing w:before="100" w:after="100" w:line="100" w:lineRule="atLeast"/>
+      <w:spacing w:before="100" w:after="100"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a3"/>
+    <w:rsid w:val="004638BB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-    </w:rPr>
-[...33 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -5928,156 +7309,167 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0062504F"/>
+    <w:rsid w:val="004638BB"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="004638BB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:widowControl/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:ind w:left="2508" w:hanging="180"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...1 lines deleted...]
-    <w:rsid w:val="0062504F"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:rsid w:val="004638BB"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="0062504F"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="004638BB"/>
     <w:pPr>
+      <w:widowControl/>
       <w:suppressAutoHyphens w:val="0"/>
-      <w:spacing w:before="100" w:after="100" w:line="100" w:lineRule="atLeast"/>
+      <w:spacing w:before="100" w:after="100"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a3"/>
+    <w:rsid w:val="004638BB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-    </w:rPr>
-[...33 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e.gov.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.minfin.gov.kz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e.gov.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.minfin.gov.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6326,54 +7718,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2356</Words>
-  <Characters>13432</Characters>
+  <Words>2206</Words>
+  <Characters>12577</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>111</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15757</CharactersWithSpaces>
+  <CharactersWithSpaces>14754</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Сарбаева Акнур</dc:creator>
+  <dc:creator>Сейсембаева Арайлым Мырзакановна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>