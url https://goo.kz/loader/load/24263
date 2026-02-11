--- v0 (2025-12-15)
+++ v1 (2026-02-11)
@@ -1,9492 +1,7834 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00974756" w:rsidRPr="0027362E" w:rsidRDefault="00974756" w:rsidP="00974756">
-[...10 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00D0713D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D0713D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00D0713D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D0713D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>постановлением Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00D0713D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D0713D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00D0713D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">»  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>февраля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D0713D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00D0713D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D0713D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 115</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="0027362E">
-[...235 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00D0713D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:left="5812"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«Выдача справок по опеке и попечительству»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...1887 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...248 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осударственн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Выдача справок по опеке и попечительству» (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00974756" w:rsidRPr="00F73773" w:rsidRDefault="00974756" w:rsidP="00974756">
-[...2879 lines deleted...]
-        <w:pStyle w:val="a9"/>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00837E01" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...135 lines deleted...]
-    <w:p w:rsidR="00974756" w:rsidRDefault="00974756" w:rsidP="00974756">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B0B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственная услуга оказывается управлениями образования городов Астаны и Алматы, отделами образования районов и городов областного значения (далее – услугодатель)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявлений и выдача результатов оказания государственных услуг </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB5466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB5466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008769C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2342">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF2342">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республиканское государственное предприятие на праве хозяйственного ведения «Центр обслуживания населения» Комитета по контролю автоматизации государственных услуг и координации деятельности центров обслуживания населения Министерства транспорта и коммуникаций Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884644">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – ЦОН)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="003B0B91" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>веб-портал «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>э</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ле</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ктронного правительства»: www.e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gov.kz (далее – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ортал)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00974756" w:rsidRPr="008417E1" w:rsidRDefault="00974756" w:rsidP="00974756">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="2410"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="2410"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сроки о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>казания государственной услуги</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z14"/>
+      <w:bookmarkStart w:id="2" w:name="z15"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с момента</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>13. Мемлекеттік қызмет көрсету орын</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00364823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сдачи документов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>дар</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006515D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ының м</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦОН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также обращения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на портал </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– не более 5 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00364823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>екенжай</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">максимально допустимое время ожидания для сдачи документов услугополучателем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– не более 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z18"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00364823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>лар</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">максимально допустимое время обслуживания услугополучателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– не более 5 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ы</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00974756" w:rsidRPr="008417E1" w:rsidRDefault="00974756" w:rsidP="00974756">
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма оказания государственной услуги: э</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лектронная (полностью автоматизированная) и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (или)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бумажная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Результат оказания государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>справк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об опеке и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>попечительстве над ребенком</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сиротой (детьми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-сиротами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) и ребенком (детьми), оставшимся без попечения родителей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z87" w:history="1"/>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приложению 1 к настоящему стандарту </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00654004">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результат государственной услуги предоставляется в электронном формате. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654004">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае обращения услугополучателя за получением государственной услуги на бумажном носителе результат оформляется в электронном формате, распечатывается и заверяется подписью руководителя услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00654004">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654004">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ортале результат оказания государственной услуги направляется услугополучателю в «личный кабинет» в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственная услуга </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказывается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>График работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЦОН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с понедельника по субботу включительно, за исключением выходных и праздничных дней, согласно трудовому законодательству</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в соответствии с установленным графиком работы с 9.00 часов до 20.00 часов, без перерыва. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием осуществляется в порядке «электронной» очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При желании услугополучателя возможно «бронирование» электронной очереди посредством </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ортал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ортал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – круглосуточно (за исключением технических перерывов в связи с проведением ремонтных работ).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00E510CF" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z27"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE4869">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ри обращении в ЦОН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00523826" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00523826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заявление услугополучателя (от опекуна (попечителя) согласно приложению 2 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00523826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z28"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00523826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>данные свидетельства о рождении ребенка (в случае рождения ребенка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до 13 августа 2007 года)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сведения документов, удостоверяющих личность услугополучателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(опекуна (попечителя)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, свидетельства о рождении ребенка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(в случае рождения ребенка после 13 августа 2007 года)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работник ЦОНа получает из соответствующих государственных информационных систем в форме электронных документов, удостоверенных ЭЦП</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уполномоченных лиц государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008417E1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1) Министрліктің </w:t>
+        <w:t xml:space="preserve">Услугодатель получает письменное согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">которые </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>содержа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При приеме документов работник ЦОНа сверяет данные из информационной системы ЦОНов с оригиналами документов услугополучателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>и возвращает оригиналы услугополучателю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z29"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ортал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>запрос в форме электронного документа, подписанный ЭЦП услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>свидетельства о рождении ребенка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При обращении на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ортал сведения о документах, удостоверяющ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> личность услугополучателя, свидетельства о рождении ребенка (выданные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>после 13 августа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2007 года), содержащиеся в государственных информационных системах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодатель получает из соответствующих государственных информационных систем в форме электронных документов, удостоверенных ЭЦП уполномоченных лиц государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае обращения через </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ортал услугополучателю в «личный кабинет» направляется уведомление-отчет о принятии запроса для </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00523826" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00523826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10. В случае предоставлени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугополучателем неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги, работник </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦОНа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007C0EFF" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="007A1A2D" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00043380" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6669">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок обжалования решений, действий (бездействия) местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, а также услугодателей и (или) их должностных лиц, центров обслуживания населения и (или) их </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работников по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00043380" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2962"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00043380" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обжалование решений, действий (бездействий) услугодателя и (или) его должностных лиц </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по вопросам оказания государственных услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жалоба подается на имя руководителя услугодателя либо на имя руководителя соответствующего местного исполнительного органа областей, города республиканского значения, столицы  (далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимат) по адресам, указанным в пункте 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00043380" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалоб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">одается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в письменной форме по почте либо нарочно через канцелярию услугодателя или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00043380" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принявшего жалобу, срока и места</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получения ответа на поданную жалобу. После регистрации жалоба направляется руководителю услугодателя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для определения ответственного исполнителя и принятия соответствующих мер. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00C95DBC" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD5870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае некорректного обслуживания работником </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ЦОНа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, жалоба </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C95DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">подается на имя руководителя ЦОНа по адресам и телефонам, указанным в пункте 13 настоящего стандарта государственной услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00C95DBC" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C95DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждение принятия жалобы в канцелярии ЦОНа, поступившей как нарочно, так и почтой, является ее регистрация (штамп, входящий номер и дата регистрации проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе). После регистрации жалоба направляется руководителю ЦОНа для определения ответственного исполнителя и принятия соответствующих мер. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00C95DBC" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C95DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Также информацию о порядке обжалования действий (бездействия)  работника услугодателя, ЦОНа можно получить по телефону </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C95DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">диного контакт-центра по вопросам оказания государственных услуг, указанному в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C95DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пункте 16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C95DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00AD5870" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C95DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, акимата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ЦОНа,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услогополучателю по почт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо выдается нарочно в канцелярии услугодателя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ЦОНа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00AD5870" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD5870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>В случае несогласия с результатами оказанной государственной услуги услугополучатель может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00AD5870" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD5870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00AD5870" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD5870">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>12. В случаях несогласия с результатами оказанной государственной услуги, услугополучатель имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00AD5870" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00AE0D8C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00AE0D8C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Иные требования с учетом особенностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00AE0D8C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказания государственной услуги, в том числе оказываемой в электронной форме и через центры обслуживания населения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00AE0D8C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00C95DBC" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C95DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Адреса мест оказания государственной услуги размещены:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00C95DBC" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C95DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на интернет-ресурсе Министерства: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="008417E1">
+        <w:r w:rsidRPr="00C95DBC">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ"/>
+            <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>www.edu.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008417E1">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00C95DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00974756" w:rsidRDefault="00974756" w:rsidP="00974756">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00C95DBC" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C95DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>ХҚО-ның</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ЦОНа</w:t>
       </w:r>
       <w:r w:rsidRPr="00C95DBC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00C95DBC">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
             <w:kern w:val="0"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>www.con.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C95DBC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00974756" w:rsidRPr="008417E1" w:rsidRDefault="00974756" w:rsidP="00974756">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00C95DBC" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">орталда: </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C95DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>на портале:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C95DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="008417E1">
+        <w:r w:rsidRPr="00C95DBC">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ"/>
+            <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>www.e.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...14 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00C95DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00AE0D8C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Услугополучатель имеет возможность получения государственной ус</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>луги в электронной форме через п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ортал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00AE0D8C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>посредством «личного кабинета» п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ортала, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>справочных служб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B67036">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а также </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>диного контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00043380" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>14. Көрсетілетін қызметті алушы</w:t>
-[...301 lines deleted...]
-        <w:t xml:space="preserve">емлекеттік қызмет көрсету мәселесі бойынша анықтама қызметінің байланыс телефондары Министрліктің </w:t>
+        <w:t xml:space="preserve">16. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00E92F77">
+        <w:r w:rsidRPr="00043380">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ"/>
+            <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>www.edu.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008417E1">
-[...148 lines deleted...]
-        <w:sectPr w:rsidR="00974756" w:rsidSect="00922627">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00043380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00AE0D8C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00CD35C1" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0D8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00052EC3" w:rsidSect="00603966">
           <w:headerReference w:type="even" r:id="rId11"/>
           <w:headerReference w:type="default" r:id="rId12"/>
-          <w:footerReference w:type="first" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId13"/>
           <w:footnotePr>
             <w:pos w:val="beneathText"/>
           </w:footnotePr>
           <w:pgSz w:w="11905" w:h="16837"/>
           <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
-          <w:pgNumType w:start="1"/>
+          <w:pgNumType w:start="1" w:chapStyle="1"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00974756" w:rsidRPr="00F215FD" w:rsidRDefault="00974756" w:rsidP="00974756">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>«Қорғаншылық және қамқоршылық</w:t>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
-[...45 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
-[...38 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Выдача справок по опеке и попечительству»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00F215FD">
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>СПРАВКА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Настоящая справка выдана</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>гр.(ке)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проживающему (ей) в г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в том, что он (она) согласно решению акима (город, район)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>действительно назначен (а) опекуном (попечителем) над</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________ ______ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">года рождения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и над его (ее) имуществом (опись </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>имущества в деле, имущества нет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>На опекуна (попечителя) возлагается обязанность воспитания, обучения, подготовки к общественно-полезной деятельности подопечного, защищать и охранять его личные имущественные права, являться его представителем на суде и во всех государственных учреждениях без особого полномочия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель районного (городского)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдела образования                              (подпись)                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...1018 lines deleted...]
-          <w:cols w:space="708"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00336D3C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00052EC3" w:rsidSect="00CD014C">
+          <w:footnotePr>
+            <w:pos w:val="beneathText"/>
+          </w:footnotePr>
+          <w:pgSz w:w="11905" w:h="16837"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:chapStyle="1"/>
+          <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00974756" w:rsidRPr="00F215FD" w:rsidRDefault="00974756" w:rsidP="00974756">
+    <w:p w:rsidR="00052EC3" w:rsidRPr="002B2375" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B2375">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="002B2375" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B2375">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="002B2375" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B2375">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Выдача справок </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2375">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по опеке и попечительству</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B2375">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00B13090" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:left="4678"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Районный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6FEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(городской) отдел образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:left="4678"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>опекуна (попечителя)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:left="4678"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:left="4678"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:left="4678"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="006D11D2" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:left="4678"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D11D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. полностью, без сокращений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D11D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D11D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>точно по документу, удостоверяющему</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D11D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D11D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>личность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:left="4678"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проживающих по адресу, телефон _____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:left="4678"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Просим Вас выдать справку об опеке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(о попечении) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>над несовершеннолетним</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ребенком (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>детьми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), проживающим по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адресу: ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дети:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="006D11D2" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D11D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(указать Ф.И.О. детей, год рождения, № свидетельства о рождении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D11D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="009649A0" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="009649A0" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«___» _______20__г.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Подпись о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пекуна (попечителя)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="5812" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00052EC3" w:rsidSect="00CD014C">
+          <w:footnotePr>
+            <w:pos w:val="beneathText"/>
+          </w:footnotePr>
+          <w:pgSz w:w="11905" w:h="16837"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:chapStyle="1"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00E02FB9" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+          <w:tab w:val="left" w:pos="9180"/>
+          <w:tab w:val="left" w:pos="9354"/>
+        </w:tabs>
+        <w:ind w:left="4820" w:right="-6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00E02FB9" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+          <w:tab w:val="left" w:pos="9180"/>
+          <w:tab w:val="left" w:pos="9354"/>
+        </w:tabs>
+        <w:ind w:left="4820" w:right="-6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00E02FB9" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
         <w:ind w:left="4820"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F215FD">
+      <w:r w:rsidRPr="00E02FB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00974756" w:rsidRPr="00F215FD" w:rsidRDefault="00974756" w:rsidP="00974756">
+        <w:t>«Выдача справок по опеке и попечительству»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00417E4A" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
         <w:ind w:left="4820"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F215FD">
-[...57 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00434972" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
         <w:ind w:right="300"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00434972" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
         <w:ind w:right="300"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-        <w:textAlignment w:val="center"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...16 lines deleted...]
-        <w:ind w:left="4820" w:right="5"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00521B7C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:left="5580" w:right="98"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00091229">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521B7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.И.О., либо наименование организации услугополучателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00434972" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:left="5580" w:right="98"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00434972">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00521B7C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:left="5580" w:right="98"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00091229">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521B7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(адрес услугополучателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:right="840"/>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00434972" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:right="840"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...46 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00434972" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:textAlignment w:val="center"/>
+      <w:r w:rsidRPr="00434972">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">Расписка </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00434972" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00434972">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...17 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">об отказе в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00434972">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">қолхат </w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00434972" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:firstLine="770"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00434972">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Руководствуясь подпунктом 2 статьи 20 Закона Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00434972">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 15 апреля 2013 года «О госу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дарственных услугах», отдел </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>№ __ филиала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">РГП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF41F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Центр обслуживания населения»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00521B7C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:firstLine="4253"/>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521B7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00434972">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отказывает в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00434972">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«Мемлекеттік</w:t>
-[...21 lines deleted...]
-        <w:t>көрсетілетін</w:t>
+        <w:t xml:space="preserve">приеме документов на оказание государственной услуги </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қызметтер туралы» 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының 20-бабының 2) тармақшасын басшылыққа алып, </w:t>
-[...4 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:t xml:space="preserve"> ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00521B7C" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521B7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«Халыққа қызмет көрсету орталы</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521B7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>наименование государственной услуги)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00434972" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ғ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00727069">
+      </w:pPr>
+      <w:r w:rsidRPr="00434972">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ы»</w:t>
+        <w:t xml:space="preserve">ввиду представления Вами неполного пакета документов </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> РМК филиалының _____________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A75C03">
+        <w:t xml:space="preserve">(недостовернных данных) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00434972">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>согласно перечню, предусмотренному стандартом государственной услуги, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00434972" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...220 lines deleted...]
-      <w:pPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00434972">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наименование отсутствующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00434972" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00434972">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00974756" w:rsidRDefault="00974756" w:rsidP="00974756">
-      <w:pPr>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00434972" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00434972">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00974756" w:rsidRDefault="00974756" w:rsidP="00974756">
-      <w:pPr>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00434972" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00434972">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>….</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00434972" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00434972">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">Настоящая расписка составлена в 2 экз., по одному для каждой стороны. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00434972" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00434972">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00434972" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:contextualSpacing/>
+        <w:t>Ф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E02FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E02FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E02FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (работника </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦОН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E02FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E02FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E02FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E02FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E02FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E02FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E02FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E02FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E02FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00434972" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...16 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00DC6080" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...16 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC6080">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Исп. Ф.И.О._____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00DC6080" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC6080">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тел.__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00DC6080" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC6080">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Получил   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ф.И.О. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537D4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC6080">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537D4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC6080">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>подпись услугополучателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...89 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC6080">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«___» _________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00052EC3" w:rsidRPr="00E02FB9" w:rsidRDefault="00052EC3" w:rsidP="00052EC3">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...203 lines deleted...]
-    <w:sectPr w:rsidR="001D1480">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00175F53" w:rsidRDefault="00175F53"/>
+    <w:sectPr w:rsidR="00175F53" w:rsidSect="00052EC3">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w:rsidR="00BE3951" w:rsidRDefault="00974756">
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00FD0E64" w:rsidRDefault="00052EC3" w:rsidP="00FD0E64">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a6"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="a3"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="a3"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="a3"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="a3"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00FD0E64" w:rsidRDefault="00052EC3">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="column">
-                <wp:posOffset>-1850315550</wp:posOffset>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-194814238</wp:posOffset>
+                <wp:posOffset>1270</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="386080" cy="760710598"/>
-[...2 lines deleted...]
-              <wp:docPr id="1" name="Поле 1"/>
+              <wp:extent cx="884555" cy="227965"/>
+              <wp:effectExtent l="7620" t="1270" r="3175" b="8890"/>
+              <wp:wrapSquare wrapText="largest"/>
+              <wp:docPr id="2" name="Поле 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="386080" cy="2147483647"/>
-[...190 lines deleted...]
-                        <a:ext cx="1075055" cy="268605"/>
+                        <a:ext cx="884555" cy="227965"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF">
                           <a:alpha val="0"/>
                         </a:srgbClr>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="009A1553" w:rsidRPr="009872DA" w:rsidRDefault="00974756">
+                        <w:p w:rsidR="00FD0E64" w:rsidRDefault="00052EC3">
                           <w:pPr>
-                            <w:pStyle w:val="a5"/>
+                            <w:pStyle w:val="a6"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                              <w:rStyle w:val="a3"/>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
+                              <w:lang w:val="kk-KZ"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="009872DA">
+                          <w:r w:rsidRPr="00A81100">
                             <w:rPr>
-                              <w:rStyle w:val="a4"/>
-                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                              <w:rStyle w:val="a3"/>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
-                          <w:r w:rsidRPr="009872DA">
+                          <w:r w:rsidRPr="00A81100">
                             <w:rPr>
-                              <w:rStyle w:val="a4"/>
-                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                              <w:rStyle w:val="a3"/>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                             </w:rPr>
-                            <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                            <w:instrText xml:space="preserve"> PAG</w:instrText>
                           </w:r>
-                          <w:r w:rsidRPr="009872DA">
+                          <w:r w:rsidRPr="00A81100">
                             <w:rPr>
-                              <w:rStyle w:val="a4"/>
-                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                              <w:rStyle w:val="a3"/>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve">E </w:instrText>
+                          </w:r>
+                          <w:r w:rsidRPr="00A81100">
+                            <w:rPr>
+                              <w:rStyle w:val="a3"/>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
-                              <w:rStyle w:val="a4"/>
-                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                              <w:rStyle w:val="a3"/>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                               <w:noProof/>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                             </w:rPr>
-                            <w:t>4</w:t>
+                            <w:t>2</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="009872DA">
+                          <w:r w:rsidRPr="00A81100">
                             <w:rPr>
-                              <w:rStyle w:val="a4"/>
-                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                              <w:rStyle w:val="a3"/>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
+                        </w:p>
+                        <w:p w:rsidR="00FD0E64" w:rsidRPr="00A81100" w:rsidRDefault="00052EC3">
+                          <w:pPr>
+                            <w:pStyle w:val="a6"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rStyle w:val="a3"/>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                              <w:lang w:val="kk-KZ"/>
+                            </w:rPr>
+                          </w:pPr>
+                        </w:p>
+                        <w:p w:rsidR="00FD0E64" w:rsidRPr="00A81100" w:rsidRDefault="00052EC3">
+                          <w:pPr>
+                            <w:pStyle w:val="a6"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                              <w:lang w:val="kk-KZ"/>
+                            </w:rPr>
+                          </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Поле 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:84.65pt;height:21.15pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVDqnmmgIAABwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF2O0zAQfkfiDpbfu0m6SbeJmq72hyKk&#10;5UdaOIDrOI2FYxvbbbIgzsIpeELiDD0SY6fpbuEFIfLgjO3x529mvvHism8F2jFjuZIlTs5ijJik&#10;quJyU+IP71eTOUbWEVkRoSQr8QOz+HL5/Nmi0wWbqkaJihkEINIWnS5x45wuosjShrXEninNJGzW&#10;yrTEwdRsosqQDtBbEU3jeBZ1ylTaKMqshdXbYRMvA35dM+re1rVlDokSAzcXRhPGtR+j5YIUG0N0&#10;w+mBBvkHFi3hEi49Qt0SR9DW8D+gWk6Nsqp2Z1S1kaprTlmIAaJJ4t+iuW+IZiEWSI7VxzTZ/wdL&#10;3+zeGcSrEp9jJEkLJdp/2//c/9h/R+c+O522BTjda3Bz/bXqocohUqvvFP1okVQ3DZEbdmWM6hpG&#10;KmCX+JPRk6MDjvUg6+61quAasnUqAPW1aX3qIBkI0KFKD8fKsN4h6q+ML7I4yzCisDedzWdxFq4g&#10;xXhaG+teMtUib5TYQOUDOtndWefZkGJ08ZdZJXi14kKEidmsb4RBOwIqWYVvOCt0Q4bVoBTAsINr&#10;wDvBENIjSeUxh+uGFYgACPg9H0uQxJc8mabx9TSfrGbzi0m6SrNJfhHPJ3GSX+ezOM3T29VXzyBJ&#10;i4ZXFZN3XLJRnkn6d+U/NMogrCBQ1JU4z6ZZCO6E/SGsQ6yx/w75PXFruYNuFbwt8fzoRApf9Rey&#10;grBJ4QgXgx2d0g8pgxyM/5CVoBEvi0Egrl/3gOKFs1bVA6jFKCgmSAKeGDAaZT5j1EG7lth+2hLD&#10;MBKvJCjO9/ZomNFYjwaRFI6W2GE0mDdueAO22vBNA8iDpqW6AlXWPAjmkQVQ9hNowUD+8Fz4Hn86&#10;D16Pj9ryFwAAAP//AwBQSwMEFAAGAAgAAAAhAOM/03LaAAAABAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1lbhRpwkqbcimgiK4ogakXt14G0eJ11HstuHvcbnAZaXRjGbeFpvJ9uJM&#10;o28dIyzmCQji2umWG4Svz7f7FQgfFGvVOyaEb/KwKW9vCpVrd+EdnavQiFjCPlcIJoQhl9LXhqzy&#10;czcQR+/oRqtClGMj9agusdz2Mk2SpbSq5bhg1EBbQ3VXnSxC9pE+7v179bod9rTuVv6lO7JBvJtN&#10;z08gAk3hLwxX/IgOZWQ6uBNrL3qE+Ej4vVdvuc5AHBAe0gxkWcj/8OUPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhANUOqeaaAgAAHAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAOM/03LaAAAABAEAAA8AAAAAAAAAAAAAAAAA9AQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;" stroked="f">
+            <v:shape id="Поле 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:.1pt;width:69.65pt;height:17.95pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9Gv4FmAIAABsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/d3NR0m2iTVd7oQhp&#10;uUgLH+A6TmPh2MZ2myyIb+EreELiG/pJjJ2mu4UXhMiDM7bHx2dmzvjicugE2jFjuZIVTs5ijJik&#10;quZyU+EP71ezBUbWEVkToSSr8AOz+HL5/NlFr0uWqlaJmhkEINKWva5w65wuo8jSlnXEninNJGw2&#10;ynTEwdRsotqQHtA7EaVxPI96ZWptFGXWwurtuImXAb9pGHVvm8Yyh0SFgZsLownj2o/R8oKUG0N0&#10;y+mBBvkHFh3hEi49Qt0SR9DW8D+gOk6NsqpxZ1R1kWoaTlmIAaJJ4t+iuW+JZiEWSI7VxzTZ/wdL&#10;3+zeGcTrCqcYSdJBifbf9j/3P/bfUeqz02tbgtO9Bjc3XKsBqhwitfpO0Y8WSXXTErlhV8aovmWk&#10;BnaJPxk9OTriWA+y7l+rGq4hW6cC0NCYzqcOkoEAHar0cKwMGxyisLhYZHmeY0RhK03Pi3kebiDl&#10;dFgb614y1SFvVNhA4QM42d1Z58mQcnLxd1kleL3iQoSJ2axvhEE7AiJZhW88K3RLxtUgFMCwo2vA&#10;O8EQ0iNJ5THH68YVCAAI+D0fSlDElyJJs/g6LWar+eJ8lq2yfFacx4tZnBTXxTzOiux29dUzSLKy&#10;5XXN5B2XbFJnkv1d9Q99Muoq6BP1FS7yNA/BnbA/hHWINfbfIb8nbh130KyCd1CQoxMpfdFfyBrC&#10;JqUjXIx2dEo/pAxyMP1DVoJEvCpGfbhhPQCK181a1Q8gFqOgmKAIeGHAaJX5jFEP3Vph+2lLDMNI&#10;vJIgON/ak2EmYz0ZRFI4WmGH0WjeuPEJ2GrDNy0gj5KW6gpE2fAgmEcWQNlPoAMD+cNr4Vv86Tx4&#10;Pb5py18AAAD//wMAUEsDBBQABgAIAAAAIQCNQJTk2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BbsIwEETvlfoP1lbiVhwSiUIaB7VU9Fo1rcR1iZc4SryOYgPh7zGn9ria0Zu3xWayvTjT6FvH&#10;ChbzBARx7XTLjYLfn93zCoQPyBp7x6TgSh425eNDgbl2F/6mcxUaESHsc1RgQhhyKX1tyKKfu4E4&#10;Zkc3WgzxHBupR7xEuO1lmiRLabHluGBwoK2huqtOVkH2lb7s/Wf1sR32tO5W/r07slFq9jS9vYII&#10;NIW/Mtz1ozqU0engTqy96BXER4KCFMQ9y9YZiEMELxcgy0L+ly9vAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAP0a/gWYAgAAGwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAI1AlOTZAAAABAEAAA8AAAAAAAAAAAAAAAAA8gQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAD4BQAAAAA=&#10;" stroked="f">
               <v:fill opacity="0"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="009A1553" w:rsidRPr="009872DA" w:rsidRDefault="00974756">
+                  <w:p w:rsidR="00FD0E64" w:rsidRDefault="00052EC3">
                     <w:pPr>
-                      <w:pStyle w:val="a5"/>
+                      <w:pStyle w:val="a6"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                        <w:rStyle w:val="a3"/>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
+                        <w:lang w:val="kk-KZ"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="009872DA">
+                    <w:r w:rsidRPr="00A81100">
                       <w:rPr>
-                        <w:rStyle w:val="a4"/>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                        <w:rStyle w:val="a3"/>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
-                    <w:r w:rsidRPr="009872DA">
+                    <w:r w:rsidRPr="00A81100">
                       <w:rPr>
-                        <w:rStyle w:val="a4"/>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                        <w:rStyle w:val="a3"/>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
-                      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                      <w:instrText xml:space="preserve"> PAG</w:instrText>
                     </w:r>
-                    <w:r w:rsidRPr="009872DA">
+                    <w:r w:rsidRPr="00A81100">
                       <w:rPr>
-                        <w:rStyle w:val="a4"/>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                        <w:rStyle w:val="a3"/>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve">E </w:instrText>
+                    </w:r>
+                    <w:r w:rsidRPr="00A81100">
+                      <w:rPr>
+                        <w:rStyle w:val="a3"/>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
-                        <w:rStyle w:val="a4"/>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                        <w:rStyle w:val="a3"/>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                         <w:noProof/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
-                      <w:t>4</w:t>
+                      <w:t>2</w:t>
                     </w:r>
-                    <w:r w:rsidRPr="009872DA">
+                    <w:r w:rsidRPr="00A81100">
                       <w:rPr>
-                        <w:rStyle w:val="a4"/>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                        <w:rStyle w:val="a3"/>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00FD0E64" w:rsidRPr="00A81100" w:rsidRDefault="00052EC3">
+                    <w:pPr>
+                      <w:pStyle w:val="a6"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rStyle w:val="a3"/>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                        <w:lang w:val="kk-KZ"/>
+                      </w:rPr>
+                    </w:pPr>
+                  </w:p>
+                  <w:p w:rsidR="00FD0E64" w:rsidRPr="00A81100" w:rsidRDefault="00052EC3">
+                    <w:pPr>
+                      <w:pStyle w:val="a6"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                        <w:lang w:val="kk-KZ"/>
+                      </w:rPr>
+                    </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" side="largest" anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="009A1553" w:rsidRDefault="00974756" w:rsidP="00922627">
+  <w:p w:rsidR="00FD0E64" w:rsidRDefault="00052EC3" w:rsidP="00FD0E64">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="a4"/>
+        <w:rStyle w:val="a3"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a4"/>
+        <w:rStyle w:val="a3"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a4"/>
+        <w:rStyle w:val="a3"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a4"/>
+        <w:rStyle w:val="a3"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a4"/>
+        <w:rStyle w:val="a3"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a4"/>
+        <w:rStyle w:val="a3"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="009A1553" w:rsidRDefault="00974756">
+  <w:p w:rsidR="00FD0E64" w:rsidRPr="007C3CEF" w:rsidRDefault="00052EC3">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a6"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00FD0E64" w:rsidRDefault="00052EC3">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00D9388F" w:rsidRDefault="00052EC3">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="margin">
-                <wp:align>center</wp:align>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>6278245</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>0</wp:posOffset>
+                <wp:posOffset>612140</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="1075055" cy="220980"/>
-[...2 lines deleted...]
-              <wp:docPr id="2" name="Поле 2"/>
+              <wp:extent cx="381000" cy="8018145"/>
+              <wp:effectExtent l="1270" t="2540" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Поле 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="1075055" cy="220980"/>
+                        <a:ext cx="381000" cy="8018145"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
-                        <a:srgbClr val="FFFFFF">
-[...1 lines deleted...]
-                        </a:srgbClr>
+                        <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="009A1553" w:rsidRPr="009872DA" w:rsidRDefault="00974756">
+                        <w:p w:rsidR="00D9388F" w:rsidRPr="00D9388F" w:rsidRDefault="00052EC3">
                           <w:pPr>
-                            <w:pStyle w:val="a5"/>
-                            <w:jc w:val="center"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                              <w:szCs w:val="28"/>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                              <w:color w:val="0C0000"/>
+                              <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="009872DA">
-[...25 lines deleted...]
-                          </w:r>
                           <w:r>
                             <w:rPr>
-                              <w:rStyle w:val="a4"/>
-[...3 lines deleted...]
-                              <w:szCs w:val="28"/>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                              <w:color w:val="0C0000"/>
+                              <w:sz w:val="14"/>
                             </w:rPr>
-                            <w:t>3</w:t>
-[...8 lines deleted...]
-                            <w:fldChar w:fldCharType="end"/>
+                            <w:t xml:space="preserve">21.02.2014 ЕСЭДО ГО (версия 7.13.2)  Копия электронного документа. Положительный результат проверки ЭЦП. </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                    <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Поле 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:84.65pt;height:17.4pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKh1osmgIAACMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHX0gJ5YQOWiSuiiQ&#10;foC0B6ApyiJKkSxJW0qLnqWn6KpAz+AjdUhazqeboqgW1JAcvpk388jzi7EXaMeM5UrWODtJMWKS&#10;qobLTY0/fljNFhhZR2RDhJKsxnfM4ovl82fng65YrjolGmYQgEhbDbrGnXO6ShJLO9YTe6I0k7DZ&#10;KtMTB1OzSRpDBkDvRZKn6WkyKNNooyizFlav4yZeBvy2ZdS9a1vLHBI1htxcGE0Y135Mluek2hii&#10;O04PaZB/yKInXELQI9Q1cQRtDf8DqufUKKtad0JVn6i25ZQFDsAmS5+wue2IZoELFMfqY5ns/4Ol&#10;b3fvDeJNjXOMJOmhRfvv+1/7n/sfKPfVGbStwOlWg5sbL9UIXQ5Mrb5R9JNFUl11RG7YC2PU0DHS&#10;QHaZP5k8OBpxrAdZD29UA2HI1qkANLam96WDYiBAhy7dHTvDRoeoD5mezdP5HCMKe3melovQuoRU&#10;02ltrHvFVI+8UWMDnQ/oZHdjnc+GVJOLD2aV4M2KCxEmZrO+EgbtCKhkFb54VuiOxNUpnI2uAe8R&#10;hpAeSSqPGcPFFWAACfg9zyVI4muZ5UV6mZez1enibFasivmsPEsXszQrL8vTtCiL69U3n0FWVB1v&#10;GiZvuGSTPLPi79p/uChRWEGgaKhxOc/ngdyj7A+0DlxT/4UWPilUzx3cVsH7Gi+OTqTyXX8pG6BN&#10;Kke4iHbyOP1QMqjB9A9VCRrxsogCceN6DGIMAvL6WavmDkRjFPQUlAEvDRidMl8wGuDW1th+3hLD&#10;MBKvJQjPX/HJMJOxngwiKRytscMomlcuPgVbbfimA+QobalegDhbHnRznwVk7idwEwOHw6vhr/rD&#10;efC6f9uWvwEAAP//AwBQSwMEFAAGAAgAAAAhAEK/4DXZAAAABAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FuwjAMhu+TeIfIk3Yb6WBipWuKGNO4TnSTuIbGNFUbp6oDdG9P2GW7WLL+X58/56vRdeKM&#10;AzeeFDxNExBIlTcN1Qq+vz4eUxAcNBndeUIFP8iwKiZ3uc6Mv9AOz2WoRYQQZ1qBDaHPpOTKotM8&#10;9T1SzI5+cDrEdailGfQlwl0nZ0mykE43FC9Y3ePGYtWWJ6dg/jl72fO2fN/0e1y2Kb+1R7JKPdyP&#10;61cQAcfwV4abflSHIjod/IkMi05BfCT8zlu2WM5BHCL4OQVZ5PK/fHEFAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAiodaLJoCAAAjBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAQr/gNdkAAAAEAQAADwAAAAAAAAAAAAAAAAD0BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;" stroked="f">
-[...1 lines deleted...]
-              <v:textbox inset="0,0,0,0">
+            <v:shape id="Поле 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:494.35pt;margin-top:48.2pt;width:30pt;height:631.35pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDS7uZRlQIAABkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF2O0zAQfkfiDpbfu/kh3TZR09V2lyKk&#10;5UdaOICbOI2FYxvbbbJCnIVT8ITEGXokxnbbzcILQvTB9WTGn2fm+8aLq6HjaE+1YVKUOLmIMaKi&#10;kjUT2xJ//LCezDEyloiacCloiR+owVfL588WvSpoKlvJa6oRgAhT9KrErbWqiCJTtbQj5kIqKsDZ&#10;SN0RC6beRrUmPaB3PErj+DLqpa6VlhU1Br7eBideevymoZV91zSGWsRLDLlZv2q/btwaLRek2Gqi&#10;WlYd0yD/kEVHmIBLz1C3xBK00+wPqI5VWhrZ2ItKdpFsGlZRXwNUk8S/VXPfEkV9LdAco85tMv8P&#10;tnq7f68Rq4E7jATpgKLDt8PPw4/Dd5S47vTKFBB0ryDMDis5uEhXqVF3svpkkJA3LRFbeq217FtK&#10;asjOn4xGRwOOcSCb/o2s4Rqys9IDDY3uHCA0AwE6sPRwZoYOFlXw8cU8iWPwVOCax8k8yaYuuYgU&#10;p9NKG/uKyg65TYk1MO/Ryf7O2BB6CvHZS87qNePcG3q7ueEa7QmoZO1/R3QzDuPCBQvpjgXE8AWS&#10;hDucz6XrWf+SJ2kWr9J8sr6czybZOptO8lk8n8RJvsov4yzPbtdfXYJJVrSsrqm4Y4KeFJhkf8fw&#10;cRaCdrwGUV/ifJpOA0Xj7M24SGim62eo4kmRHbMwkJx1rtGnIFI4Yl+KGg6QwhLGwz56mr4nBHpw&#10;+vdd8TJwzAcN2GEzHPUGYE4iG1k/gC60BNqAYnhMYOPWdAZmD7NZYvN5RzTFiL8WIK88yTJwWW9k&#10;01kKhh57NmMPEVUrYeQtRmF7Y8MDsFOabVu4LAhayGuQZMO8Wh4Tg2KcAfPnyzq+FW7Ax7aPenzR&#10;lr8AAAD//wMAUEsDBBQABgAIAAAAIQBH19FR4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;TsMwEITvSLyDtUjcqN0fQhriVAWJE1IlStTzNt7GobEdxW4aeHqcE9xmd0az3+ab0bRsoN43zkqY&#10;zwQwspVTja0llJ9vDykwH9AqbJ0lCd/kYVPc3uSYKXe1HzTsQ81iifUZStAhdBnnvtJk0M9cRzZ6&#10;J9cbDHHsa656vMZy0/KFEAk32Nh4QWNHr5qq8/5iJAzip6yW6Pj77ispz1u9eBl2Bynv78btM7BA&#10;Y/gLw4Qf0aGITEd3scqzVsI6TZ9iNIpkBWwKiNW0OUa1fFzPgRc5//9E8QsAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQDS7uZRlQIAABkFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQBH19FR4AAAAAwBAAAPAAAAAAAAAAAAAAAAAO8EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAA/AUAAAAA&#10;" stroked="f">
+              <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w:rsidR="009A1553" w:rsidRPr="009872DA" w:rsidRDefault="00974756">
+                  <w:p w:rsidR="00D9388F" w:rsidRPr="00D9388F" w:rsidRDefault="00052EC3">
                     <w:pPr>
-                      <w:pStyle w:val="a5"/>
-                      <w:jc w:val="center"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                        <w:szCs w:val="28"/>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                        <w:color w:val="0C0000"/>
+                        <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="009872DA">
-[...25 lines deleted...]
-                    </w:r>
                     <w:r>
                       <w:rPr>
-                        <w:rStyle w:val="a4"/>
-[...3 lines deleted...]
-                        <w:szCs w:val="28"/>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                        <w:color w:val="0C0000"/>
+                        <w:sz w:val="14"/>
                       </w:rPr>
-                      <w:t>3</w:t>
-[...8 lines deleted...]
-                      <w:fldChar w:fldCharType="end"/>
+                      <w:t xml:space="preserve">21.02.2014 ЕСЭДО ГО (версия 7.13.2)  Копия электронного документа. Положительный результат проверки ЭЦП. </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
-              <w10:wrap type="square" side="largest" anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="3AAC0D1D"/>
+    <w:nsid w:val="17635FC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3F88B36E"/>
-[...1 lines deleted...]
-      <w:start w:val="12"/>
+    <w:tmpl w:val="4A1C7EDC"/>
+    <w:lvl w:ilvl="0" w:tplc="33E2AE84">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="1F400262"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="204091DA"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="735" w:hanging="375"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -9521,58 +7863,147 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="55CF1E34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE8EE9F6"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="6FFF6738"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="827C753E"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
@@ -9611,108 +8042,86 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
-    <w:lvlOverride w:ilvl="0">
-[...25 lines deleted...]
-    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:pos w:val="beneathText"/>
   </w:footnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B63909"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B63909"/>
+    <w:rsidRoot w:val="002556F3"/>
+    <w:rsid w:val="00052EC3"/>
+    <w:rsid w:val="00175F53"/>
+    <w:rsid w:val="002556F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -9733,85 +8142,83 @@
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
-    <w:lsdException w:name="header" w:uiPriority="0"/>
-    <w:lsdException w:name="footer" w:uiPriority="0"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -9859,241 +8266,246 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00974756"/>
+    <w:rsid w:val="00052EC3"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
-    <w:name w:val="Hyperlink"/>
-[...6 lines deleted...]
-  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:semiHidden/>
-    <w:rsid w:val="00974756"/>
+    <w:rsid w:val="00052EC3"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:rsid w:val="00052EC3"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:after="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00974756"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00052EC3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00974756"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00052EC3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...22 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00974756"/>
+    <w:rsid w:val="00052EC3"/>
     <w:pPr>
+      <w:widowControl/>
       <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="00052EC3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
-    <w:lsdException w:name="header" w:uiPriority="0"/>
-    <w:lsdException w:name="footer" w:uiPriority="0"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -10141,178 +8553,185 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00974756"/>
+    <w:rsid w:val="00052EC3"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
-    <w:name w:val="Hyperlink"/>
-[...6 lines deleted...]
-  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:semiHidden/>
-    <w:rsid w:val="00974756"/>
+    <w:rsid w:val="00052EC3"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:rsid w:val="00052EC3"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:after="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00974756"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00052EC3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00974756"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00052EC3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...22 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00974756"/>
+    <w:rsid w:val="00052EC3"/>
     <w:pPr>
+      <w:widowControl/>
       <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="00052EC3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.con.gov.kz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e.gov.kz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e.gov.kz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.con.gov.kz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.minfin.gov.kz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P090001669_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.minfin.gov.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e.gov.kz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10560,55 +8979,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>11395</Characters>
+  <Pages>8</Pages>
+  <Words>1897</Words>
+  <Characters>10817</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>94</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>90</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13368</CharactersWithSpaces>
+  <CharactersWithSpaces>12689</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Сарбаева Акнур</dc:creator>
+  <dc:creator>Сейсембаева Арайлым Мырзакановна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>