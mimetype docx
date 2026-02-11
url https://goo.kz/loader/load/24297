--- v0 (2025-12-13)
+++ v1 (2026-02-11)
@@ -1,6290 +1,4017 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00113BD4" w:rsidRPr="007611DE" w:rsidRDefault="00113BD4" w:rsidP="00113BD4">
-[...2 lines deleted...]
-        <w:ind w:left="6096"/>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="004E38D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-        <w:ind w:left="6096"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="004E38D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...122 lines deleted...]
-        <w:ind w:left="6096"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="004E38D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-        <w:ind w:left="6096"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="004E38D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3474 lines deleted...]
-        <w:sectPr w:rsidR="00113BD4" w:rsidSect="00673451">
+        </w:rPr>
+        <w:sectPr w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidSect="00C905B2">
           <w:headerReference w:type="even" r:id="rId7"/>
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:headerReference w:type="first" r:id="rId9"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00113BD4" w:rsidRDefault="00113BD4" w:rsidP="00113BD4">
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="004E38D1" w:rsidP="004E38D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="2832" w:firstLine="708"/>
+        <w:ind w:firstLine="5387"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>«</w:t>
-[...8 lines deleted...]
-        <w:t>Мектепке дейінгі білім беру</w:t>
+        <w:t xml:space="preserve">От </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6E5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«10</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6C2B" w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6C2B" w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6E5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">июня </w:t>
+      </w:r>
+      <w:r w:rsidR="000E6C2B" w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6C2B" w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00113BD4" w:rsidRDefault="00113BD4" w:rsidP="00113BD4">
+        </w:rPr>
+        <w:t xml:space="preserve"> год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="004E38D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="2970" w:firstLine="660"/>
+        <w:ind w:firstLine="5387"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...69 lines deleted...]
-    <w:p w:rsidR="00113BD4" w:rsidRDefault="00113BD4" w:rsidP="00113BD4">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="004E38D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>633</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="2970" w:firstLine="660"/>
-[...71 lines deleted...]
-    <w:p w:rsidR="00113BD4" w:rsidRPr="003F1057" w:rsidRDefault="00113BD4" w:rsidP="00113BD4">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="5954"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">     </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Прием документов и зачисление детей в дошкольные</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организации образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственная услуга «Прием документов и зачисление детей в дошкольные организации образования» (далее –  государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разработан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министерством образования и науки Республики Казахстан (далее– Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Государственная услуга оказывается дошкольными организациями всех типов и видов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием и выдача документов для оказания государственной услуги осуществляются через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3402"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с момента сдачи пакета документов – 30 минут:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>максимально допустимое время ожидания до момента приема документов – не более 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>максимально допустимое время обслуживания услугополучателя – не более 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Форма оказания  государственной услуги: бумажная. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результатоказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зачисление ребенка в дошкольную организацию на осн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вании заявления одного из родителей или законного представителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма представления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. Государственная услуга оказывается:бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. График работы услугодателя: с понедельника по пятницу, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан, в соответствии с установленным графиком работы с 9.00- 18.00 часов, с перерывом на обед с 13.00 -14.00.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя к услугодателю:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         1) заявление </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>(в произвольной форме);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) направление, выданное Управлением образования областей, городов Астана и Алматы, районных, городских отделов образования, в сельской местности – акиматомпо формесогласно п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>риложению к настоящему стандартугосударственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) документ, удостоверяющий личность услугополучателя (одного из родителей или законных представителей), (оригинал и копия) для идентификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) паспорт здоровья ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>справка об эпидокружении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Порядок обжалования решений, действий (бездействий)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>местных исполнительных органов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города республиканского </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>значения и столицы, района (города областного значения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя и (или)его должностных лиц  по вопросам </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>слугодателя и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на имя руководителя местного исполнительного органа, города республиканского значения и столицы, района (города областного значения) по адресам, указанным в интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разделе «Государственные услуги»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на имя руководителя услугодателя по адресам, указанным в интернет-ресурсах местных исполнительных органов, города республиканского значения и столицы, района (города областного значения) с указанием фамилии и инициалов лица, принявшего жалобу, сроки и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя по вопросам оказания государственн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес местного исполнительного органа, города республиканского значения и столицы, района (города областного значения), услугодателя, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В случае несогласия с результатами оказания государственной услуги,  услугополучатель может обратиться  в  уполномоченный орган  по оценке и контролю за качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Жалоба услугополучателя, поступившая в адрес уполномоченного органа  по оценке и контролю за качеством оказания государственной услуг</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информацию о порядке обжалования можно получить посредством единого контакт-центра по вопросам оказания государственных услуг.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случаях несогласия с результатами оказанной государственной услуги, услугополучатель  имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">        </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003F1057">
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Баланы мектепке дейінгі ұйымға қабылдау үшін жолдама </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Иные требования с учетом особенностей оказания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Единый  контакт-центр по вопросам оказания государственных услуг:  8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3443"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3443"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3443"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="4820"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidSect="00C905B2">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pageBreakBefore/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4820"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="4820"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к стандарту государственнойуслуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="4820"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Прием документов и зачисление детей </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="4820"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в дошкольные организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="4820"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бразования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="4820"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Направления для зачисления ребенка в дошкольную организацию</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:bottomFromText="200" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="3931"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:bottomFromText="200" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="3759"/>
         <w:tblW w:w="9821" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="40" w:type="dxa"/>
           <w:right w:w="40" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4860"/>
         <w:gridCol w:w="4961"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidTr="002254EE">
+      <w:tr w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidTr="002F4F3B">
         <w:trPr>
-          <w:trHeight w:val="5523"/>
+          <w:trHeight w:val="5202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00113BD4" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Уәкілетті </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F313F7">
+              <w:t>Уәкілетті орган</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F313F7">
+              </w:rPr>
+              <w:t>_____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>_____________________________</w:t>
-[...13 lines deleted...]
-              </w:rPr>
               <w:t>Уполномоченный орган______________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">№  ____   ЖОЛДАМА </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">НАПРАВЛЕНИЕ  № </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>_______</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F313F7">
-[...8 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Берілген күні «_____» ____________ 20_____ ж.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Дата выдачи    «_____» ____________ 20_____ г.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Баланың Т.А.Ә.(әкесінің аты бар болса) ________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...16 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>__________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Туған  күні, айы және жылы _________________     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И.О </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>при наличии отчество)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ребенка      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Дата, месяц, год рождения __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...38 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мектепк</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>е дейінгі ұйым ___________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
               <w:t>_________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Дошкольная организация</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>___________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t>_________________________________________</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">         </w:t>
+              <w:t>_______________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ЖЫРТПАЛЫ ПАРАҚ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ОТРЫВНОЙ ЛИСТ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Уәкілетті </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F313F7">
+              <w:t>Уәкілетті орган____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орган____________________________</w:t>
-[...15 lines deleted...]
-              </w:rPr>
               <w:t>Уполномоченный орган_______________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">№  ____ЖОЛДАМА  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
               <w:t>НАПРАВЛЕНИЕ  № _______</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Берілген күні «_____» ____________ 20_____ ж.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Дата выдачи    «_____» ____________ 20_____г.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Баланың  Т.А.Ә.(әкесінің аты бар болса) ________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F313F7">
-[...24 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> __________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Туған  күні, айы және жылы _________________     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F313F7">
-[...50 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И.О. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">при наличии отчество)  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ребенка      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Дата, месяц, год рождения __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F313F7">
-[...39 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00F313F7" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мектепк</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>е дейінгі ұйым ___________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
               <w:t>_________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00204AED" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00F313F7">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Дошкольная организация</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>___________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F313F7">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t>_________</w:t>
-[...15 lines deleted...]
-            </w:r>
+              <w:t>________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidTr="002254EE">
+      <w:tr w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidTr="002F4F3B">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="71"/>
+          <w:trHeight w:hRule="exact" w:val="77"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E82B3D">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>РЕГИСТРАЦИОННЫЙ  В</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E82B3D">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> ЖУРНАЛЕ ВЫДАЧИ БЛАНКОВ НАПРАВЛЕНИЙ - __</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidTr="002254EE">
+      <w:tr w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidTr="002F4F3B">
         <w:trPr>
-          <w:trHeight w:val="3902"/>
+          <w:trHeight w:val="837"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E82B3D">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ЖОЛДАМА БЛАНКІСІН БЕРУ ЖУРНАЛЫНДАҒЫ ТІРКЕУ №  _________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E82B3D">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>РЕГИСТРАЦИОННЫЙ НОМЕР В ЖУРНАЛЕ ВЫДАЧИ БЛАНКОВ НАПРАВЛЕНИЙ №</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E82B3D">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>_____</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E82B3D">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00E82B3D">
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жауапты адамның </w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Т.А.Ә.</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+              <w:t>Жауапты адамның Т.А.Ә.(әкесінің аты бар болса)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>______________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E82B3D">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">                  </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">                                                  Қолы ___________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00E82B3D">
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Қолы ___________</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E82B3D">
+            </w:pPr>
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И.О. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>при наличии отчество)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ответственного лица     ____________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">_                                   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E82B3D">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ф.И.О. </w:t>
-[...46 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+              <w:t xml:space="preserve">                                             Подпись _____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мөрдің орны/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:i/>
-[...32 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+                <w:color w:val="000000"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жолдама берілгенкүннен бастап 5 күн бойы жарамды болады </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="right"/>
-[...18 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E82B3D">
-[...65 lines deleted...]
-            <w:r w:rsidRPr="00E82B3D">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Направление действительно в течение 5-и дней со дня выдачи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E82B3D">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ЖОЛДАМА БЛАНКІСІН БЕРУ ЖУРНАЛЫНДАҒЫ ТІРКЕУ №  _________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E82B3D">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>РЕГИСТРАЦИОННЫЙ НОМЕР В ЖУРНАЛЕ ВЫДАЧИ БЛАНКОВ НАПРАВЛЕНИЙ №_____</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113BD4" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E82B3D">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жауапты адамның </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Жауапты адамның Т.А.Ә. (әкесінің аты бар болса)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Т.А.Ә.</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+            </w:pPr>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>______________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>______________________________________</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+              <w:t xml:space="preserve">                                                   Қолы ___________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E82B3D">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                   Қолы ___________</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E82B3D">
+              <w:t>Ф.И.О.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">при наличии отчество) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ответственного лица    ______________________________________                                   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E82B3D">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ф.И.О.</w:t>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E82B3D">
+              <w:t xml:space="preserve">                                              Подпись _____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
-                <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:i/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Место печати</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E82B3D">
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жолдама берілген</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00E82B3D">
+              <w:t xml:space="preserve">Жолдама берілгенкүннен бастап 5 күн бойы жарамды болады </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>күннен бастап 5 күн</w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3289D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бойы</w:t>
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> течение 5-и дней со дня выдачи</w:t>
+              <w:t>Направление действительно в течение 5-и дней со дня выдачи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidTr="002254EE">
+      <w:tr w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidTr="002F4F3B">
         <w:trPr>
           <w:trHeight w:val="937"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
-[...51 lines deleted...]
-          <w:p w:rsidR="00113BD4" w:rsidRPr="00E82B3D" w:rsidRDefault="00113BD4" w:rsidP="002254EE">
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жолдаманың негізгі нысанымен міндетті түрде бақылау үшін салыстыра тексеруге жатады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...12 lines deleted...]
-              <w:t>Подлежит обязательной  контрольной сверке с основной формой направления.</w:t>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подлежит обязательной  контрольной сверке </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="002F4F3B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с основной формой направления.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00113BD4" w:rsidRDefault="00113BD4" w:rsidP="00113BD4">
-[...18 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="000E6C2B" w:rsidRPr="00D3289D" w:rsidRDefault="000E6C2B" w:rsidP="000E6C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F82B0D" w:rsidRDefault="00113BD4" w:rsidP="00113BD4">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B6D0D" w:rsidRPr="000E6C2B" w:rsidRDefault="004B6D0D" w:rsidP="000E6C2B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:sectPr w:rsidR="00F82B0D" w:rsidSect="006A05FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="004B6D0D" w:rsidRPr="000E6C2B" w:rsidSect="000E6C2B">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="009D030C" w:rsidRDefault="009D030C" w:rsidP="006A05FA">
+    <w:p w:rsidR="008C22F8" w:rsidRDefault="008C22F8" w:rsidP="000E6C2B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="009D030C" w:rsidRDefault="009D030C" w:rsidP="006A05FA">
+    <w:p w:rsidR="008C22F8" w:rsidRDefault="008C22F8" w:rsidP="000E6C2B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="DejaVu Sans">
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="009D030C" w:rsidRDefault="009D030C" w:rsidP="006A05FA">
+    <w:p w:rsidR="008C22F8" w:rsidRDefault="008C22F8" w:rsidP="000E6C2B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="009D030C" w:rsidRDefault="009D030C" w:rsidP="006A05FA">
+    <w:p w:rsidR="008C22F8" w:rsidRDefault="008C22F8" w:rsidP="000E6C2B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="003A35D1" w:rsidRDefault="006A05FA" w:rsidP="00F11E6A">
+  <w:p w:rsidR="00CF62EE" w:rsidRDefault="00530743" w:rsidP="004E4BD0">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="a9"/>
+        <w:rStyle w:val="aa"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a9"/>
+        <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00F82B0D">
+    <w:r w:rsidR="00A965FF">
       <w:rPr>
-        <w:rStyle w:val="a9"/>
+        <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a9"/>
+        <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="003A35D1" w:rsidRDefault="009D030C">
+  <w:p w:rsidR="00CF62EE" w:rsidRDefault="008C22F8">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="003A35D1" w:rsidRDefault="006A05FA" w:rsidP="00F11E6A">
+  <w:p w:rsidR="00CF62EE" w:rsidRDefault="00530743" w:rsidP="004E4BD0">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rStyle w:val="a9"/>
+        <w:rStyle w:val="aa"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a9"/>
+        <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00F82B0D">
+    <w:r w:rsidR="00A965FF">
       <w:rPr>
-        <w:rStyle w:val="a9"/>
+        <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a9"/>
+        <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B71403">
+    <w:r w:rsidR="004E38D1">
       <w:rPr>
-        <w:rStyle w:val="a9"/>
+        <w:rStyle w:val="aa"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a9"/>
+        <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="003A35D1" w:rsidRDefault="009D030C" w:rsidP="0039028C">
+  <w:p w:rsidR="00CF62EE" w:rsidRPr="00584CD8" w:rsidRDefault="008C22F8" w:rsidP="004E4BD0">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:rStyle w:val="a9"/>
+        <w:rStyle w:val="aa"/>
+        <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="003A35D1" w:rsidRPr="005714A3" w:rsidRDefault="009D030C" w:rsidP="00F11E6A">
+  <w:p w:rsidR="00CF62EE" w:rsidRDefault="008C22F8">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="003A35D1" w:rsidRDefault="009D030C">
+  <w:p w:rsidR="00CF62EE" w:rsidRDefault="008C22F8">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a6"/>
       <w:jc w:val="center"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="003A35D1" w:rsidRPr="00B24937" w:rsidRDefault="009D030C">
+  <w:p w:rsidR="00CF62EE" w:rsidRDefault="00530743">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
-[...8 lines deleted...]
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a6"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="_x0000_s1025" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:21.9pt;width:30pt;height:631.4pt;z-index:251660288;mso-wrap-style:tight" stroked="f">
-          <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
+        <v:shape id="Поле 1" o:spid="_x0000_s4097" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:35.3pt;width:30pt;height:631.4pt;z-index:251659264;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm84nXlAIAABIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHX0qx5JgOYiTuiiQ&#10;foC0B6ApyiJKkSxJWwqKnqWn6KpAz+AjdUjFifpZFEW9oDma4ePMvDdcXgydQAdmLFeywslZjBGT&#10;VNVc7ir8/t1mlmNkHZE1EUqyCt8xiy9WT58se12yVLVK1MwgAJG27HWFW+d0GUWWtqwj9kxpJsHZ&#10;KNMRB6bZRbUhPaB3Ikrj+Dzqlam1UZRZC1+vRydeBfymYdS9aRrLHBIVhtxcWE1Yt36NVktS7gzR&#10;Laf3aZB/yKIjXMKlD1DXxBG0N/w3qI5To6xq3BlVXaSahlMWaoBqkviXam5bolmoBZpj9UOb7P+D&#10;pa8Pbw3iNXCHkSQdUHT8cvx+/Hb8ihLfnV7bEoJuNYS5Ya0GH+krtfpG0Q8WSXXVErljl8aovmWk&#10;huzCyWhydMSxHmTbv1I1XEP2TgWgoTGdB4RmIEAHlu4emGGDQxQ+PsuTOAYPBVceJ/kiD9RFpDyd&#10;1sa6F0x1yG8qbID5gE4ON9ZBHRB6CgnZK8HrDRciGGa3vRIGHQioZBN+vnQ4YqdhQvpgqfyx0T1+&#10;gSThDu/z6QbWPxVJmsXrtJhtzvPFLNtk81mxiPNZnBTr4jzOiux689knmGRly+uayRsu2UmBSfZ3&#10;DN/PwqidoEHUV7iYp/ORomn2dlokNNP38w9FdtzBQAre+UafgkjpiX0uazhASke4GPfRz+mHlkEP&#10;Tv+hK0EGnvlRA27YDoDitbFV9R0IwijgC7iFVwQ2fk0XYPYwlBW2H/fEMIzESwm6KpIsA5cLRjZf&#10;pGCYqWc79RBJWwWz7jAat1dunPy9NnzXwmWjkqW6BC02PMjkMTGowhsweKGe+0fCT/bUDlGPT9nq&#10;BwAAAP//AwBQSwMEFAAGAAgAAAAhAIHRDFLgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoTVOFkMapChInpEqUiPM23sahsR3Fbhr4epwTve3OjmbeFpvJdGykwbfOSnhc&#10;CGBka6da20ioPt8eMmA+oFXYOUsSfsjDpry9KTBX7mI/aNyHhsUQ63OUoEPoc859rcmgX7iebLwd&#10;3WAwxHVouBrwEsNNx5dCpNxga2ODxp5eNdWn/dlIGMVvVSfo+PvuO61OW718GXdfUt7fTds1sEBT&#10;+DfDjB/RoYxMB3e2yrNOwnOWRfQg4UmkwGaDWM3KIU5JkqyAlwW/fqL8AwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhACbzideUAgAAEgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAIHRDFLgAAAADAEAAA8AAAAAAAAAAAAAAAAA7gQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;" stroked="f">
+          <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top;mso-next-textbox:#Поле 1">
             <w:txbxContent>
-              <w:p w:rsidR="00154777" w:rsidRPr="00154777" w:rsidRDefault="00F82B0D">
+              <w:p w:rsidR="003C5F69" w:rsidRPr="003C5F69" w:rsidRDefault="00A965FF">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:color w:val="0C0000"/>
                     <w:sz w:val="14"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:color w:val="0C0000"/>
                     <w:sz w:val="14"/>
                   </w:rPr>
                   <w:t xml:space="preserve">11.06.2014 ЕСЭДО ГО (версия 7.13.2)  Копия электронного документа. Положительный результат проверки ЭЦП. </w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...95 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="99"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="7170"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="4"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00113BD4"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F82B0D"/>
+    <w:rsidRoot w:val="00194A00"/>
+    <w:rsid w:val="000E6C2B"/>
+    <w:rsid w:val="00194A00"/>
+    <w:rsid w:val="002B6E5F"/>
+    <w:rsid w:val="00306260"/>
+    <w:rsid w:val="004B6D0D"/>
+    <w:rsid w:val="004E38D1"/>
+    <w:rsid w:val="00530743"/>
+    <w:rsid w:val="005F1DD3"/>
+    <w:rsid w:val="008C22F8"/>
+    <w:rsid w:val="00A965FF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="7170"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
@@ -6361,211 +4088,572 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006A05FA"/>
-[...13 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="000E6C2B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-    <w:name w:val="Заголовок 3 Знак"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000E6C2B"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E6C2B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000E6C2B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00113BD4"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000E6C2B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Основной текст Знак"/>
+    <w:link w:val="a9"/>
+    <w:rsid w:val="000E6C2B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:rsid w:val="000E6C2B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Основной текст Знак1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E6C2B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a3"/>
+    <w:rsid w:val="000E6C2B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="000E6C2B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000E6C2B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000E6C2B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E6C2B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00113BD4"/>
+    <w:rsid w:val="000E6C2B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="List Paragraph"/>
-[...12 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00113BD4"/>
+    <w:rsid w:val="000E6C2B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00113BD4"/>
+    <w:rsid w:val="000E6C2B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000E6C2B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
-    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:name w:val="Основной текст Знак"/>
+    <w:link w:val="a9"/>
+    <w:rsid w:val="000E6C2B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:rsid w:val="000E6C2B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Основной текст Знак1"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00113BD4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000E6C2B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Обычный (веб) Знак"/>
     <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
     <w:link w:val="a3"/>
-    <w:rsid w:val="00113BD4"/>
+    <w:rsid w:val="000E6C2B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
+  <w:style w:type="character" w:styleId="aa">
     <w:name w:val="page number"/>
-    <w:rsid w:val="00113BD4"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="000E6C2B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000E6C2B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000E6C2B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6599,84 +4687,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -6807,59 +4897,75 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1734CD8D-0D98-495A-BC19-E6A8BF1B3D55}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1208</Words>
-  <Characters>6887</Characters>
+  <Words>1152</Words>
+  <Characters>6571</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Microsoft</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8079</CharactersWithSpaces>
+  <CharactersWithSpaces>7708</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Гость</dc:creator>
+  <dc:creator>Сейсембаева Арайлым Мырзакановна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>