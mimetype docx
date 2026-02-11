--- v0 (2025-12-12)
+++ v1 (2026-02-11)
@@ -7,3318 +7,2346 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="003C02FD" w:rsidRPr="007611DE" w:rsidRDefault="003C02FD" w:rsidP="003C02FD">
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2552"/>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2552"/>
+          <w:tab w:val="left" w:pos="5670"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2552"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2552"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от « </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> » </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">июня </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2014 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2552"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 633</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стандарт государственной услуги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:left="6096"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="003C02FD" w:rsidRPr="007611DE" w:rsidRDefault="003C02FD" w:rsidP="003C02FD">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рием документов и зачисление в организации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:left="6096"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="003C02FD" w:rsidRPr="00EF5147" w:rsidRDefault="003C02FD" w:rsidP="003C02FD">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительного образования для детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по предоставлению </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:left="6096" w:hanging="567"/>
-[...62 lines deleted...]
-    <w:p w:rsidR="003C02FD" w:rsidRPr="007611DE" w:rsidRDefault="003C02FD" w:rsidP="003C02FD">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">им </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительного образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:left="6096"/>
-[...60 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рием документов и зачисление в организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительного образования для детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по предоставлению им дополнительного образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:tabs>
-          <w:tab w:val="center" w:pos="4677"/>
-          <w:tab w:val="right" w:pos="9355"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...12 lines deleted...]
-    <w:p w:rsidR="003C02FD" w:rsidRDefault="003C02FD" w:rsidP="003C02FD">
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга оказывается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>организациями дополнительного образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для детей,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организациями общего среднего образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием и выдача документов для оказания государственной услуги осуществляются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="003C02FD" w:rsidRDefault="003C02FD" w:rsidP="003C02FD">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="003C02FD" w:rsidRPr="0055604B" w:rsidRDefault="003C02FD" w:rsidP="003C02FD">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="003C02FD" w:rsidRDefault="003C02FD" w:rsidP="003C02FD">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
-[...3 lines deleted...]
-          <w:b/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1) максимально допустимое время ожидания для сдачи пакета документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...40 lines deleted...]
-    <w:p w:rsidR="003C02FD" w:rsidRPr="00F6290F" w:rsidRDefault="003C02FD" w:rsidP="003C02FD">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не более 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>максимально допустимое время обслуживания услугополучателя – не более 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
-[...15 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...13 lines deleted...]
-        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...24 lines deleted...]
-        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Результат оказания государственной услуги: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зачисление обучающихся в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организацию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительного образования для детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по предоставлению им дополнительного образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на осн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вании заявления одного из родителей или законного представителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма представления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. Государственная услуга оказывается бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. График работы услугодателя: с понедельника по субботу включительно, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за исключением выходных и праздничных дне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">й, согласно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">трудовому законодательству Республики Казахстан, в соответствии  с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>установленным графиком работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с 9.00 часов до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 часов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>перерыв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обед с 13.00 до 14.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>0 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень документов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">необходимых для оказания государственной услуги при </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">личном </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>обращении услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или его законного представителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к услугодателю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) заявление от родителей (законных представителей) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>(в произвольной форме);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) справка о состоянии здоровья (медицинский паспорт).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Порядок обжалования решений, действий (бездействий)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местных исполнительных органов, города республиканского </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">значения и столицы, района (города областного значения), </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя и (или) его должностных лиц  по вопросам </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>слугодателя и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на имя руководителя местного исполнительного органа, города республиканского значения и столицы, района (города областного значения) по адресам, указанным в интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разделе «Государственные услуги»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на имя руководителя услугодателя по адресам, указанным в интернет-ресурсах местных исполнительных органов, города республиканского значения и столицы, района (города областного значения) с указанием фамилии и инициалов лица, принявшего жалобу, сроки и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя по вопросам оказания государственн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес местного исполнительного органа, города республиканского значения и столицы, района (города областного значения), услугодателя, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В случае несогласия с результатами оказания государственной услуги,  услугополучатель может обратиться  в  уполномоченный орган  по оценке и контролю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес уполномоченного органа  по оценке и контролю за качеством оказания государственной услуг</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
-[...950 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информацию о порядке обжалования можно получить посредством единого контакт-центра по вопросам оказания государственных услуг.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>сәйкес</w:t>
-[...456 lines deleted...]
-    <w:p w:rsidR="003C02FD" w:rsidRPr="0055604B" w:rsidRDefault="003C02FD" w:rsidP="003C02FD">
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случаях несогласия с результатами оказанной государственной услуги, услугополучатель  имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="003C02FD" w:rsidRDefault="003C02FD" w:rsidP="003C02FD">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...210 lines deleted...]
-    <w:p w:rsidR="003C02FD" w:rsidRDefault="003C02FD" w:rsidP="003C02FD">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...95 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Иные требования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00075369">
-[...10 lines deleted...]
-    <w:p w:rsidR="003C02FD" w:rsidRDefault="003C02FD" w:rsidP="003C02FD">
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">с учетом особенностей оказания </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...398 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...112 lines deleted...]
-          <w:b/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ерекшеліктері </w:t>
-[...337 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Услугополучатель имеет возможность получения информации                    о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13. Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F7F4E" w:rsidRPr="00D3289D" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D130D5" w:rsidRDefault="008F7F4E" w:rsidP="008F7F4E">
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00D130D5" w:rsidSect="008F7F4E">
+      <w:headerReference w:type="even" r:id="rId6"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00A344C6" w:rsidRDefault="00A344C6" w:rsidP="003C02FD">
+    <w:p w:rsidR="00D130D5" w:rsidRDefault="00D130D5" w:rsidP="008F7F4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00A344C6" w:rsidRDefault="00A344C6" w:rsidP="003C02FD">
+    <w:p w:rsidR="00D130D5" w:rsidRDefault="00D130D5" w:rsidP="008F7F4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DejaVu Sans">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Batang">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02030600000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="003C02FD" w:rsidRDefault="003C02FD">
+  <w:p w:rsidR="008F7F4E" w:rsidRDefault="008F7F4E">
     <w:pPr>
-      <w:pStyle w:val="a6"/>
+      <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="003C02FD" w:rsidRDefault="003C02FD">
+  <w:p w:rsidR="008F7F4E" w:rsidRDefault="008F7F4E">
     <w:pPr>
-      <w:pStyle w:val="a6"/>
+      <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="003C02FD" w:rsidRDefault="003C02FD">
+  <w:p w:rsidR="008F7F4E" w:rsidRDefault="008F7F4E">
     <w:pPr>
-      <w:pStyle w:val="a6"/>
+      <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00A344C6" w:rsidRDefault="00A344C6" w:rsidP="003C02FD">
+    <w:p w:rsidR="00D130D5" w:rsidRDefault="00D130D5" w:rsidP="008F7F4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00A344C6" w:rsidRDefault="00A344C6" w:rsidP="003C02FD">
+    <w:p w:rsidR="00D130D5" w:rsidRDefault="00D130D5" w:rsidP="008F7F4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="003C02FD" w:rsidRDefault="003C02FD">
+  <w:p w:rsidR="008F7F4E" w:rsidRDefault="008F7F4E">
     <w:pPr>
-      <w:pStyle w:val="a4"/>
+      <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="9174190"/>
+      <w:id w:val="1535598"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w:rsidR="003C02FD" w:rsidRDefault="003C02FD">
+      <w:p w:rsidR="008F7F4E" w:rsidRDefault="008F7F4E">
         <w:pPr>
-          <w:pStyle w:val="a4"/>
+          <w:pStyle w:val="a7"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:fldSimple w:instr=" PAGE   \* MERGEFORMAT ">
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
         </w:fldSimple>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="003C02FD" w:rsidRDefault="003C02FD">
+  <w:p w:rsidR="008F7F4E" w:rsidRDefault="008F7F4E">
     <w:pPr>
-      <w:pStyle w:val="a4"/>
+      <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="003C02FD" w:rsidRDefault="003C02FD">
+  <w:p w:rsidR="008F7F4E" w:rsidRDefault="008F7F4E">
     <w:pPr>
-      <w:pStyle w:val="a4"/>
+      <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="89"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003C02FD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A344C6"/>
+    <w:rsidRoot w:val="008F7F4E"/>
+    <w:rsid w:val="008F7F4E"/>
+    <w:rsid w:val="00D130D5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
@@ -3336,50 +2364,51 @@
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -3488,115 +2517,186 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003C02FD"/>
+    <w:rsid w:val="008F7F4E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основной текст Знак"/>
+    <w:link w:val="a5"/>
+    <w:rsid w:val="008F7F4E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="008F7F4E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Основной текст Знак1"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008F7F4E"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="008F7F4E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Стиль"/>
+    <w:rsid w:val="008F7F4E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C02FD"/>
+    <w:rsid w:val="008F7F4E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="003C02FD"/>
+    <w:rsid w:val="008F7F4E"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C02FD"/>
+    <w:rsid w:val="008F7F4E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003C02FD"/>
+    <w:rsid w:val="008F7F4E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="jl:30988309.0%20" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3843,54 +2943,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>711</Words>
-  <Characters>4053</Characters>
+  <Words>747</Words>
+  <Characters>4261</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
+  <Lines>35</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4755</CharactersWithSpaces>
+  <CharactersWithSpaces>4999</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Гость</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>