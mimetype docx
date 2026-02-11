--- v0 (2025-12-15)
+++ v1 (2026-02-11)
@@ -1,5324 +1,5988 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
-[...2 lines deleted...]
-        <w:ind w:left="5812"/>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:left="5970"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:kern w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утвержден                                                                                   постановлением Правительства                                                                                            Республики Казахстан                                                                                                       от «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">»  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>феврал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2014 года  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:left="5970"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 115</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...198 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>«П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:iCs/>
-          <w:spacing w:val="-6"/>
-          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>редоставление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бесплатного питания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін тамақтандыруды ұсыну</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>отдельным категориям обучающихся и воспитанников в общеобразовательных школах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="8"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-27408"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>»</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная услуга</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>«П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>редоставление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бесплатного питания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отдельным категориям обучающихся и воспитанников в общеобразовательных школах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азработан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерством образования и науки Республики Казахстан (далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB3F7C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>мемлекеттік көрсетілетін қызмет стандарты</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказывается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>местными исполнительными органами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> областей, районов, городов республиканского, областного значения, столицы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услугодатель).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...42 lines deleted...]
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...94 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием заявлений и выдача результатов оказания государственных услуг осуществляются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) веб-портал «электронного правительства»: www.egov.kz (далее – портал)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
-[...213 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:kern w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:kern w:val="0"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с момента</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также при обращении на портал </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 5 рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не более 20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не более 20 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Форма оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электронная (частично автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Результат оказания государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> справка о предоставлении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бесплатного питания в общеобразовательной школе согласно приложению 1 к настоящему стандарту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственная услуга</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Форма предоставления результата оказания государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электронная.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за получением государственной услуги на бумажном носителе результат оформляется в электронном формате, распечатывается и заверяется подписью руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На портале результат оказания государственной услуги направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в «личный кабинет» в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мемлекеттік қызмет көрсету мерзімдері</w:t>
-[...5 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осударственная услуга оказывается бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с понедельника по пятницу включительно, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан, в соответствии с установленным графиком работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 9.00 часов до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предварительная запись и ускоренное обслуживание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предусмотрены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) портала </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> круглосуточно (за исключением технических перерывов в связи с проведением ремонтных работ).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="396"/>
+        </w:tabs>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заявление установленной формы согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приложению 2 к настоящему стандарту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:snapToGrid w:val="0"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справка, подтверждающая принадлежность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (семьи) к потребителям государственной адресной социальной помощи, предоставляемую местными исполнительными органами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...44 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для категории </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>й из семей, имеющих право на получение государственной адресной социальной помощи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:snapToGrid w:val="0"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ведения о полученных доходах (заработная плата работающих родителей или лиц их заменяющих, доходы от предпринимательской и других видов деятельности, доходы в виде алиментов на детей и других иждивенцев для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:kern w:val="0"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:kern w:val="0"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:snapToGrid w:val="0"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:kern w:val="0"/>
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>справка об опеке и попечительстве над</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детьми-сиротами и детьми, оставшимися без попечения родителей, воспитывающихся в семьях для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из числа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:kern w:val="0"/>
-[...236 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>детей-сирот и детей, оставшихся без попечения родителей, проживающих в семьях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-[...98 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме документов по форме согласно приложению 3 к настоящему стандарту государственной услуги с указанием:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1) перечня сданных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
-[...720 lines deleted...]
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) фамилии, имени, отчества, должности сотрудника, принявшего документы, а также его контактных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Акт обследования материально-бытового положения семьи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>з семей, требующих экстренной помощи в результате чрезвычайных ситуаций и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> иных </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>категорий</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся и воспитанников, определяемых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">коллегиальным органом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>управления организации образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставляется организацией образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. При необходимости коллегиальный орган вправе запрашивать необходимые документы для принятия решения об оказании финансовой и материальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) на портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>запрос от одного из родителей (опекунов, попечителей) ребенка в форме электронного документа, удостоверенного ЭЦП заявителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный номер ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сведения о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справке, подтверждающей принадлежность услугополучателя (семьи) к получателям государственной адресной социальной помощи, справке по опеке и попечительству о решении уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, сведения о полученных доходах (заработная плата, доходы от предпринимательской деятельности) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>услугодател</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем в форме электронного документа, удостоверенного ЭЦП уполномоченных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лиц государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае обращения через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в «личный кабинет» направляется уведомление-отчет о принятии запроса для оказания государственной услуги с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Порядок обжалования решений, действий (бездействия) местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов, а также услугодателей и (или) их должностных лиц по вопросам оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обжалование решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по вопросам оказания государственных услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо на имя руководителя соответствующего местного исполнительного органа областей, города республиканского значения, столицы (далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) по адресам, указанным в пункте 12 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба подается в письменной форме по почте либо нарочно через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу. После регистрации жалоба направляется руководителю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">акимата, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для определения ответственного исполнителя и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>принятия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствующих мер. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес услугодателя, акимата подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услогополучателю посредством почтовой связи либо выдается нарочно в канцелярии услугодателя, акимата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>В случае несогласия с результатами оказанной государственной услуги услугополучатель может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>11. В случаях несогласия с результатами оказанной государственной услуги, услугополучатель имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Иные требования с учетом особенностей оказания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, в том числе оказываемой</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в электронной форме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:contextualSpacing/>
-[...221 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>12. Адреса мест оказания государственной услуги размещены:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00BB3F7C">
+        <w:r w:rsidRPr="00FD0E64">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:kern w:val="0"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
             <w:sz w:val="28"/>
-            <w:lang w:val="kk-KZ"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>www.edu.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BB3F7C">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
-[...39 lines deleted...]
-        <w:t xml:space="preserve">Порталда: </w:t>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) на портале: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00BB3F7C">
+        <w:r w:rsidRPr="00FD0E64">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-            <w:kern w:val="0"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
-          <w:t>.</w:t>
+          <w:t>www.e.gov.kz</w:t>
         </w:r>
-        <w:r w:rsidRPr="00BB3F7C">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством «личного кабинета» портала, справочных служб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00FD0E64">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-            <w:kern w:val="0"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
-          <w:t>.</w:t>
-[...29 lines deleted...]
-          <w:t>kz</w:t>
+          <w:t>www.edu.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BB3F7C">
-[...116 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:before="280" w:after="280"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...44 lines deleted...]
-          <w:cols w:space="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00D52955" w:rsidSect="00336D3C">
+          <w:footnotePr>
+            <w:pos w:val="beneathText"/>
+          </w:footnotePr>
+          <w:pgSz w:w="11905" w:h="16837"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1" w:chapStyle="1"/>
+          <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
-[...3 lines deleted...]
-        <w:ind w:left="4785"/>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="4800"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="4800"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="4800"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB3F7C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предоставление </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
-          <w:spacing w:val="-6"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бесплатного питания отдельным категориям обучающихся и воспитанников в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бщеобразовательных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Жалпы білім беретін мектептерде білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін тамақтандыруды ұсыну</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>СПРАВКА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о предоставлении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бесплатного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дана__________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">» </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> том, что он/она включен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) в список</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          (Ф.И.О.) обучающихся и воспитанников, обеспечивающихся бесплатным питанием в 20__ - 20__ учебном году.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               М.П.                                                                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>мемлекеттік</w:t>
-[...8 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Дата, подпись директора </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көрсетілетін</w:t>
-[...15 lines deleted...]
-        <w:ind w:left="4785"/>
+        <w:t>школы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...324 lines deleted...]
-          <w:cols w:space="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00D52955" w:rsidSect="00336D3C">
+          <w:footnotePr>
+            <w:pos w:val="beneathText"/>
+          </w:footnotePr>
+          <w:pgSz w:w="11905" w:h="16837"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1" w:chapStyle="1"/>
+          <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
-[...3 lines deleted...]
-        <w:ind w:left="4820"/>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="4700"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение 2                                                                          к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB3F7C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
-          <w:spacing w:val="-6"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предоставление бесплатного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="3969" w:firstLine="504"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="5115"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Директору школы № _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="5115"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="5115"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование школы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="5115"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>( ________ района, ________области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="5115"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="5115"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. директора)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="5115"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от гражданина (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="5115" w:firstLine="2398"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Ф.И.О. заявителя) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="5115"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проживающе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Жалпы білім беретін мектептерде білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін тамақтандыруды ұсыну</w:t>
-[...48 lines deleted...]
-        <w:ind w:left="4820"/>
+        <w:t>го</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-ей) по адресу:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="5115"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="5115"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...47 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование населенного пункта, адрес места проживания, телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...114 lines deleted...]
-        <w:ind w:left="4820"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...222 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
         <w:ind w:firstLine="504"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прошу Вас включить моего несовершеннолетнего ребенка (Ф.И.О., дата рождения), обучающегося в (указать № и литер класса) в список обучающихся и воспитанников, обеспечивающихся бесплатным питанием на (указать учебный год). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:suppressAutoHyphens w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="280" w:after="280"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«___»__________20__г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BB3F7C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BB3F7C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BB3F7C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BB3F7C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...31 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">  Подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>гражданина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:before="280" w:after="280"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:before="280" w:after="280"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...55 lines deleted...]
-          <w:cols w:space="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="00FD0E64" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00D52955" w:rsidSect="00336D3C">
+          <w:footnotePr>
+            <w:pos w:val="beneathText"/>
+          </w:footnotePr>
+          <w:pgSz w:w="11905" w:h="16837"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1" w:chapStyle="1"/>
+          <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
-[...2 lines deleted...]
-        <w:ind w:left="5245"/>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:ind w:left="4700"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:kern w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение 3                                                                         к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
-          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB3F7C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
-          <w:spacing w:val="-6"/>
-          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предоставление бесплатного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Расписки </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Жалпы білім беретін мектептерде білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін тамақтандыруды ұсыну</w:t>
-[...48 lines deleted...]
-        <w:ind w:left="5245"/>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получении документов у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...115 lines deleted...]
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Школа __________________________ (указать № или наименование школы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
+        <w:ind w:firstLine="540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:kern w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...6 lines deleted...]
-          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
+        </w:rPr>
+        <w:t>(наименование населенного пункта, района, города и области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
-        <w:jc w:val="center"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Расписка в приеме документов № _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Получены </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________ следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:kern w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...6 lines deleted...]
-          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="28"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
+        </w:rPr>
+        <w:t xml:space="preserve">                                    (Ф.И.О. потребителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
+        <w:ind w:firstLine="495"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:ind w:firstLine="495"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правка, подтверждающая принадлежность заявителя (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для категории лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="495"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сведения о полученных доходах (заработная плата работающих родителей или лиц их заменяющих, доходы от предпринимательской и других видов деятельности, доходы в виде алиментов на детей и других иждивенцев.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="495"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...22 lines deleted...]
-      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="495"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Акт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обследования материально-жилищных условий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...34 lines deleted...]
-      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="495"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Другие _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...38 lines deleted...]
-      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="495"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="495"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00330B5E" w:rsidRPr="00BB3F7C" w:rsidRDefault="00330B5E" w:rsidP="00330B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...97 lines deleted...]
-    <w:sectPr w:rsidR="001D1480">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          Принял Ф.И.О. _____________ (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «__» _____________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039694E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52955" w:rsidRPr="0039694E" w:rsidRDefault="00D52955" w:rsidP="00D52955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00175F53" w:rsidRDefault="00175F53"/>
+    <w:sectPr w:rsidR="00175F53" w:rsidSect="00D52955">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="06995EC9"/>
-[...3 lines deleted...]
-      <w:start w:val="11"/>
+    <w:nsid w:val="00000002"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000002"/>
+    <w:name w:val="WW8Num2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="00000003"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000003"/>
+    <w:name w:val="WW8Num3"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="735" w:hanging="375"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="1E747F43"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1D8284A0"/>
+    <w:lvl w:ilvl="0" w:tplc="FB7C723E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2508" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3228" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3948" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4668" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
-[...444 lines deleted...]
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="3"/>
-[...1 lines deleted...]
-  <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:pos w:val="beneathText"/>
+  </w:footnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008F0BC1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008F0BC1"/>
+    <w:rsidRoot w:val="00C25789"/>
+    <w:rsid w:val="00175F53"/>
+    <w:rsid w:val="00C25789"/>
+    <w:rsid w:val="00D52955"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -5391,133 +6055,217 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00330B5E"/>
+    <w:rsid w:val="00D52955"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D52955"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:widowControl/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:rsid w:val="00D52955"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00D52955"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="00D52955"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:after="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a3"/>
+    <w:rsid w:val="00D52955"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -5590,99 +6338,182 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00330B5E"/>
+    <w:rsid w:val="00D52955"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D52955"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:widowControl/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:rsid w:val="00D52955"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00D52955"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:rsid w:val="00D52955"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:after="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a3"/>
+    <w:rsid w:val="00D52955"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e.gov.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.minfin.gov.kz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e.gov.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.minfin.gov.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5931,54 +6762,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1892</Words>
-  <Characters>10785</Characters>
+  <Words>1861</Words>
+  <Characters>10614</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>89</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>88</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12652</CharactersWithSpaces>
+  <CharactersWithSpaces>12451</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Сарбаева Акнур</dc:creator>
+  <dc:creator>Сейсембаева Арайлым Мырзакановна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>