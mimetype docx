--- v0 (2025-12-15)
+++ v1 (2026-02-11)
@@ -1,4724 +1,5564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00766B66" w:rsidRPr="00BB3F7C" w:rsidRDefault="00766B66" w:rsidP="00766B66">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:ind w:left="5100"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Утвержден                                                                              постановлением Правительства                                                                                     Республики Казахстан                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    от «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>февраля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2014 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:ind w:left="5100"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...50 lines deleted...]
-        <w:t>115</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 115</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00BB3F7C">
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="690"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="690"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="690"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>редоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="690"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="690"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осударственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>редоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказывается аппаратом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акима</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поселка, села, сельского округа (далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявлений и выдача результатов оказания государственной услуги осуществляется через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="690"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="690"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...427 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-        <w:widowControl w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Срок оказания государственной услуги с момента:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не позднее 5 рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">максимально допустимое время ожидания для сдачи пакета документов услугополучателем - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не более 20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - не более 20 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Результат оказания государственной услуги - справка об обеспечении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бесплатным подвозом к общеобразовательной организации образования и обратно домой по форме </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приложени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги - бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осударственная услуга оказывается бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  8.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> График работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: с понедельника по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пятницу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">включительно, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан, в соответствии                                с установленным графиком работы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 9.00 часов до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.00 часов,                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>перерыв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обед с 13.00 до 14.00 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предварительная запись и ускоренное обслуживание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предусмотрены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или его законного представителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) заявление по форме согласно приложению 2 к настоящему стандарту государственной услуги; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оригинал и копия свидетельства о рождении или удостоверения личности ребенка; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>справка с места учебы по форме согласно приложен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 к настоящему </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При приеме документов работник </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сверяет копии документов с оригиналами документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и возвращает оригиналы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме документов по форме согласно приложению 4 к настоящему стандарту государственной услуги с указанием:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) перечня сданных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) фамилии, имени, отчества, должности сотрудника, принявшего документы, а также его контактных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок обжалования решений, действий (бездействия) местных исполнительных органов областей, городов республиканского </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">значения, столицы, районов, городов областного значения, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) их должностных лиц, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Обжалование решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по вопросам оказания государственных услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо на имя руководителя соответствующего местного исполнительного органа областей, города республиканского значения, столицы (далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) по адресам, указанным в пункте 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба подается в письменной форме по почте либо нарочно через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу. После регистрации жалоба направляется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">руководителю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для определения ответственного исполнителя и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>принятия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствующих мер. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес услугодателя, акимата подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услогополучателю по почте либо выдается нарочно в канцелярии услугодателя, акимата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>В случае несогласия с результатами оказанной государственной услуги услугополучатель может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>11. В случаях несогласия с результатами оказанной государственной услуги, услугополучатель имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Иные требования с учетом особенностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  12. Адреса мест оказания государственной услуги размещены</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на                         </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Министрества:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00603966">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+            <w:kern w:val="32"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>www.edu.gov.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги, единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00603966">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>www.edu.gov.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...452 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...177 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
-[...30 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
-[...21 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
-[...354 lines deleted...]
-          <w:cols w:space="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00590032" w:rsidSect="00336D3C">
+          <w:footnotePr>
+            <w:pos w:val="beneathText"/>
+          </w:footnotePr>
+          <w:pgSz w:w="11905" w:h="16837"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1" w:chapStyle="1"/>
+          <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00766B66" w:rsidRPr="00BB3F7C" w:rsidRDefault="00766B66" w:rsidP="00766B66">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение 1                                                                          к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги                                                                         «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предоставление бесплатного подвоза к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общеобразовательн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организаци</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ям и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обратно домой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детям, проживающим в отдаленных сельских пунктах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>СПРАВКА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>об обеспечении бесплатным подвозом к общеобразовательной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации образования и обратно домой</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дана __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00FD0E64" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="1560"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Ф.И.О обучающегося и воспитанника)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в том, что он (она) действительно будет обеспечен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(-а) бесплатным подвозом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к общеобразовательной организации образования №____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00FD0E64" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="6379"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование школы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и обратно домой.                                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Справка действительна на период учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аким</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поселка, аула (села), </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аульного (сельского) округа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                Ф.И.О___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00FD0E64" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         _______________________                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0E64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(инициалы и подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    (наименование населенного пункта)                                                                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00590032" w:rsidSect="00336D3C">
+          <w:footnotePr>
+            <w:pos w:val="beneathText"/>
+          </w:footnotePr>
+          <w:pgSz w:w="11905" w:h="16837"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1" w:chapStyle="1"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>«</w:t>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Приложение 2                                                                       к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>тандарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги                                                                       «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предоставление бесплатного подвоза к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>общеобразовательн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>организаци</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ям и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>обратно домой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детям, проживающим в отдаленных сельских пунктах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:left="5103"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">киму поселка, аула (села), аульного </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:left="5103"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>(сельского) округа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:left="5103"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">от ______________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>(Ф.И.О. заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:left="5103"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>адрес проживания, телефон: _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прошу Вас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечить подвоз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>моего несовершеннолетнего ребенка ___________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="504"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>(Ф.И.О., дата рождения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>проживающего в _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="2127"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>(указать наименование населенного пункта, района)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>и обучающегося в __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>(указать № класса, полное наименование организации образования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>к общеобразовательной организации образования и обратно домой на 20__ - 20__ учебный год (указать учебный год).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «___»__________20__г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Подпись заявителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00590032" w:rsidSect="00336D3C">
+          <w:footnotePr>
+            <w:pos w:val="beneathText"/>
+          </w:footnotePr>
+          <w:pgSz w:w="11905" w:h="16837"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1" w:chapStyle="1"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение 3                                                                         к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>тандарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги                                                                       «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предоставление бесплатного подвоза к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>общеобразовательн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>организаци</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ям и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>обратно домой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детям, проживающим в отдаленных сельских пунктах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB3F7C">
-[...2 lines deleted...]
-          <w:bCs/>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>СПРАВКА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дана __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="1560"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Ф.И.О обучающегося и воспитанника)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     в том, что он действительно обучается в  _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(указать наименование школы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в _____ классе ______ смены (период обучения с ___ до ____ часов) и  нуждается в подвозе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Справка дана для предъявления по месту требования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Директор школы №____                                 Ф.И.О.___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(указать наименование школы)                                                       (инициалы и подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00590032" w:rsidSect="00336D3C">
+          <w:footnotePr>
+            <w:pos w:val="beneathText"/>
+          </w:footnotePr>
+          <w:pgSz w:w="11905" w:h="16837"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1" w:chapStyle="1"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение 4                                                                         к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>тандарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги                                                                         «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предоставление бесплатного подвоза к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>общеобразовательн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB3F7C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>организаци</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ям и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>обратно домой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детям, проживающим в отдаленных сельских пунктах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>Расписка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получении документов у потребителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>Акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...183 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>поселка, аула (села), аульного (сельского) округа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
-        <w:jc w:val="center"/>
-[...1987 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...19 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>(наименование населенного пункта, района, области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
-        <w:jc w:val="center"/>
-[...19 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Расписка в приеме документов № _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
-        <w:jc w:val="center"/>
-[...19 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">Получены </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________ следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>1. Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Копия свидетельства о рождении (удостоверения личности) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________ за № ________ кем выдано____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
-        <w:jc w:val="both"/>
-[...19 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>3. Справка с места учебы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
-        <w:jc w:val="both"/>
-[...19 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     Принял специалист </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________ (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...80 lines deleted...]
-    <w:sectPr w:rsidR="001D1480">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:ind w:firstLine="540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     «__» _____________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00590032" w:rsidRPr="00603966" w:rsidRDefault="00590032" w:rsidP="00590032">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00175F53" w:rsidRDefault="00175F53"/>
+    <w:sectPr w:rsidR="00175F53" w:rsidSect="00590032">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
@@ -4818,349 +5658,76 @@
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-[...265 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:pos w:val="beneathText"/>
+  </w:footnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008E327B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008E327B"/>
+    <w:rsidRoot w:val="00F1752A"/>
+    <w:rsid w:val="00175F53"/>
+    <w:rsid w:val="00590032"/>
+    <w:rsid w:val="00F1752A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5303,86 +5870,102 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00766B66"/>
+    <w:rsid w:val="00590032"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00590032"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -5502,99 +6085,115 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00766B66"/>
+    <w:rsid w:val="00590032"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00590032"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.minfin.gov.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5843,54 +6442,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1470</Words>
-  <Characters>8383</Characters>
+  <Words>1590</Words>
+  <Characters>9068</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>75</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9834</CharactersWithSpaces>
+  <CharactersWithSpaces>10637</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Сарбаева Акнур</dc:creator>
+  <dc:creator>Сейсембаева Арайлым Мырзакановна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>