--- v0 (2025-12-18)
+++ v1 (2026-02-12)
@@ -1,4233 +1,2866 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="002F6B46" w:rsidRPr="00730840" w:rsidRDefault="002F6B46" w:rsidP="002F6B46">
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00BF1CDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00BF1CDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00BF1CDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00BF1CDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от « 10 » июня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2014 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00BF1CDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>633</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:ind w:firstLine="6380"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="002F6B46" w:rsidRDefault="002F6B46" w:rsidP="002F6B46">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Прием документов и выдача направлений </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:ind w:firstLine="6380"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="002F6B46" w:rsidRPr="00730840" w:rsidRDefault="002F6B46" w:rsidP="002F6B46">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на предоставление отдыха детям из малообеспеченных </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:rPr>
-[...64 lines deleted...]
-        <w:ind w:firstLine="6380"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...26 lines deleted...]
-        <w:ind w:firstLine="6380"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>семей в загородных и пришкольных лагерях»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...26 lines deleted...]
-        <w:ind w:firstLine="6380"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...252 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-        <w:pStyle w:val="a4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственная услуга «Прием </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и выдача направлений на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставлени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдыха детям из малообеспеченных семей в загородных и пришкольных лагерях» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга оказывается управлениями образования областей, городов Астана и Алматы, отделами образования районов, городов, организациями образования (далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием и выдача документов для оказания государственной услуги осуществляются через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...81 lines deleted...]
-      <w:r w:rsidRPr="00EA4EEB">
+        <w:t>4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с момента сдачи пакета документов услугодателю:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по выдаче </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>направления (путевки) – 15 рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="he-IL"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">максимально допустимое время ожидания до момента приема документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не более 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>максимально допустимое время обслуживания – не более 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. Результат оказания государственной услуги: направление (путевка) в загородные и пришкольные лагеря.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма представления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. Государственная услуга оказывается платно/бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Государственная услуга оказывается бесплатно или платно на льготных основаниях категориям обучающихся, предусмотренным Законом Республики Казахстан от 27 июля 2007 года «Об образовании».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стоимость государственной услуги в соответствии с Законом Республики Казахстан от 27 июля 2007 года «Об образовании»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определяется услугодателем</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и размещается на интернет - ресурсах местных исполнительных органов областей, города республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. График работы услугодателя: с понедельника по субботу включительно, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за исключением выходных и праздничных дне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">й, согласно трудовому законодательству Республики Казахстан, в соответствии  с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>установленным графиком работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-[...37 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с 9.00 часов до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 часов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
         <w:rPr>
           <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>перерыв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обед с 13.00 до 14.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>0 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предварительная запись и ускоренное обслуживание </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя не предусмотрены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень документов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">необходимых для оказания государственной услуги при </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">личном </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>обращении услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или его законного представителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA4EEB">
-[...1149 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>к услугодателю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F6B46" w:rsidRPr="002921A1" w:rsidRDefault="002F6B46" w:rsidP="002F6B46">
-[...839 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) заявление от родителей (законных представителей) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугополучателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>(в произвольной форме);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) копия справки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">об утверждении опеки (попечительства), патронатного воспитания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>об инвалидности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на детей - инвалидов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) сведения, подтверждающие принадлежность семьи к малообеспеченным: справка, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждающ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принадлежность заявителя (семьи) к получателям государственной адресной социальной помощи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в текущем квартале либо </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сведения о полученных доходах заявителя (семьи) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>за предыдущий квартал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (доходы, получ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>енны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е в виде оплаты труда, социальных выплат;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">доходы от предпринимательской и других видов деятельности; доходы в виде алиментов на детей и других иждивенцев; доходы от личного подсобного хозяйства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приусадебного хозяйства, включающего содержание скота и птицы, садоводство, огородничество)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, подтверждающие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наличие среднедушевого дохода ниже величины прожиточного минимума, сложившегося в регионе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>копи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> медицинского заключения психолого-медико-педагогической консультации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для детей с ограниченными возможностями в развитии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справка о состоянии здоровья (медицинский паспорт) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c приложением  флюроснимка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3. Порядок обжалования решений, действий (бездействий)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местных исполнительных органов, города республиканского </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">значения и столицы, района (города областного значения), </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя и (или) его должностных лиц  по вопросам </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>слугодателя и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на имя руководителя местного исполнительного органа, города республиканского значения и столицы, района (города областного значения) по адресам, указанным в интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разделе «Государственные услуги»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на имя руководителя услугодателя по адресам, указанным в интернет-ресурсах местных исполнительных органов, города республиканского значения и столицы, района (города областного значения) с указанием фамилии и инициалов лица, принявшего жалобу, сроки и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:kern w:val="1"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя по вопросам оказания государственн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес местного исполнительного органа, города республиканского значения и столицы, района (города областного значения), услугодателя, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В случае несогласия с результатами оказания государственной услуги,  услугополучатель может обратиться  в  уполномоченный орган  по оценке и контролю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес уполномоченного органа  по оценке и контролю за качеством оказания государственной услуг</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:kern w:val="1"/>
-[...204 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:kern w:val="1"/>
-[...113 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информацию о порядке обжалования можно получить посредством единого контакт-центра по вопросам оказания государственных услуг.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...468 lines deleted...]
-    <w:p w:rsidR="002F6B46" w:rsidRDefault="002F6B46" w:rsidP="002F6B46">
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случаях несогласия с результатами оказанной государственной услуги, услугополучатель  имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-2" w:firstLine="709"/>
-[...10 lines deleted...]
-      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Иные требования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">с учетом особенностей оказания </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ерекшеліктері</w:t>
-[...143 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">режимінде </w:t>
-[...174 lines deleted...]
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+        <w:t>доступа посредством единого контакт - центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00340BAF" w:rsidRPr="00D3289D" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3289D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00316DD5" w:rsidRDefault="00316DD5"/>
+    <w:sectPr w:rsidR="00316DD5" w:rsidSect="008E38F6">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId9"/>
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00541B28" w:rsidRDefault="00541B28" w:rsidP="002F6B46">
+    <w:p w:rsidR="00573A49" w:rsidRDefault="00573A49" w:rsidP="00340BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00541B28" w:rsidRDefault="00541B28" w:rsidP="002F6B46">
+    <w:p w:rsidR="00573A49" w:rsidRDefault="00573A49" w:rsidP="00340BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Batang">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02030600000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="auto"/>
     <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
+    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00541B28" w:rsidRDefault="00541B28" w:rsidP="002F6B46">
+    <w:p w:rsidR="00573A49" w:rsidRDefault="00573A49" w:rsidP="00340BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00541B28" w:rsidRDefault="00541B28" w:rsidP="002F6B46">
+    <w:p w:rsidR="00573A49" w:rsidRDefault="00573A49" w:rsidP="00340BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="002F6B46" w:rsidRDefault="002F6B46">
-[...8 lines deleted...]
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="9174191"/>
+      <w:id w:val="1535625"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w:rsidR="002F6B46" w:rsidRDefault="002F6B46">
+      <w:p w:rsidR="00340BAF" w:rsidRDefault="00AD1323">
         <w:pPr>
-          <w:pStyle w:val="a7"/>
+          <w:pStyle w:val="a8"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:fldSimple w:instr=" PAGE   \* MERGEFORMAT ">
-          <w:r>
+          <w:r w:rsidR="008E38F6">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
         </w:fldSimple>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="002F6B46" w:rsidRDefault="002F6B46">
+  <w:p w:rsidR="00340BAF" w:rsidRDefault="00340BAF">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="002F6B46" w:rsidRDefault="002F6B46">
+  <w:p w:rsidR="00340BAF" w:rsidRDefault="00340BAF" w:rsidP="00340BAF">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a8"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00340BAF" w:rsidRDefault="00340BAF">
+    <w:pPr>
+      <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="57383594"/>
+    <w:nsid w:val="4C9C3548"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="29EA791A"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="49604866"/>
+    <w:lvl w:ilvl="0" w:tplc="C26880F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="3770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="4490" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="5210" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5930" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="6650" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="7370" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="8090" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="8810" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="9530" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="89"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002F6B46"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00541B28"/>
+    <w:rsidRoot w:val="00340BAF"/>
+    <w:rsid w:val="00316DD5"/>
+    <w:rsid w:val="00340BAF"/>
+    <w:rsid w:val="00573A49"/>
+    <w:rsid w:val="008E38F6"/>
+    <w:rsid w:val="00AD1323"/>
+    <w:rsid w:val="00BF1CDB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -4349,214 +2982,234 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00AD1323"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="002F6B46"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00340BAF"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="002F6B46"/>
+    <w:rsid w:val="00340BAF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Основной текст Знак"/>
     <w:link w:val="a6"/>
-    <w:rsid w:val="002F6B46"/>
+    <w:rsid w:val="00340BAF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
       <w:kern w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
-    <w:rsid w:val="002F6B46"/>
+    <w:rsid w:val="00340BAF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
       <w:kern w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1">
     <w:name w:val="Основной текст Знак1"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002F6B46"/>
+    <w:rsid w:val="00340BAF"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="002F6B46"/>
+    <w:rsid w:val="00340BAF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Стиль"/>
+    <w:rsid w:val="00340BAF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002F6B46"/>
+    <w:rsid w:val="00340BAF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="002F6B46"/>
+    <w:rsid w:val="00340BAF"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
+    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002F6B46"/>
+    <w:rsid w:val="00340BAF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a9"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002F6B46"/>
+    <w:rsid w:val="00340BAF"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="jl:30988309.0%20" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="jl:30988309.0%20" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4798,59 +3451,75 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44FFBA61-F106-43C6-9109-8BD4EF7DB11B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1034</Words>
-  <Characters>5894</Characters>
+  <Words>933</Words>
+  <Characters>5321</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>44</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6915</CharactersWithSpaces>
+  <CharactersWithSpaces>6242</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Гость</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>