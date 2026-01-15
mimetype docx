--- v0 (2025-12-13)
+++ v1 (2026-01-15)
@@ -144,182 +144,143 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Қ. Мәлікова</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00633705" w:rsidRDefault="00633705" w:rsidP="005E0EB1">
       <w:pPr>
         <w:spacing w:before="180" w:after="180" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E0EB1" w:rsidRPr="00633705" w:rsidRDefault="005E0EB1" w:rsidP="00633705">
+    <w:p w:rsidR="0063502F" w:rsidRDefault="0063502F" w:rsidP="0063502F">
+      <w:pPr>
+        <w:spacing w:after="180" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2014 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң 1 –ші  қарашасынан 19 қарашасы аралығында « Балалық шақ ешбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  қатыгездіксіз және жәбірсіз»  атты республикалық ақпараттық кампанияның  өткізілуі бойынша  іс шараның өткізілу  жоспары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E0EB1" w:rsidRPr="00633705" w:rsidRDefault="005E0EB1" w:rsidP="0063502F">
       <w:pPr>
         <w:spacing w:after="180" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00633705">
-[...118 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00633705">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Цель: повысить информированность общественности о проблеме насилия и жесткого обращения в отношении детей, её последствиях для ребенка и общества, а также об основах международного и национального законодательства в этой области.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005E0EB1" w:rsidRPr="00633705" w:rsidRDefault="005E0EB1" w:rsidP="005E0EB1">
       <w:pPr>
         <w:spacing w:before="180" w:after="180" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633705">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1076,60 +1037,51 @@
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005E0EB1" w:rsidRPr="00633705" w:rsidRDefault="00E9583E" w:rsidP="005E0EB1">
             <w:pPr>
               <w:spacing w:before="180" w:after="180" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00633705">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Общешкольное родительское собрание: </w:t>
-[...8 lines deleted...]
-              <w:t>«Семья и школа: детство без жестокости и насилия»</w:t>
+              <w:t>Общешкольное родительское собрание: «Семья и школа: детство без жестокости и насилия»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005E0EB1" w:rsidRPr="00633705" w:rsidRDefault="005E0EB1" w:rsidP="005E0EB1">
             <w:pPr>
               <w:spacing w:before="180" w:after="180" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2159,93 +2111,82 @@
             <w:pPr>
               <w:spacing w:before="180" w:after="180" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00633705">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Беседа  инспектора</w:t>
             </w:r>
             <w:r w:rsidR="005E0EB1" w:rsidRPr="00633705">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на тему: «Закон на </w:t>
-[...9 lines deleted...]
-              <w:t>страже детства»</w:t>
+              <w:t xml:space="preserve"> на тему: «Закон на страже детства»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005E0EB1" w:rsidRPr="00633705" w:rsidRDefault="00633705" w:rsidP="005E0EB1">
             <w:pPr>
               <w:spacing w:before="180" w:after="180" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00633705">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>01-19</w:t>
             </w:r>
             <w:r w:rsidR="005E0EB1" w:rsidRPr="00633705">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005E0EB1" w:rsidRPr="00633705" w:rsidRDefault="005E0EB1" w:rsidP="005E0EB1">
@@ -2426,52 +2367,50 @@
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005E0EB1" w:rsidRPr="00633705" w:rsidRDefault="003059E5" w:rsidP="005E0EB1">
             <w:pPr>
               <w:spacing w:before="180" w:after="180" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10-11</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005E0EB1" w:rsidRPr="00633705" w:rsidRDefault="005E0EB1" w:rsidP="005E0EB1">
             <w:pPr>
               <w:spacing w:before="180" w:after="180" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="005E0EB1" w:rsidRPr="00633705" w:rsidRDefault="005E0EB1" w:rsidP="005E0EB1">
@@ -2775,50 +2714,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A300D9"/>
     <w:rsid w:val="002332AF"/>
     <w:rsid w:val="002412CC"/>
     <w:rsid w:val="003059E5"/>
     <w:rsid w:val="005E0EB1"/>
     <w:rsid w:val="00633705"/>
+    <w:rsid w:val="0063502F"/>
     <w:rsid w:val="00A300D9"/>
     <w:rsid w:val="00BF4367"/>
     <w:rsid w:val="00E9583E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -3501,71 +3441,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2468</Characters>
+  <Pages>2</Pages>
+  <Words>220</Words>
+  <Characters>1254</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2895</CharactersWithSpaces>
+  <CharactersWithSpaces>1472</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>