--- v0 (2025-12-12)
+++ v1 (2026-03-07)
@@ -3,367 +3,369 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D92519" w:rsidRDefault="00D92519" w:rsidP="00D92519">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00517E62" w:rsidRPr="00163066" w:rsidRDefault="00073B43">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00163066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...28 lines deleted...]
-        <w:t>Нет ничего краше, чем родина наша»</w:t>
+        </w:rPr>
+        <w:t>Неделя истории, посвященная Дню Независимости Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00073B43" w:rsidRPr="00163066" w:rsidRDefault="00073B43" w:rsidP="00073B43">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00163066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Конкурс газет, рисунков, сочинений «Мой Казахстан»</w:t>
+        <w:t>Линейка, посвященная Дню Независимости «Нет ничего краше, чем родина наша»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00073B43" w:rsidRPr="00163066" w:rsidRDefault="00073B43" w:rsidP="00073B43">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00163066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Классный час «Моя Родина  - Казахстан» - 5 классы</w:t>
+        <w:t>Конкурс газет, рисунков, сочинений «Мой Казахстан»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00073B43" w:rsidRPr="00163066" w:rsidRDefault="00073B43" w:rsidP="00073B43">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00163066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Конференция «Шаги к Независимости» - 10 – 11 классы</w:t>
+        <w:t>Классный час «Моя Родина  - Казахстан» - 5 классы</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00073B43" w:rsidRPr="00163066" w:rsidRDefault="00073B43" w:rsidP="00073B43">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00163066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Классный час «Наши главные ценности – независимость, мир и стабильность» -6 классы</w:t>
+        <w:t>Конференция «Шаги к Независимости» - 10 – 11 классы</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00073B43" w:rsidRPr="00163066" w:rsidRDefault="00073B43" w:rsidP="00073B43">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00163066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Круглый стол «Достижения Казахстана за годы Независимости» - 9 классы</w:t>
+        <w:t>Классный час «Наши главные ценности – независимость, мир и стабильность» -6 классы</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00073B43" w:rsidRPr="00163066" w:rsidRDefault="00073B43" w:rsidP="00073B43">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00163066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Интеллектуальная игра, посвященная Дню Независимости Казахстана «Знатоки истории» - 7 классы.</w:t>
+        <w:t>Круглый стол «Достижения Казахстана за годы Независимости» - 9 классы</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00073B43" w:rsidRPr="00163066" w:rsidRDefault="00073B43" w:rsidP="00073B43">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00163066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Интеллектуальная игра «Лидер </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> века», посвященная Дню Независимости Республики Казахстан – 8 классы</w:t>
+        <w:t>Интеллектуальная игра, посвященная Дню Независимости Казахстана «Знатоки истории» - 7 классы.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00073B43" w:rsidRPr="00163066" w:rsidRDefault="00073B43" w:rsidP="00073B43">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00163066">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Подведение итогов недели.</w:t>
+        <w:t xml:space="preserve">Интеллектуальная игра «Лидер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00163066">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>XXI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00163066">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> века», посвященная Дню Независимости Республики Казахстан – 8 классы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00073B43" w:rsidRPr="00163066" w:rsidRDefault="00073B43" w:rsidP="00073B43">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00163066">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подведение ит</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00163066">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>огов недели.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00073B43" w:rsidRPr="00163066">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CD768A" w:rsidRDefault="00CD768A" w:rsidP="00073B43">
+    <w:p w:rsidR="001F7C14" w:rsidRDefault="001F7C14" w:rsidP="00073B43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CD768A" w:rsidRDefault="00CD768A" w:rsidP="00073B43">
+    <w:p w:rsidR="001F7C14" w:rsidRDefault="001F7C14" w:rsidP="00073B43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CD768A" w:rsidRDefault="00CD768A" w:rsidP="00073B43">
+    <w:p w:rsidR="001F7C14" w:rsidRDefault="001F7C14" w:rsidP="00073B43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CD768A" w:rsidRDefault="00CD768A" w:rsidP="00073B43">
+    <w:p w:rsidR="001F7C14" w:rsidRDefault="001F7C14" w:rsidP="00073B43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0FCE1201"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="361E7DF2"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -595,59 +597,57 @@
     <w:rsid w:val="00AB7FF7"/>
     <w:rsid w:val="00AD5BE7"/>
     <w:rsid w:val="00B12F20"/>
     <w:rsid w:val="00B25A94"/>
     <w:rsid w:val="00B6799C"/>
     <w:rsid w:val="00B710AA"/>
     <w:rsid w:val="00B81CC1"/>
     <w:rsid w:val="00B8690C"/>
     <w:rsid w:val="00B93BA8"/>
     <w:rsid w:val="00B950DC"/>
     <w:rsid w:val="00BF48AF"/>
     <w:rsid w:val="00C079FA"/>
     <w:rsid w:val="00C2206C"/>
     <w:rsid w:val="00C3075D"/>
     <w:rsid w:val="00C318FA"/>
     <w:rsid w:val="00C537F8"/>
     <w:rsid w:val="00C754C9"/>
     <w:rsid w:val="00C75EC7"/>
     <w:rsid w:val="00C761A9"/>
     <w:rsid w:val="00C91DD7"/>
     <w:rsid w:val="00C94EB9"/>
     <w:rsid w:val="00CA50DE"/>
     <w:rsid w:val="00CC25C5"/>
     <w:rsid w:val="00CD1DA7"/>
     <w:rsid w:val="00CD4B65"/>
-    <w:rsid w:val="00CD768A"/>
     <w:rsid w:val="00CD7FFC"/>
     <w:rsid w:val="00D02FD0"/>
     <w:rsid w:val="00D13E9C"/>
     <w:rsid w:val="00D31939"/>
     <w:rsid w:val="00D333B4"/>
     <w:rsid w:val="00D57823"/>
     <w:rsid w:val="00D74164"/>
-    <w:rsid w:val="00D92519"/>
     <w:rsid w:val="00DD14DB"/>
     <w:rsid w:val="00DD15F5"/>
     <w:rsid w:val="00DE3CEF"/>
     <w:rsid w:val="00DE71BB"/>
     <w:rsid w:val="00E00F87"/>
     <w:rsid w:val="00E03247"/>
     <w:rsid w:val="00E14BDA"/>
     <w:rsid w:val="00E648AB"/>
     <w:rsid w:val="00E93A83"/>
     <w:rsid w:val="00EB5F40"/>
     <w:rsid w:val="00EB6C9D"/>
     <w:rsid w:val="00F00623"/>
     <w:rsid w:val="00F10969"/>
     <w:rsid w:val="00F2349D"/>
     <w:rsid w:val="00F23F74"/>
     <w:rsid w:val="00F24D4A"/>
     <w:rsid w:val="00F34DCB"/>
     <w:rsid w:val="00F51C26"/>
     <w:rsid w:val="00F553AC"/>
     <w:rsid w:val="00F670E7"/>
     <w:rsid w:val="00F92D48"/>
     <w:rsid w:val="00F93F4A"/>
     <w:rsid w:val="00F94343"/>
     <w:rsid w:val="00FC0D35"/>
     <w:rsid w:val="00FD5BE1"/>
@@ -1446,68 +1446,72 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>101</Words>
-  <Characters>580</Characters>
+  <Words>100</Words>
+  <Characters>570</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>680</CharactersWithSpaces>
+  <CharactersWithSpaces>669</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Nadejda</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>