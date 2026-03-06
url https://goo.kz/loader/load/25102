--- v0 (2025-12-15)
+++ v1 (2026-03-06)
@@ -1,4473 +1,6368 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="002032F9" w:rsidRPr="00C260D3" w:rsidRDefault="002032F9" w:rsidP="002032F9">
+    <w:p w:rsidR="00553F1E" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
-        <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00206C71">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00206C71">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00206C71">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Типовой конкурсной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00206C71">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00206C71">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документации по выбору</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00206C71">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00206C71">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поставщика услуги или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00206C71">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00206C71">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>товаров по организации питания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00206C71">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00206C71">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся в организациях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00206C71">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00206C71">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>среднего образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="007B094E" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C935EA">
-[...101 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="002032F9" w:rsidRPr="002032F9" w:rsidRDefault="002032F9" w:rsidP="002032F9">
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00CA0CBB" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002032F9">
-[...9 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z122"/>
     </w:p>
-    <w:p w:rsidR="002032F9" w:rsidRPr="002032F9" w:rsidRDefault="002032F9" w:rsidP="002032F9">
+    <w:p w:rsidR="00553F1E" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002032F9">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="002032F9" w:rsidRPr="00437374" w:rsidRDefault="002032F9" w:rsidP="002032F9">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="008F1283" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Типовой д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оговор об оказании услуги по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организации питания обучающихся в организациях среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №___</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00604D44" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00437374">
-[...8 lines deleted...]
-        <w:t>қызмет</w:t>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г.Павлодар</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00437374">
-[...157 lines deleted...]
-      <w:r w:rsidRPr="005B2D52">
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B2D52">
+      <w:r w:rsidRPr="00604D44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B2D52">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">                                                         </w:t>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">   «___» ___________ 2017ж</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve"> «___» ___________ 2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ГУ  Средняя общеобразовательная школа № 34 инновационного типа города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, именуемая в дальнейшем Заказчик, в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лице </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">директора </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Айгожина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Болата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Капкеновича</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с одной стороны и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A450D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(полное</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A450D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>наименование поставщика – победителя конкурса)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>именуемое в дальнейшем Поставщик, в лице</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A450D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A450D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(должность, фамилия, имя,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A450D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отчество (при его наличии) руководителя)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> действующей на основании </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A450D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A450D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(свидетельства о регистрации индивидуального</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A450D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предпринимателя, Устава и другие)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с другой стороны, на основании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>протокола об</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>итогах</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса по выбору поставщика услуги по организации питания в организациях среднего образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>состоявшегося «___» _________ 2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года заключили настоящий Договор об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оказании услуги по организации питания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся в организации среднего образования (далее - Договор) и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пришли к соглашению о нижеследующем:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002032F9" w:rsidRPr="00437374" w:rsidRDefault="002032F9" w:rsidP="002032F9">
+    <w:p w:rsidR="00553F1E" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002032F9" w:rsidRPr="00437374" w:rsidRDefault="002032F9" w:rsidP="002032F9">
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00604D44" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00437374">
+      <w:r w:rsidRPr="00604D44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...329 lines deleted...]
-        <w:t xml:space="preserve"> орта білім мекемесінде оқитындардың тамақтануы ұйымдастыруын жеткізушінің  қызметін таңдау бойынша байқау нәтижесі негізінде хаттамасын көрсету туралы (бұдан әрі – Шарт)  нағыз Шарт жасасты және  сәйкес  төмендегілер туралы келісімге келді:</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>464 - Администратор программ «Отдел образования района (города областного значения)»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002032F9" w:rsidRPr="00437374" w:rsidRDefault="002032F9" w:rsidP="002032F9">
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00604D44" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>003 – Программа «Общеобразовательное обучение»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00604D44" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="x-none"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Подпрограмма </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«За счет средств местного бюджета»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00604D44" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="x-none"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Специфика «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="x-none"/>
+        </w:rPr>
+        <w:t>Затраты Фонда всеобщего обязательного среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00F54EF1" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Поставщик обязуется поставить Заказчику услугу по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организации питания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся в организации образования, в том</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>числе обучающихся отдельных ка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тегорий на сумму в размере </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сумму цифрами и прописью) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – цена Договора). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00F54EF1" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. В данном Договоре нижеперечисленные понятия имеют следующее толкование:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) «Непреодолимая сила (Форс-мажор)» – чрезвычайные и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>непредотвратимые события (стихийные явления, военные действия и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>другие). К таким обстоятельствам не относится, в частности,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отсутствие на рынке нужных для исполнения товаров;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) «Услуга» – предоставление качественного и безопасного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>питания обучающимся в организации среднего образования, включающее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>процесс производства и реализации кулинарной продукции и товаров;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) «Заказчик» – орган или организация среднего образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) «Поставщик» – физическое или юридическое лицо, осуществляющее предпринимательскую деятельность, (за исключением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных учреждений, если </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>иное не установлено законами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан), выступающее в качестве контрагента Заказчика в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заключенном с ним договоре;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) «Договор» – гражданско-правовой акт, заключенный между</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заказчиком и Поставщиком, зафиксированный в письменной форме в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствии с гражданским законодательством Республики Казахстан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подписанный сторонами со всеми приложениями и дополнениями к нему, а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">также со всей документацией, на которую в договоре есть ссылки; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) «Цена Договора» – сумма, выплаченная Заказчиком Поставщику в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рамках Договора за полное выполнение своих договорных обязательств.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стороны не несут ответственности за полное или частичное</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>неисполнение своих обязанностей по настоящему договору, если оно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">явилось результатом непреодолимой силы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Перечисленные ниже документы и условия, оговоренные в них,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образуют данный Договор и считаются его неотъемлемой частью, а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">именно: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) настоящий Договор; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) техническое задание; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) обеспечение исполнения Договора. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00F54EF1" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Поставщик вносит обеспечение исполнения Договора (банковская</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гарантия или гарантийный денежный взнос) на условиях, предусмотренных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в Правилах организации питания обучающихся в организациях среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Не допускается совершение Поставщиком действий, приводящих к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>возникновению у третьих лиц права требования в целом либо в части</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечения исполнения Договора. Не допускается использование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заказчиком обеспечения исполнения Договора, внесенного Поставщиком. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00F54EF1" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Договор заключается согласно утвержденному индивидуальному</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>плану финансирования по обязательствам на соответствующий финансовый</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>год в пределах выделенных средств и продлевается по истечении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>указанного срока в случае отсутствия нарушений исполнения договора со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стороны поставщика, но не более двух раз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Поставщик обязуется оказать, а Заказчик принять и оплатить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугу по организации питания отдельных категорий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся в организац</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ии образования в количестве 1385 детей, из них 87</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся отдельных категорий в соответствии с техническим заданием, являющимся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>неотъемлемой частью настоящего Договора. Форма оплаты перечислением.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8. Сроки выплат: по факту оказания усл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уг с  марта по  декабрь 2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Сроки оказания услуг: с марта по декабрь 2017г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9. Необходимые документы, предшествующие оплате:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> счет-фактура, акт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выполненных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10. Поставщик без предварительного письменного согласия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заказчика не раскрывает кому-либо содержание Договора или какого-либо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>из его положений, а также документации или информации,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предоставленных Заказчиком или от его имени другими лицами, за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>исключением того персонала, который привлечен Поставщиком для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выполнения настоящего Договора. Указанная информация должна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предоставляться этому персоналу конфиденциально, и в той мере,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">насколько это необходимо для выполнения договорных обязательств. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>11. Оплата Поставщику за оказанную услугу по организации питания отдельных категорий обучающихся в организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">среднего образования производится по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>результатам фактического</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выполнения услуги в форме и в сроки, указанные в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пунктах 7 и 8 настоящего Договора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>12. Стоимость питания на одного обучающегося сос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тавляет  178,58 тенге (без НДС), 200 тенге (с НДС). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>13. Предоставление услуги осуществляется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Поставщиком в соответствии со сроками установленными Договором.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>14. Задержка выполнения услуги со стороны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Поставщика является основанием для расторжения Заказчиком Договора с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>удержанием обеспечения исполнения Договора, выплаты неустойки за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>несвоевременное оказание услуги или поставки товаров или других мер,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предусмотренных законодательством. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>15. В случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> если Поставщик не предоставляет услугу в сроки, предусмотренные Договором, Заказчик</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вычитает из цены Договора в виде неустойки сумму в 0,1 % от цены</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>договора за каждый день просрочки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>За нарушение условий Договора Заказчик расторгает настоящий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Договор, направив Поставщику письменное уведомление о неисполнении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обязательств:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) если Поставщик не оказал часть услуги или всю услугу в срок (и),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предусмотренный Договором, или в течение периода продления этого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Договора, предоставленного Заказчиком;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) если Поставщик не выполняет какие-либо другие свои</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обязательства по Договору.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>17.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При возникновении непреодолимой силы Поставщик в течение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>одного рабочего дня направляет Заказчику письменное уведомление о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>таких обстоятельствах и их причинах. В случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> если от Заказчика не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поступает иных письменных инструкций, Поставщик продолжает выполнять</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свои обязательства по Договору, и ведет поиск альтернативных способов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выполнения Договора, не зависящих от непреодолимой силы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00F54EF1" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>18. Поставщик при выполнении требований пункта 17 настоящего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Договора не лишается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>своего обеспечения исполнения Договора и не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>несет ответственность за выплату неустоек или расторжение Договора в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>силу неисполнения его условий, если задержка с исполнением Договора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>является результатом непреодолимой силы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>19. В случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> если Поставщик становится, неплатежеспособным или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>включается в Реестр недобросовестных поставщиков, Заказчик расторгает</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Договор в любое время, направив </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Поставщику соответствующее письменное</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уведомление. В этом случае, расторжение осуществляется немедленно, и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заказчик не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>несет никакой финансовой обязанности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по отношению к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Поставщику при условии, если расторжение Договора не наносит ущерба</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>или не затрагивает каких-либо прав на совершение действий или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>применение санкций, которые были или будут впоследствии предъявлены</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заказчику. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20. Заказчик расторгает Договор в любое время в случае</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нецелесообразности его дальнейшего выполнения, направив Поставщику</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствующее письменное уведомление. В уведомлении указывается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>причина расторжени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я Договора, оговаривается объем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аннулированных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>договорных обязательств, а также дата вступления в силу расторжения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Договора. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Основанием для расторжения Договора является несоответствие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работников пищеблока заявленным работникам в период конкурса. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>21. Когда Договор аннулируется в силу вышеуказанных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обстоятельств, Поставщику производится оплата только за фактические</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">затраты на день расторжения. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>22. Заказчик и Поставщик прилагают все усилия к тому, чтобы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>разрешать в процессе прямых переговоров все разногласия или споры,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">возникающие между ними по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Договору или в связи с ним. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>23. Если в течение 21 (двадцати одного) дня после начала таких</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>переговоров Заказчик и Поставщик не разрешили спор по Договору, любая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>из сторон решает вопрос в соответствии с законодательством Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. Договор составляется на государственном и русском языках. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>25. Любое уведомление, которое одна сторона направляет другой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стороне в соответствии с Договором, высылается в виде письма,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">телеграммы или факса с последующим предоставлением оригинала. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>26. Уведомление вступает в силу после доставки или в указанный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>день вступления в силу (если указано в уведомлении), в зависимости</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оттого, какая из этих дат наступит позднее.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>27. Налоги и другие обязательные платежи в бюджет подлежат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уплате в соответствии с налоговым законодательством Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>28. Настоящим Договором предусматриваются иные штрафные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">санкции, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласованные Заказчиком и Поставщиком в установленном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>порядке, либо иные условия, не противоречащие законодательству</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>29. Настоящий Договор вступает в силу после регистрации его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заказчиком в территориальном подразделении казначейства Министерства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>финансов Республики Казахстан и после внесения Поставщиком</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечения исполнения Договора</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, и действует до 31 декабря 2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>30. Настоящий договор регулирует правоотношения,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>возникающие между Заказчиком и Поставщиком в процессе осуществления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заказчиком услуги по организации питания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в организации среднего образования. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Любые вносимые в настоящий Договор изменения и дополнения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>должны соответствовать конкурсной документации Заказчика, конкурсной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заявке Поставщика и Протоколу об итогах конкурса. В случае изменения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">количества </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, имеющих право на получение бесплатного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>питания, организатор конкурса вносит соответствующие изменения и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дополнения в Договор. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00521398" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">31. Адреса и реквизиты Сторон: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00521398" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>З</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казчик:                                                                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Поставщик:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00521398" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ГУ «Средняя общеобразовательная школа                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00521398" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№34 инновационного типа города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(полное наименование)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адрес: 140006, г. Павлодар ул.  Лермонтова 93/1            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00521398" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тел. 8 (718 2)55-39-51                                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, телефон, факс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00521398" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">БИН 980640002014                                                             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     БИН_________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00521398" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ИИК KZ02 0701 03KS N451 5000                                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    ИИК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00521398" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">БИК KKMFKZ2A                                                                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    БИК _________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00521398" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Департамент Казначейства по Павлодарской области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Банк__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00521398" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_34@</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>list</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00521398" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002032F9" w:rsidRPr="00437374" w:rsidRDefault="002032F9" w:rsidP="002032F9">
-[...126 lines deleted...]
-    <w:p w:rsidR="002032F9" w:rsidRPr="00437374" w:rsidRDefault="002032F9" w:rsidP="002032F9">
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00521398" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00437374">
-[...26 lines deleted...]
-        <w:t xml:space="preserve">1. </w:t>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Директор___________ Б. К. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00437374">
-[...7 lines deleted...]
-        <w:t>Жеткізуші</w:t>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Айгожин</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00437374">
-[...686 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Директор  ___________ (ФИО)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002032F9" w:rsidRPr="00437374" w:rsidRDefault="002032F9" w:rsidP="002032F9">
-[...169 lines deleted...]
-    <w:p w:rsidR="002032F9" w:rsidRPr="00437374" w:rsidRDefault="002032F9" w:rsidP="002032F9">
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00521398" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00437374">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      Егер де анықталмаған күш нәтижесінде анықталған жағдайда нағыз шарт бойынша екі жақ өз міндеттерін толық немесе жартылай орындауларының жауапкершілігі артылмайды.  </w:t>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002032F9" w:rsidRPr="00437374" w:rsidRDefault="002032F9" w:rsidP="002032F9">
-[...2210 lines deleted...]
-    <w:p w:rsidR="002032F9" w:rsidRPr="00D23E09" w:rsidRDefault="002032F9" w:rsidP="002032F9">
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00521398" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D23E09">
-[...47 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            «__» ________  2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г.                                                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      «__» _________ 2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002032F9" w:rsidRDefault="002032F9" w:rsidP="002032F9">
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00521398" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D23E09">
-[...27 lines deleted...]
-        <w:t xml:space="preserve">                                                                                             </w:t>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">МП                                                                                              </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D23E09">
-[...17 lines deleted...]
-        <w:t>О</w:t>
+      <w:r w:rsidRPr="00521398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>МП</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="002032F9" w:rsidRPr="00437374" w:rsidRDefault="002032F9" w:rsidP="002032F9">
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00521398" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...163 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00A45107" w:rsidRPr="002032F9">
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00521398" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00604D44" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00604D44" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRPr="00604D44" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дата регистрации в территориаль</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ном органе казначейства: _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553F1E" w:rsidRDefault="00553F1E" w:rsidP="00553F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A45107" w:rsidRPr="00553F1E" w:rsidRDefault="00A45107">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A45107" w:rsidRPr="00553F1E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C74D1E"/>
-    <w:rsid w:val="002032F9"/>
+    <w:rsidRoot w:val="007704ED"/>
+    <w:rsid w:val="00553F1E"/>
+    <w:rsid w:val="007704ED"/>
     <w:rsid w:val="00A45107"/>
-    <w:rsid w:val="00C74D1E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -4610,82 +6505,87 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002032F9"/>
+    <w:rsid w:val="00553F1E"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00553F1E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -4805,82 +6705,87 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002032F9"/>
+    <w:rsid w:val="00553F1E"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00553F1E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -5141,55 +7046,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>8283</Characters>
+  <Pages>5</Pages>
+  <Words>1867</Words>
+  <Characters>10642</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>88</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9717</CharactersWithSpaces>
+  <CharactersWithSpaces>12485</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>