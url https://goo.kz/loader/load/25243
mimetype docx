--- v0 (2025-12-18)
+++ v1 (2026-03-06)
@@ -1,685 +1,10397 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4">
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Утратил силу приказом Министра образования и науки РК от 09.07.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="008F0D3E">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 447</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z544" w:history="1">
+        <w:r w:rsidRPr="008F0D3E">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>подпунктом 38)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 5 Закона Республики Казахстан от 27 июля 2007 года «Об образовании» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z2"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Утвердить прилагаемую </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="008F0D3E">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Инструкцию</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по организации повышения квалификации педагогических кадров.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z3"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Департаменту дошкольного и среднего образования (Жонтаева Ж.А.):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z4"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) обеспечить в установленном порядке государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z5"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) после прохождения государственной регистрации опубликовать настоящий приказ в средствах массовой информации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z6"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Абенова М.А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z7"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      И.о. Министра                              М. Орунханов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Утверждена                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>приказом и.о. Министра образования  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>и науки Республики Казахстан      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 4 января 2013 года № 1     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Инструкция</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>по организации повышения квалификации педагогических кадров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Настоящая инструкция по организации повышения квалификации педагогических кадров (далее – Инструкция) разработана в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z544" w:history="1">
+        <w:r w:rsidRPr="008F0D3E">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>подпунктом 38)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 5 Закона Республики Казахстан от 27 июля 2007 года «Об образовании».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z11"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Инструкция определяет условия отбора и приема на курсы повышения квалификации педагогических кадров Республики Казахстан по уровневым программам, подготовленным Центром педагогического мастерства Автономной организации образования «Назарбаев Интеллектуальные школы» (далее – ЦПМ АОО НИШ) совместно с Факультетом образования Кембриджского университета по программам третьего (базового), второго (основного), первого (продвинутого) уровней (далее – Курсы).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z12"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. В настоящей Инструкции используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z13"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) повышение квалификации педагогических кадров – форма профессионального обучения, позволяющая поддерживать, расширять, углублять и совершенствовать ранее приобретенные профессиональные знания, умения и навыки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z14"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) сертифицированный тренер - педагогический работник, прошедший обучение по уровневым программам, подготовленным ЦПМ АОО НИШ совместно с Факультетом образования Кембриджского университета и получивший сертификат Международного экзаменационного совета Кембриджа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z15"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Курсы проводятся следующими организациями образования Республики Казахстан:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z16"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) ЦПМ АОО НИШ и его филиалами - по программам третьего (базового), второго (основного), первого (продвинутого) уровней;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z17"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) Акционерным обществом «Национальный центр повышения квалификации «Өрлеу» (далее – АО «НЦПК «Өрлеу») и его филиалом «Республиканский институт повышения квалификации руководящих и научно-педагогических кадров системы образования АО «НЦПК «Өрлеу» - по программам третьего (базового), второго (основного) уровней;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z18"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) филиалами АО «НЦПК «Өрлеу» - по программе третьего (базового) уровня.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z19"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Продолжительность Курсов первого (продвинутого) уровня составляет не менее 464 академических часов:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z20"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) аудиторное обучение – не менее 200 академических часов; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z21"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) школьная практика – не менее 144 академических часов; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z22"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) аудиторное обучение – не менее 120 академических часов. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z23"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Продолжительность Курсов второго (основного) уровня составляет не менее 440 академических часов:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z24"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) аудиторное обучение – не менее 160 академических часов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z25"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) школьная практика – не менее 120 академических часов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z26"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) аудиторное обучение – не менее 160 академических часов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z27"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Продолжительность Курсов третьего (базового) уровня составляет не менее 416 академических часов:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z28"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) аудиторное обучение – не менее 160 академических часов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z29"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) школьная практика – не менее 96 академических часов; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z30"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) аудиторное обучение – не менее 160 академических часов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z31"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Один академический час Курса составляет 45 минут.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z32"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Курсы проводят сертифицированные тренеры, подготовленные ЦПМ АОО НИШ с участием экспертов Кембриджского университета по соответствующим уровням.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z33"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Состав сертифицированных тренеров формируется на основании списка уполномоченного органа в области образования и списка АОО НИШ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z34"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. К педагогическим кадрам, претендующим на обучение на Курсах, устанавливаются требования, указанные в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z72" w:history="1">
+        <w:r w:rsidRPr="008F0D3E">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложении 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящей Инструкции.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z35"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Педагогический работник, претендующий на обучение на Курсах представляет на рассмотрение педагогического совета организации образования, следующие документы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z36"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) заявление по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z78" w:history="1">
+        <w:r w:rsidRPr="008F0D3E">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящей Инструкции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z37"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) анкету на курсы повышения квалификации педагогических кадров Республики Казахстан по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z80" w:history="1">
+        <w:r w:rsidRPr="008F0D3E">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящей Инструкции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z38"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) копии удостоверения личности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z39"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) справку с места работы с указанием должности и стажа работы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z40"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) копии грамот, дипломов, сертификатов и другие документы, подтверждающие успехи в учебной и общественной жизни (при наличии).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z41"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. Педагогический совет организации образования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z42"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) ежегодно до 20 сентября рассматривает документы педагогических кадров, претендующих на обучение на Курсах, указанные в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z41" w:history="1">
+        <w:r w:rsidRPr="008F0D3E">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 11</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей Инструкции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z43"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) ежегодно до 1 октября представляет на согласование в районный (городской) отдел образования решение о направлении педагогических кадров на Курсы обучения, оформленное Протоколом направления педагогических кадров на курсы повышения квалификации (далее - Протокол) по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z83" w:history="1">
+        <w:r w:rsidRPr="008F0D3E">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящей Инструкции.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z44"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. Районный (городской) отдел образования рассматривает Протокол ежегодно до 1 ноября и направляет список слушателей, оформленный Протоколом, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>на утверждение в областные, городов Астана и Алматы управления образования, за исключением организаций образования, указанных в подпунктах 2) и 3) пункта 14 настоящей Инструкции.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="z45"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Областные, городов Астана и Алматы управления образования направляют ежегодно до 15 ноября в уполномоченный орган в области образования утвержденный список слушателей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="z46"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14. Уполномоченный орган в области образования формирует и утверждает список педагогических кадров, претендующих на обучение на Курсах, (далее – Список) и направляет в ЦПМ АОО НИШ и АО «НЦПК «Өрлеу» (далее – Организации) ежегодно до 30 ноября:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="z47"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) общеобразовательных организаций образования Республики Казахстан, утвержденные областными и городов Астана и Алматы управлениями образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="z48"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) республиканских общеобразовательных организаций среднего образования, утвержденные педагогическим советом организации образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="z49"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) Назарбаев Интеллектуальных школ, утвержденных АОО НИШ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="z50"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15. Организации начинают проведение Курсов с начала следующего календарного года.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="z51"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16. Зачисление слушателей на Курсы оформляется приказом первого руководителя Организации на основании Списка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="z52"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17. Слушателю на период прохождения Курсов выплачивается Стипендия в пределах средств, предусмотренных республиканским бюджетом на соответствующий финансовый год. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="z53"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18. Основанием для выплаты Стипендии слушателям является приказ Организации о зачислении на Курсы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="z54"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19. Размер стипендии для ЦПМ АОО НИШ и его филиалов утверждается Попечительским советом АОО НИШ. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="50" w:name="z55"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20. Размер стипендии для АО «НЦПК «Өрлеу» и его филиалов утверждается Советом директоров АО «НЦПК «Өрлеу».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="z56"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21. Условия выплаты стипендий утверждаются Организацией самостоятельно.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="z57"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22. По завершении Курсов Центр педагогических измерений АОО НИШ (далее – ЦПИ АОО НИШ) проводит итоговое оценивание слушателей по:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="53" w:name="z58"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) портфолио, подготовленному в период обучения на Курсах;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="54" w:name="z59"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) презентациям, подготовленным на основе проведенных занятий в Организациях в период дистанционного обучения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="z60"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) сдаче квалификационного экзамена в виде тестирования (в письменной форме).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="56" w:name="z61"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23. По результатам итогового оценивания ЦПИ АОО НИШ определяет список слушателей, рекомендованных для сертификации, и направляет его в Организации. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="57" w:name="z62"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24. Слушателям, прошедшим Курсы и успешно сдавшим квалификационный экзамен, Организациями выдается сертификат по программам соответствующего уровня:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="58" w:name="z63"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) по программам третьего (базового) уровня по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z85" w:history="1">
+        <w:r w:rsidRPr="008F0D3E">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящей Инструкции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="59" w:name="z64"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) второго (основного) уровня по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z86" w:history="1">
+        <w:r w:rsidRPr="008F0D3E">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 6</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящей Инструкции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="60" w:name="z65"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) первого (продвинутого) уровня по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z87" w:history="1">
+        <w:r w:rsidRPr="008F0D3E">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящей Инструкции.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="61" w:name="z66"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      25. Сертификат подтверждает присвоение соответствующего уровня программы и действует в течение 5 лет со дня выдачи. По истечении указанного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>срока обучающийся подтверждает уровень программы в ЦПИ АОО НИШ путем сдачи квалификационного экзамена без прохождения повторных Курсов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="62" w:name="z67"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26. Сертификат подписывает руководитель Организации, проводивший Курсы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="z68"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27. Слушатели Курсов, не получившие сертификат, имеют возможность:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="64" w:name="z69"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) на пересдачу квалификационного экзамена за счет собственных средств, не более одного раза в год без прохождения повторных Курсов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="65" w:name="z70"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) на завершение прерванного Курса по уважительной причине с предоставлением подтверждающих документов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="66" w:name="z71"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      28. Отчисленные слушатели в соответствии с приказом руководителя Организации и решением комиссии по рассмотрению обращений и заявлений слушателей Курсов, созданных Организацией, производят возмещение затрат понесенных Организацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 1       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к Инструкции по организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>повышения квалификации  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>педагогических кадров   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 4 января 2013 года № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>форма           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                              ТРЕБОВАНИЯ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>               к педагогическим кадрам, направляемым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                  на курсы повышения квалификации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                      Третий (базовый) уровень</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="396"/>
+        <w:gridCol w:w="9109"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Требования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее педагогическое образование с педагогическим стажем не менее трех лет, техническое и профессиональное (среднее профессиональное) образование с педагогическим стажем не менее пяти лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты участия в профессиональных конкурсах школьного, районного (городского) уровня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты победителей, призеров предметных олимпиад, творческих конкурсов, научных и спортивных соревнований школьного, районного (городского) уровня (из числа его участников)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Знание и применение инновационных методик в учебно-воспитательном процессе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Распространение опыта работы (публикация, сборники, рекомендации, пособия, выставочные материалы) в ходе подготовки и проведения районных (городских) конференций, семинаров, форумов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Владение базовыми знаниями в области информационно-коммуникационных технологий (далее - ИКТ), MS Windows, MS Office, Internet, в частности </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>электронной почтой.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>                   Второй (основной) уровень</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="396"/>
+        <w:gridCol w:w="9109"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Требования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее педагогическое образование с педагогическим стажем не менее пяти лет, техническое и профессиональное (среднее профессиональное) образование с педагогическим стажем не менее семи лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты участия в профессиональных конкурсах районного (городского), областного уровня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты победителей, призеров предметных олимпиад, творческих конкурсов, научных и спортивных соревнований районного (городского), областного уровня (из числа его участников)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Знание и применение инновационных методик в учебно-воспитательном процессе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Разработка, либо участие в разработке методических пособий и учебных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Распространение опыта работы (публикация, сборники, рекомендации, пособия, выставочные материалы) в ходе подготовки и проведения областных (республиканских) конференций, семинаров, форумов и т.д.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Владение знаниями в области ИКТ, MS Windows, MS Office, электронной почтой, сервисами Internet.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                     Первый (продвинутый) уровень</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="439"/>
+        <w:gridCol w:w="9066"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Требования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее педагогическое образование с педагогическим стажем не менее семи лет, техническое и профессиональное (среднее профессиональное) образование с педагогическим стажем не менее девяти лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие в профессиональных конкурсах районного (городского), областного, республиканского (международного) уровня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лица, подготовившие победителей, призеров предметных олимпиад, творческих конкурсов, научных и спортивных соревнований районного (городского), областного, республиканского (международного) уровня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Использование инновационных методик и педагогических технологий в учебно-воспитательном процессе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Разработка, либо участие в разработке методических пособий и учебных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Публикации в педагогических изданиях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Распространение опыта работы (публикация, сборники, рекомендации, пособия, выставочные материалы) в ходе подготовки и проведения республиканских (международных) конференций, семинаров, форумов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проведение обучающих семинаров, тренингов районного, областного (городского), международного уровня, является наставником для молодых педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Владение знаниями в области информационно-коммуникационных технологий, МS Office, электронной почтой, сервисами Internet на уровне продвинутого пользователя. Наличие достаточно высокого уровня функциональной грамотности в сфере информационно-коммуникационных технологий, обоснованное применение ИКТ в образовательной деятельности для решения профессиональных, социальных и личностных задач</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Примечание: соответствие рекомендуемым требованиям может быть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>подтверждено документами, примерами которых могут служить:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рекомендательные письма, экспертные заключения, решения коллегиальных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органов, материалы и результаты анализа и оценивания проведенных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>открытых уроков, материалы по обобщению опыта, документальные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>подтверждения достижений и прогресса учащихся, результаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анкетирования и наблюдений, материалы, подтверждающие руководство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>методическими объединениями, а также научными, предметными,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>досуговыми кружками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 2       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к Инструкции по организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>повышения квалификации  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>педагогических кадров   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 4 января 2013 года № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>форма           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Руководителю учебного заведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(фамилия, имя и отчество        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(при наличии) - (далее-Ф.И.О.)   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Фамилия                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Имя                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Отчество                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Должность                      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                              ЗАЯВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Я, _________________________ прошу рассмотреть мою кандидатуру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>             (Ф.И.О.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>для повышения квалификации педагогических кадров Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__________ уровня в группе с ________________________ языком</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________                  «____»_____________201__ года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>  (подпись заявителя)                    (дата подачи заявления)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 3       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к Инструкции по организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>повышения квалификации  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>педагогических кадров   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 4 января 2013 года № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>форма           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                              АНКЕТА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>       на курсы повышения квалификации педагогических кадров</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                     Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2979"/>
+        <w:gridCol w:w="6526"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Квалификационная категория (действительная до)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Общий стаж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогический стаж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Язык обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Владение информационными технологиями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Публикации (тема)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Домашний адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Контактные телефоны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>e-mail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>            Предыдущие курсы повышения квалификации</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="574"/>
+        <w:gridCol w:w="3475"/>
+        <w:gridCol w:w="2397"/>
+        <w:gridCol w:w="3059"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вид курсов и тема</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Место прохождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Продолжительность курсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 4       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к Инструкции по организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>повышения квалификации  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>педагогических кадров   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 4 января 2013 года № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>форма           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Районный (городской) отдел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                             Протокол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                направления педагогических кадров</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 на курсы повышения квалификации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________ в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(Название направляющей организации)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>соответствии с решением Педагогического совета от «___» ______ 201__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>года № _____ направляет на курсы повышения квалификации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(Наименование организации, реализующей образовательные программы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                        дополнительного образования)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                          (Ф.И.О. полностью)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>по программе обучения _______________ уровня на срок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>с ___________________ по ________________ 201__ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________     _______«__» _______201__ года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Руководитель направляющей организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>       М.П. (Подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________     ___________«__»_______201__ года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Руководитель районного (городского) отдела образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> М.П. (Подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>_______________________________       __________«__»_______201__ года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Руководитель областного, городов Астана и Алматы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      МП    (Подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>управления образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 5       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к Инструкции по организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>повышения квалификации  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>педагогических кадров   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 4 января 2013 года № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>форма           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>Қазақстан Республикасының "Б</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6200775" cy="1990725"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:docPr id="3" name="Рисунок 3" descr="http://adilet.zan.kz/files/0584/24/v8287.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="http://adilet.zan.kz/files/0584/24/v8287.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6200775" cy="1990725"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                              СЕРТИФИКАТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                     ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4786"/>
+        <w:gridCol w:w="4719"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы педагог кадрларының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>біліктілігін арттырудың деңгейлі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>бағдарламалары аясында ушінші (базалық)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>деңгей бағдарламасы бойынша мұғалімдерді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>оқыту курстарын аяқтады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>окончил (а) курсы обучения учителей по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>программе третьего (базового) уровня в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>рамках уровневых программ повышения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>квалификации педагогических кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұйымның атауы________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Наименование организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұйымның жетешісі_____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Руководитель организации</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3168"/>
+        <w:gridCol w:w="4313"/>
+        <w:gridCol w:w="2024"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Берілген күні:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>20__ж. “__”__________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата выдачи: “__”____________20__г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2295" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>III № 000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2295" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 6       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к Инструкции по организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>повышения квалификации  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>педагогических кадров   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 4 января 2013 года № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>форма           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>i</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6200775" cy="1990725"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="http://adilet.zan.kz/files/0584/24/v8287.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="http://adilet.zan.kz/files/0584/24/v8287.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6200775" cy="1990725"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                            СЕРТИФИКАТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                   ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4786"/>
+        <w:gridCol w:w="4719"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы педагог кадрларының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>біліктілігін арттырудың деңгейлі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>бағдарламалары аясында екінші (негізгі)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>деңгей бағдарламасы бойынша мұғалімдерді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>оқыту курстарын аяқтады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>окончил (а) курсы обучения учителей по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>программе второго (основного) уровня в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>рамках уровневых программ повышения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>квалификации педагогических кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұйымның атауы________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Наименование организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұйымның жетешісі_____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Руководитель организации</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3168"/>
+        <w:gridCol w:w="4313"/>
+        <w:gridCol w:w="2024"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Берілген күні:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>20__ж. “__”__________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата выдачи: “__”____________20__г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2295" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>II № 000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2295" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 7       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к Инструкции по организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>повышения квалификации  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>педагогических кадров   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 4 января 2013 года № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>форма           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>лiм туралы" және "Жоғары бiлiм</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6200775" cy="1990725"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="http://adilet.zan.kz/files/0584/24/v8287.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="http://adilet.zan.kz/files/0584/24/v8287.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6200775" cy="1990725"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                            СЕРТИФИКАТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                  ____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
-[...2 lines deleted...]
-        <w:t>туралы" Заңдарына сәйкес Қазақстан Республикасының Министрлер</w:t>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4786"/>
+        <w:gridCol w:w="4719"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы педагог кадрларының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>біліктілігін арттырудың деңгейлі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>бағдарламалары аясында бірінші (ілгері)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>деңгей бағдарламасы бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>мұғалімдерді оқыту курстарын аяқтады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>окончил (а) курсы обучения учителей по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>программе первого (продвинутого) уровня в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>рамках уровневых программ повышения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>квалификации педагогических кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұйымның атауы________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Наименование организации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> қаулы етедi:</w:t>
+    <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұйымның жетешісі_____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0D3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Руководитель организации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
-[...3 lines deleted...]
-      </w:r>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3168"/>
+        <w:gridCol w:w="4313"/>
+        <w:gridCol w:w="2024"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Берілген күні:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>20__ж. “__”__________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата выдачи: “__”____________20__г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2295" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>I № 000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidTr="008F0D3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2295" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008F0D3E" w:rsidRPr="008F0D3E" w:rsidRDefault="008F0D3E" w:rsidP="008F0D3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F0D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008F0D3E" w:rsidRDefault="008F0D3E">
+      <w:bookmarkStart w:id="67" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="67"/>
     </w:p>
-    <w:p w:rsidR="00BE00C4" w:rsidRDefault="00BE00C4" w:rsidP="00BE00C4"/>
-[...539 lines deleted...]
-    <w:sectPr w:rsidR="00BE00C4">
+    <w:sectPr w:rsidR="008F0D3E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BE00C4"/>
-    <w:rsid w:val="00BE00C4"/>
+    <w:rsidRoot w:val="008F0D3E"/>
+    <w:rsid w:val="008F0D3E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -823,76 +10535,188 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="008F0D3E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008F0D3E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
+    <w:name w:val="note"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="008F0D3E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="008F0D3E"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008F0D3E"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008F0D3E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008F0D3E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008F0D3E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -1013,104 +10837,216 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="008F0D3E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008F0D3E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
+    <w:name w:val="note"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="008F0D3E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="008F0D3E"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008F0D3E"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008F0D3E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008F0D3E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008F0D3E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1641500474">
+    <w:div w:id="1937471852">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011861" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008287" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1358,51 +11294,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>4727</Characters>
+  <Pages>11</Pages>
+  <Words>3014</Words>
+  <Characters>17184</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>143</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5545</CharactersWithSpaces>
+  <CharactersWithSpaces>20158</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>