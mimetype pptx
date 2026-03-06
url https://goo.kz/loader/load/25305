--- v0 (2025-12-18)
+++ v1 (2026-03-06)
@@ -1,101 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483672" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId18"/>
+    <p:notesMasterId r:id="rId13"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
-    <p:sldId id="257" r:id="rId3"/>
-[...13 lines deleted...]
-    <p:sldId id="281" r:id="rId17"/>
+    <p:sldId id="261" r:id="rId3"/>
+    <p:sldId id="262" r:id="rId4"/>
+    <p:sldId id="263" r:id="rId5"/>
+    <p:sldId id="264" r:id="rId6"/>
+    <p:sldId id="268" r:id="rId7"/>
+    <p:sldId id="269" r:id="rId8"/>
+    <p:sldId id="270" r:id="rId9"/>
+    <p:sldId id="273" r:id="rId10"/>
+    <p:sldId id="276" r:id="rId11"/>
+    <p:sldId id="279" r:id="rId12"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -383,51 +375,51 @@
           <a:sx n="88" d="100"/>
           <a:sy n="88" d="100"/>
         </p:scale>
         <p:origin x="-1464" y="-108"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -738,50 +730,138 @@
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Образ слайда 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Заметки 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Номер слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{DC6608AE-30B7-4A83-9E0D-31923B12F607}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>10</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="267542631"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -4811,5644 +4891,1930 @@
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr kumimoji="0" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
       <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...10 lines deleted...]
-<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1043608" y="2132856"/>
             <a:ext cx="7838688" cy="1472184"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="5400" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ҰБТ – 2017 жаңа формат</a:t>
+              <a:t>ЕНТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="5400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>– 2017 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="5400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>                      новый  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="5400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>формат</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="5400" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1526880554"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1331640" y="620688"/>
+            <a:ext cx="7498080" cy="4800600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" b="1" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Инструкция:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> «Вам предлагаются задания, в которых могут быть один или несколько правильных ответов. Выбранный ответ необходимо отметить на листе ответов путем полного закрашивания соответствующего кружка».</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 2"/>
+          <p:cNvPr id="2050" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1547664" y="1574730"/>
+            <a:ext cx="6696744" cy="3928063"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="4" name="Прямая соединительная линия 3"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1547664" y="2204864"/>
+            <a:ext cx="0" cy="2880320"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1517509" y="332656"/>
+            <a:ext cx="849913" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Химия</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="928475025"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16386" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1685345" y="526885"/>
-            <a:ext cx="6847095" cy="5892178"/>
+            <a:off x="1453952" y="1556792"/>
+            <a:ext cx="7039742" cy="3816424"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Прямоугольник 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1418355" y="454580"/>
+            <a:ext cx="7416824" cy="692497"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1300" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Инструкция:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1300" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> «Вам предлагаются задания, в которых могут быть один или несколько правильных ответов. Выбранный ответ необходимо отметить на листе ответов путем полного закрашивания соответствующего кружка».</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1300" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="304546547"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Математическая грамотность</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4098" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1475656" y="1628800"/>
+            <a:ext cx="7079152" cy="3456384"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1166519622"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="79668558"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1304 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="11271" name="Picture 7"/>
+          <p:cNvPr id="5122" name="Picture 2"/>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1541980" y="1463052"/>
-            <a:ext cx="7212167" cy="3355503"/>
+            <a:off x="1331640" y="620688"/>
+            <a:ext cx="7539250" cy="4608512"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="528466080"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1282822959"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
-[...451 lines deleted...]
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="15362" name="Picture 2"/>
+          <p:cNvPr id="6146" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1331640" y="1556792"/>
-[...738 lines deleted...]
-            <a:ext cx="6840760" cy="6471114"/>
+            <a:off x="1691680" y="404664"/>
+            <a:ext cx="6696744" cy="5726989"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="650192885"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2869773589"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...35 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="1035" name="Picture 11"/>
+          <p:cNvPr id="7170" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1691680" y="1124744"/>
-[...64 lines deleted...]
-            <a:ext cx="6912768" cy="2108792"/>
+            <a:off x="1547664" y="548680"/>
+            <a:ext cx="6687373" cy="5159301"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="122348917"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4234490736"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1403648" y="188640"/>
+            <a:ext cx="7498080" cy="648072"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Читательская грамотность</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1331640" y="980728"/>
+            <a:ext cx="7488832" cy="4800600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="25000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="82296" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Комната Обломова</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="5600" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>И.Гончарову</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0" algn="just">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>     </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="4400" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0" algn="just">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="4400" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0" algn="just">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="4400" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0" algn="just">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="4400" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0" algn="just">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>         Лежанье </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>у Ильи Ильича не было ни необходимостью, как у больного или как у человека, который хочет спать, ни случайностью, как у того, кто устал, ни наслаждением, как у лентяя: это было его нормальным состоянием. Когда он был дома – а он был почти всегда дома, – он все лежал, и все постоянно в одной комнате, где мы его нашли, служившей ему спальней, кабинетом и приемной. У него было еще три комнаты, но он редко туда заглядывал, утром разве, и то не всякий день, когда человек мёл кабинет его, чего всякий день не делалось. В тех комнатах мебель закрыта была чехлами, шторы спущены. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0" algn="just">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>         Комната</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, где лежал Илья Ильич, с первого взгляда казалась прекрасно убранною. Там стояло бюро красного дерева, два дивана, обитые шелковою </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>материею</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, красивые ширмы с вышитыми небывалыми в природе птицами и плодами. Были там шелковые занавесы, ковры, несколько картин, бронза, фарфор и множество красивых мелочей. Но опытный глаз человека с чистым вкусом одним беглым взглядом на все, что тут было, прочел бы только желание кое-как соблюсти видимость неизбежных приличий, лишь бы отделаться от них. Обломов хлопотал, конечно, только об этом, когда убирал свой кабинет. Утонченный вкус не удовольствовался бы этими тяжелыми, неграциозными стульями красного дерева, шаткими этажерками. Задок у одного дивана </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оселся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> вниз, наклеенное дерево местами отстало. Точно тот же характер носили на себе и картины, и вазы, и мелочи. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0" algn="just">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>       Сам </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>хозяин, однако, смотрел на убранство своего кабинета так холодно и рассеянно, как будто спрашивал глазами: "Кто сюда натащил и наставил все это?" От такого холодного воззрения Обломова на свою собственность, а может быть, и еще от более холодного воззрения на тот же предмет слуги его, Захара, вид кабинета, если осмотреть там все повнимательнее, поражал господствующею в нем запущенностью и небрежностью. По стенам, около картин, лепилась в виде фестонов паутина, напитанная пылью; зеркала, вместо того чтоб отражать предметы, могли бы служить скорее скрижалями для записывания на них по пыли каких-нибудь заметок на память. Ковры были в пятнах. На диване лежало забытое полотенце; на столе редкое утро не стояла не убранная от вчерашнего ужина тарелка с солонкой и с обглоданной косточкой да не валялись хлебные крошки. Если б не эта тарелка, да не прислоненная к постели только что выкуренная трубка, или не сам хозяин, лежащий на ней, то можно было бы подумать, что тут никто не живет – так все запылилось, полиняло и вообще лишено было живых следов человеческого присутствия. На этажерках, правда, лежали две-три развернутые книги, валялась газета, на бюро стояла и чернильница с перьями; но страницы, на которых развернуты были книги, покрылись пылью и пожелтели; видно, что их бросили давно; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нумер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> газеты был прошлогодний, а из чернильницы, если обмакнуть в нее перо, вырвалась бы разве только с жужжаньем испуганная муха. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2050" name="Picture 2"/>
+          <p:cNvPr id="8195" name="Picture 3"/>
           <p:cNvPicPr>
-            <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1475656" y="1268760"/>
-            <a:ext cx="6912768" cy="2827949"/>
+            <a:off x="7092280" y="764704"/>
+            <a:ext cx="1656184" cy="1461272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3822225949"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="153509496"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1331640" y="548680"/>
+            <a:ext cx="7498080" cy="4800600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1. В комнате Ильи Ильича отсутствовали</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>A) картины</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>B) шаткие этажерки</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>C) шёлковые занавески</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>D) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>серебро</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, хрусталь</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>E) бюро красного дерева</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1300" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2. Лежанье у Ильи Ильича было</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>A) необходимостью, как у больного</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>B) отдыхом, как у уставшего человека</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>C) наслаждением, как у лентяя</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>D) отрешением от всего окружающего</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>E) нормальным состоянием</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1300" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>3. Признак того, что в комнате кто-то жил</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>A) чернильница</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>B) книга</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>C) зеркало</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>D) тарелка</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>E) книга</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" sz="1300" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="645458130"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1331640" y="548680"/>
+            <a:ext cx="7498080" cy="4800600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>4. Отношение Обломова к своей комнате</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>A) Комнату Илья Ильич была убрал с утонченным вкусом.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>B) Убранство комнат заботило только Захара – слугу Обломова.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>C) Разнообразные хлопоты не давали Обломову возможности заняться домашними делами.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>D) Илья Ильич чаще бывал в других трех комнатах, нежели в кабинете.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>E) Комнаты Обломов обставил довольно богато.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>5. Задача автора текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>A) описать типичный городской быт того времени</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>B) показать характер человека через окружающую его обстановку</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>C) высмеять людей, которые не обладают хорошим вкусом </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>D) объяснить причины лени и пассивности Обломова </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="82296" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>E) высказать недовольство к работе Захара, слуги Обломова </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" sz="1300" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2043356034"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3"/>
+          <p:cNvPr id="10243" name="Picture 3"/>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1441128" y="836712"/>
-            <a:ext cx="6972957" cy="3979093"/>
+            <a:off x="1331640" y="908720"/>
+            <a:ext cx="6984776" cy="4470257"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1469984409"/>
-[...2307 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2372464433"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4005054866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Солнцестояние">
   <a:themeElements>
     <a:clrScheme name="Солнцестояние">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="4F271C"/>
@@ -11032,89 +7398,84 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Solstice</Template>
   <TotalTime></TotalTime>
-  <Words>424</Words>
+  <Words>509</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>133</Paragraphs>
-[...1 lines deleted...]
-  <Notes>0</Notes>
+  <Paragraphs>49</Paragraphs>
+  <Slides>11</Slides>
+  <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>16</vt:i4>
+        <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="17" baseType="lpstr">
+    <vt:vector size="12" baseType="lpstr">
       <vt:lpstr>Солнцестояние</vt:lpstr>
-      <vt:lpstr>ҰБТ – 2017 жаңа формат</vt:lpstr>
-      <vt:lpstr>Математикалық сауаттылық</vt:lpstr>
+      <vt:lpstr>ЕНТ – 2017                       новый  формат</vt:lpstr>
+      <vt:lpstr>Математическая грамотность</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>Оқу сауаттылығы</vt:lpstr>
+      <vt:lpstr>Читательская грамотность</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>Физика</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>Химия</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>Биология</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>География</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ҰБТ – 2017 жаңа формат</dc:title>
   <dc:creator>Ботагоз Алина</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>